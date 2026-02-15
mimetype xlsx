--- v0 (2025-10-08)
+++ v1 (2026-02-15)
@@ -164,69 +164,69 @@
     <t>Luffa acutangula</t>
   </si>
   <si>
     <t>* Asad Z, Ashfaq M, Inam-Ul-Haq M, Irshad G, Khan MA (2022) Current status and molecular characterization of zucchini yellow mosaic virus (ZYMV) infecting ridge gourd (Luffa acutangula l) in different regions of Punjab, Pakistan. Pakistan Journal of Botany 54(2), 467-474.</t>
   </si>
   <si>
     <t>LUFAE</t>
   </si>
   <si>
     <t>Luffa aegyptiaca</t>
   </si>
   <si>
     <t>* Tripathi S, Verma A, Kushwah SS, Verma R (2021) First report of occurrence of zucchini yellow mosaic virus in Luffa aegyptiaca in India. Journal of Plant Pathology 103, 1017. https://doi.org/10.1007/s42161-021-00836-y
 * Wang DF, Wang JR, Cui, LY (2020) Molecular identification and phylogeny of cucumber mosaic virus and zucchini yellow mosaic virus co-infecting Luffa cylindrica L. in Shanxi, China. Journal of Plant Pathology 102, 477–487. https://doi.org/10.1007/s42161-019-00480-7</t>
   </si>
   <si>
     <t>PLXGR</t>
   </si>
   <si>
     <t>Platycodon grandiflorus</t>
   </si>
   <si>
     <t>* Kim NK, Im H, Park SM, Yang KY, Jeong RD (2021) First report of zucchini yellow mosaic virus infecting balloon flower (Platycodon grandiflorus) in Korea. Journal of Plant Pathology 103, 1083. https://doi.org/10.1007/s42161-021-00889-z</t>
   </si>
   <si>
-    <t>SEHED</t>
-[...7 lines deleted...]
-  <si>
     <t>SEGIN</t>
   </si>
   <si>
     <t>Sesamum indicum</t>
   </si>
   <si>
     <t>* Desbiez C., Lecoq H (1997) Zucchini yellow mosaic virus. Plant pathology, 46(6), 809-829.
 ------- experimental host.
 * Shi Y, Sun XY, Wang ZY, Li HL, Yan ZL (2016) First report of Zucchini yellow mosaic virus infecting sesame in China. Plant Disease 100(12), p 2545.
 ------- confirmed host (natural infection in crops).</t>
+  </si>
+  <si>
+    <t>SEHED</t>
+  </si>
+  <si>
+    <t>Sicyos edulis</t>
+  </si>
+  <si>
+    <t>* Yoon JY, Choi IY, Jang SW, Park SH, Choi SK (2018) First report of Zucchini yellow mosaic virus in chayote (Sechium edule) in Korea. Plant Disease 102(6), p 1179.</t>
   </si>
   <si>
     <t>ZRTGR</t>
   </si>
   <si>
     <t>Siraitia grosvenorii</t>
   </si>
   <si>
     <t>* Liao YM, Gan XJ, Chen B, Cai JH (2005) First report of Papaya ringspot virus and Zucchini yellow mosaic virus in Luohanguo (Siraitia grosvenorii) in China. Plant disease 89(5), 530.</t>
   </si>
   <si>
     <t>TTHCU</t>
   </si>
   <si>
     <t>Trichosanthes cucumerina</t>
   </si>
   <si>
     <t>* Nagendran K, Balaji CG, Mohankumar S, Manoranjitham SK, Naidu RA, Karthikeyan G (2015) First report of Zucchini yellow mosaic virus in snake gourd (Trichosanthes cucumerina) in India. Plant Disease 99, p 558. https://doi.org/10.1094/PDIS-10-14-1075-PDN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>