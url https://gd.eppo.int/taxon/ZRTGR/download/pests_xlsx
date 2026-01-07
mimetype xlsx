--- v0 (2025-10-01)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZRTGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -166,50 +166,59 @@
     <t xml:space="preserve">* Dupree M, Bissell TL, Beckham CM (1955) The pickleworm and its control. Ga. Agric. Exp. Stn. Bull 5, 4–31. </t>
   </si>
   <si>
     <t>PHOPSC</t>
   </si>
   <si>
     <t>Diaporthe sclerotioides (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>EPILCH</t>
   </si>
   <si>
     <t>Epilachna elaterii (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>LEPLAU</t>
   </si>
   <si>
     <t>Leptoglossus australis (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>MELGMY</t>
+  </si>
+  <si>
+    <t>Meloidogyne enterolobii</t>
+  </si>
+  <si>
+    <t>* Liang X, Chen W, Li F, Zhao W, Xiang Q, Shan B, Zhang X, Jiang S, Yang S (2025) First report of root-knot nematode, Meloidogyne enterolobii, on Siraitia grosvenorii in Guangxi, China. Plant Disease (early view)  https://apsjournals.apsnet.org/doi/pdf/10.1094/PDIS-07-25-1565-PDN</t>
   </si>
   <si>
     <t>CARYPA</t>
   </si>
   <si>
     <t>Myiopardalis pardalina (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>WMSMOV</t>
   </si>
   <si>
     <t>Orthotospovirus citrullomaculosi</t>
   </si>
   <si>
     <t>* Zhang S, Zeng C, Lou B, Pang Q, Su Y, Song Y, Lei C, Li Y, Wen Y (2023) First report of Watermelon silver mottle orthotospovirus infecting Siraitia grosvenorii in China. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-23-0290-PDN</t>
   </si>
   <si>
     <t>ZYMV00</t>
   </si>
   <si>
     <t>Potyvirus cucurbitaflavitesselati</t>
   </si>
   <si>
     <t>* Liao YM, Gan XJ, Chen B, Cai JH (2005) First report of Papaya ringspot virus and Zucchini yellow mosaic virus in Luohanguo (Siraitia grosvenorii) in China. Plant disease 89(5), 530.</t>
   </si>
@@ -576,62 +585,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="297.213" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="331.348" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -872,141 +881,155 @@
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>55</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
         <v>59</v>
       </c>
       <c r="C26" t="s">
         <v>60</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>65</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>7</v>
+      </c>
+      <c r="B29" t="s">
         <v>66</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>67</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>68</v>
       </c>
-      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>69</v>
       </c>
       <c r="B30" t="s">
         <v>70</v>
       </c>
       <c r="C30" t="s">
         <v>71</v>
       </c>
       <c r="D30"/>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>72</v>
+      </c>
+      <c r="B31" t="s">
+        <v>73</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>