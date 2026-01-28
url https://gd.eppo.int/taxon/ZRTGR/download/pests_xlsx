--- v1 (2026-01-07)
+++ v2 (2026-01-28)
@@ -219,51 +219,51 @@
   <si>
     <t>Potyvirus cucurbitaflavitesselati</t>
   </si>
   <si>
     <t>* Liao YM, Gan XJ, Chen B, Cai JH (2005) First report of Papaya ringspot virus and Zucchini yellow mosaic virus in Luohanguo (Siraitia grosvenorii) in China. Plant disease 89(5), 530.</t>
   </si>
   <si>
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
-    <t>* Zhan X, Huang Q, Jiang N, Pan L, Qiu Z, Wei S, Bai D, Song L, Li L (2025) First report of Verticillium wilt on Siraitia grosvenorii caused by Verticillium dahliae in China. Plant Disease 23 (early view) https://doi.org/10.1094/PDIS-04-25-0764-PDN</t>
+    <t>* Zhan X, Huang Q, Jiang N, Pan L, Qiu Z, Wei S, Bai D, Song L, Li L (2025) First report of Verticillium wilt on Siraitia grosvenorii caused by Verticillium dahliae in China. Plant Disease 109(9), 1992 https://doi.org/10.1094/PDIS-04-25-0764-PDN</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>SERRMA</t>
   </si>
   <si>
     <t>Serratia marcescens (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>DACUCM</t>
   </si>
   <si>
     <t>Zeugodacus cucumis (as Cucurbitaceae)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>