--- v0 (2025-10-09)
+++ v1 (2025-11-14)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Prodoehl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian wild rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383668e71f50e85a3" w:history="1">
+            <w:hyperlink r:id="rId488469178ae062151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, List of Invasive Alien Plants (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167868e71f50e85e9" w:history="1">
+            <w:hyperlink r:id="rId277169178ae06219b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ZIZLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68087666" name="name945768e71f50e8cdb" descr="16509.jpg"/>
+                  <wp:docPr id="97961892" name="name550469178ae06227b" descr="16509.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16509.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId402668e71f50e8cd9" cstate="print"/>
+                          <a:blip r:embed="rId518769178ae062279" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId783268e71f50e8e07" w:history="1">
+            <w:hyperlink r:id="rId748369178ae0623ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -812,51 +812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is locally established in New Zealand in the North Island, namely in Northland, Auckland, Waikato, and Wellington (Freshwater Pests of New Zealand, 2020; New Zealand Plant Conservation Network, 2023). In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered established in Hawaii on the islands of Kauai, likely on Oahu, and Hawaii Island. One location has been detected in Canada, British Columbia in 2004 where it is locally abundant in shallow tidal water along the edges of Widgeon Slough on Siwash Island (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId597768e71f50e90e8" w:history="1">
+      <w:hyperlink r:id="rId170369178ae0626e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://search.museums.ualberta.ca/12-116227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1189,72 +1189,72 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> locally established in Belgium where it has been planted as a marsh plant along ponds and lakes (Verloove, 2011). It was first observed in 2009 on the margins of a pond near La Hulpe (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId388468e71f50e93ae" w:history="1">
+      <w:hyperlink r:id="rId338569178ae062968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://waarnemingen.be/observation/44769819/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), probably as a relic of former cultivation (ornamental use). There are few other observations thereafter (Verloove, 2011). Recently, there have been numerous reports of the species throughout Belgium, probably as a result of the species being included in the alert list of the LIFE RIPARIAS project (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId970768e71f50e93d9" w:history="1">
+      <w:hyperlink r:id="rId555769178ae06298c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alert.riparias.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and an extensive population was recorded in 2023 along the River Leie near Ghent (pers. comm. I. Jacobs, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1333,63 +1333,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The history of introduction into other EPPO countries is less well detailed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17298581" name="name729268e71f50ea5fd" descr="ZIZLA_distribution_map.jpg"/>
+            <wp:docPr id="43127568" name="name575669178ae0639dc" descr="ZIZLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ZIZLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId601168e71f50ea5fa" cstate="print"/>
+                    <a:blip r:embed="rId542969178ae0639d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3966,51 +3966,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mechanical diggers can be used to remove the plant from ditches, drainage channels and waterlogged riverbanks, but there is a high risk of transferring rhizome fragments to new sites (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId993868e71f50ebc25" w:history="1">
+      <w:hyperlink r:id="rId944169178ae064d9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4104,51 +4104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Pest of concern to New Zealand’ (Quarantine pest) (Ministry for Primary Industries, 2023). The species is an unwanted organism and notifiable organism under the Biosecurity Act 1993: propagation, spread, display and sale are prohibited. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is one of nine weed species managed by central government for national eradication under the National Interest Pest Response programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId981668e71f50ebd0a" w:history="1">
+      <w:hyperlink r:id="rId439069178ae064eab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4163,92 +4163,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the National Priority List of Exotic Environmental Pests, Weeds and Diseases. Thus, it is considered as a species of ‘significant environmental and social amenity risk to Australia’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId494368e71f50ebd6b" w:history="1">
+      <w:hyperlink r:id="rId723369178ae064f12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Western Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Declared Pest, Prohibited - s12’. Prohibited organisms are declared pests by virtue of section 22(1) and may only be imported and kept subject to permits (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId449668e71f50ebdb4" w:history="1">
+      <w:hyperlink r:id="rId946969178ae064f54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/organisms/128909</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Afonin AN, Greene SL, Dzyubenko NI, Frolov AN (eds.) (2008) Interactive Agricultural Ecological Atlas of Russia and Neighboring Countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic Plants and their Diseases, Pests and Weeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Online]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662268e71f50ebf45" w:history="1">
+      <w:hyperlink r:id="rId855369178ae0650be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agroatlas.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4607,51 +4607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 160–169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135968e71f50ec0b2" w:history="1">
+      <w:hyperlink r:id="rId133469178ae0651ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15421/011825</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4849,51 +4849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 583–591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138768e71f50ec25c" w:history="1">
+      <w:hyperlink r:id="rId182469178ae0653cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02705060.2006.9664119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431368e71f50ec326" w:history="1">
+      <w:hyperlink r:id="rId309469178ae065463" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2017.00017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,201 +5165,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721368e71f50ec528" w:history="1">
+      <w:hyperlink r:id="rId561169178ae065739" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1615/HydrobJ.v57.i1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eElurikkus (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Griseb.) Stapf. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394568e71f50ec5e5" w:history="1">
+      <w:hyperlink r:id="rId751969178ae065793" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://elurikkus.ee/bie-hub/species/8261#overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673768e71f50ec88b" w:history="1">
+      <w:hyperlink r:id="rId558469178ae0657e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024b) EPPO Technical Document No. 1094. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600768e71f50ec8f3" w:history="1">
+      <w:hyperlink r:id="rId249869178ae06583b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,81 +5425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808368e71f50eca06" w:history="1">
+      <w:hyperlink r:id="rId509469178ae065913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=242355686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Freshwater Pests of New Zealand (2020) NIWA publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183568e71f50eca3e" w:history="1">
+      <w:hyperlink r:id="rId884769178ae06595f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5893,81 +5893,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 573–583.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komarov VL (1934) Flora of the U.S.S.R, Volume II. Israel Program for Scientific Translations (1. January 1963). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589468e71f50ecee1" w:history="1">
+      <w:hyperlink r:id="rId693569178ae065c78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuusk V, Tabaka L, Jankeviciene R (2003) Flora of the Baltic Countries. Compendium of Vascular Plants Vol. 3. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131968e71f50ecf19" w:history="1">
+      <w:hyperlink r:id="rId665269178ae065caf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6479,51 +6479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry for Primary Industries (2023) Official New Zealand Pest Register - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240968e71f50ed3e2" w:history="1">
+      <w:hyperlink r:id="rId346169178ae066031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126068e71f50ed569" w:history="1">
+      <w:hyperlink r:id="rId486769178ae0660e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nzpcn.org.nz/flora/species/zizania-latifolia/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6733,51 +6733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohwi J (1964) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan: combined, much revised and extended translation in English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Washington, Smithsonian Institution, 1965, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474768e71f50ed697" w:history="1">
+      <w:hyperlink r:id="rId627769178ae0661f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/bibliography/43786</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486868e71f50ed71f" w:history="1">
+      <w:hyperlink r:id="rId187969178ae06626b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/w15081493</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6891,51 +6891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53–77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135768e71f50ed7c0" w:history="1">
+      <w:hyperlink r:id="rId979169178ae066304" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24189/ncr.2017.041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6981,51 +6981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 619–629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881568e71f50ed85e" w:history="1">
+      <w:hyperlink r:id="rId210769178ae066397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. At: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388568e71f50edd86" w:history="1">
+      <w:hyperlink r:id="rId454469178ae066576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 12/06/2023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7344,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1931–1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788368e71f50ede86" w:history="1">
+      <w:hyperlink r:id="rId880069178ae0665f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7454,51 +7454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">929944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424568e71f50ee0b3" w:history="1">
+      <w:hyperlink r:id="rId187769178ae0666a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2022.929944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1183739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471468e71f50ee574" w:history="1">
+      <w:hyperlink r:id="rId853969178ae066a03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2023.1183739</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8120,51 +8120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to water-level changes in lakes with contrasting hydrological management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological Engineering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876268e71f50ee688" w:history="1">
+      <w:hyperlink r:id="rId990969178ae066af3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ecoleng.2020.105814</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8424,51 +8424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393768e71f50ee9a6" w:history="1">
+      <w:hyperlink r:id="rId248769178ae066d13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111720020137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521568e71f50eebd4" w:history="1">
+      <w:hyperlink r:id="rId622369178ae066e23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8683,51 +8683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 355-360.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403768e71f50eed4e" w:history="1">
+      <w:hyperlink r:id="rId551469178ae066f1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8823,137 +8823,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85312209">
+  <w:abstractNum w:abstractNumId="60639845">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63402943">
+    <w:lvl w:ilvl="0" w:tplc="63779203">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63402943" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63779203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85312208">
+  <w:abstractNum w:abstractNumId="60639844">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27068766">
+    <w:lvl w:ilvl="0" w:tplc="11535839">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9705,55 +9705,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85312208">
-    <w:abstractNumId w:val="85312208"/>
+  <w:num w:numId="60639844">
+    <w:abstractNumId w:val="60639844"/>
   </w:num>
-  <w:num w:numId="85312209">
-    <w:abstractNumId w:val="85312209"/>
+  <w:num w:numId="60639845">
+    <w:abstractNumId w:val="60639845"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21303,51 +21303,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916237337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId396595240" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId383668e71f50e85a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId167868e71f50e85e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId783268e71f50e8e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId597768e71f50e90e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId388468e71f50e93ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId970768e71f50e93d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId993868e71f50ebc25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId981668e71f50ebd0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId494368e71f50ebd6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId449668e71f50ebdb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId662268e71f50ebf45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId135968e71f50ec0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId138768e71f50ec25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId431368e71f50ec326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId721368e71f50ec528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId394568e71f50ec5e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId673768e71f50ec88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId600768e71f50ec8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId808368e71f50eca06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId183568e71f50eca3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId589468e71f50ecee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId131968e71f50ecf19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId240968e71f50ed3e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId126068e71f50ed569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId474768e71f50ed697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId486868e71f50ed71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId135768e71f50ed7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId881568e71f50ed85e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId388568e71f50edd86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId788368e71f50ede86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId424568e71f50ee0b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId471468e71f50ee574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId876268e71f50ee688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId393768e71f50ee9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId521568e71f50eebd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId403768e71f50eed4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId402668e71f50e8cd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402668e71f50e8cd9.jpg"/><Relationship Id="rId601168e71f50ea5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId601168e71f50ea5fa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId211161323" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId287249203" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId488469178ae062151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId277169178ae06219b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId748369178ae0623ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId170369178ae0626e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId338569178ae062968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId555769178ae06298c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId944169178ae064d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId439069178ae064eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId723369178ae064f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId946969178ae064f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId855369178ae0650be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId133469178ae0651ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId182469178ae0653cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId309469178ae065463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId561169178ae065739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId751969178ae065793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId558469178ae0657e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId249869178ae06583b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId509469178ae065913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId884769178ae06595f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId693569178ae065c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId665269178ae065caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId346169178ae066031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId486769178ae0660e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId627769178ae0661f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId187969178ae06626b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId979169178ae066304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId210769178ae066397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId454469178ae066576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId880069178ae0665f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId187769178ae0666a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId853969178ae066a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId990969178ae066af3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId248769178ae066d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId622369178ae066e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId551469178ae066f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId518769178ae062279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518769178ae062279.jpg"/><Relationship Id="rId542969178ae0639d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542969178ae0639d9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>