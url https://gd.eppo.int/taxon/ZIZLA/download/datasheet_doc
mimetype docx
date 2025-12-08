--- v1 (2025-11-14)
+++ v2 (2025-12-08)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Prodoehl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian wild rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488469178ae062151" w:history="1">
+            <w:hyperlink r:id="rId66196936b93ee3143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, List of Invasive Alien Plants (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277169178ae06219b" w:history="1">
+            <w:hyperlink r:id="rId39256936b93ee3188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ZIZLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97961892" name="name550469178ae06227b" descr="16509.jpg"/>
+                  <wp:docPr id="76863981" name="name88886936b93ee3a28" descr="16509.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16509.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId518769178ae062279" cstate="print"/>
+                          <a:blip r:embed="rId87096936b93ee3a26" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId748369178ae0623ca" w:history="1">
+            <w:hyperlink r:id="rId98136936b93ee3b4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -812,51 +812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is locally established in New Zealand in the North Island, namely in Northland, Auckland, Waikato, and Wellington (Freshwater Pests of New Zealand, 2020; New Zealand Plant Conservation Network, 2023). In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered established in Hawaii on the islands of Kauai, likely on Oahu, and Hawaii Island. One location has been detected in Canada, British Columbia in 2004 where it is locally abundant in shallow tidal water along the edges of Widgeon Slough on Siwash Island (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId170369178ae0626e5" w:history="1">
+      <w:hyperlink r:id="rId19836936b93ee3df1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://search.museums.ualberta.ca/12-116227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1189,72 +1189,72 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> locally established in Belgium where it has been planted as a marsh plant along ponds and lakes (Verloove, 2011). It was first observed in 2009 on the margins of a pond near La Hulpe (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId338569178ae062968" w:history="1">
+      <w:hyperlink r:id="rId15516936b93ee4057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://waarnemingen.be/observation/44769819/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), probably as a relic of former cultivation (ornamental use). There are few other observations thereafter (Verloove, 2011). Recently, there have been numerous reports of the species throughout Belgium, probably as a result of the species being included in the alert list of the LIFE RIPARIAS project (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId555769178ae06298c" w:history="1">
+      <w:hyperlink r:id="rId88636936b93ee407a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alert.riparias.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and an extensive population was recorded in 2023 along the River Leie near Ghent (pers. comm. I. Jacobs, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1333,63 +1333,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The history of introduction into other EPPO countries is less well detailed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43127568" name="name575669178ae0639dc" descr="ZIZLA_distribution_map.jpg"/>
+            <wp:docPr id="14641456" name="name35936936b93ee4c77" descr="ZIZLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ZIZLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId542969178ae0639d9" cstate="print"/>
+                    <a:blip r:embed="rId90336936b93ee4c74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3966,51 +3966,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mechanical diggers can be used to remove the plant from ditches, drainage channels and waterlogged riverbanks, but there is a high risk of transferring rhizome fragments to new sites (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId944169178ae064d9e" w:history="1">
+      <w:hyperlink r:id="rId76046936b93ee5ee0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4104,51 +4104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Pest of concern to New Zealand’ (Quarantine pest) (Ministry for Primary Industries, 2023). The species is an unwanted organism and notifiable organism under the Biosecurity Act 1993: propagation, spread, display and sale are prohibited. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is one of nine weed species managed by central government for national eradication under the National Interest Pest Response programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId439069178ae064eab" w:history="1">
+      <w:hyperlink r:id="rId64316936b93ee5fc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4163,92 +4163,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the National Priority List of Exotic Environmental Pests, Weeds and Diseases. Thus, it is considered as a species of ‘significant environmental and social amenity risk to Australia’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId723369178ae064f12" w:history="1">
+      <w:hyperlink r:id="rId88586936b93ee606b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Western Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Declared Pest, Prohibited - s12’. Prohibited organisms are declared pests by virtue of section 22(1) and may only be imported and kept subject to permits (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId946969178ae064f54" w:history="1">
+      <w:hyperlink r:id="rId45116936b93ee60ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/organisms/128909</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Afonin AN, Greene SL, Dzyubenko NI, Frolov AN (eds.) (2008) Interactive Agricultural Ecological Atlas of Russia and Neighboring Countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic Plants and their Diseases, Pests and Weeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Online]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855369178ae0650be" w:history="1">
+      <w:hyperlink r:id="rId31896936b93ee620e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agroatlas.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4607,51 +4607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 160–169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133469178ae0651ff" w:history="1">
+      <w:hyperlink r:id="rId44986936b93ee633e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15421/011825</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4849,51 +4849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 583–591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182469178ae0653cd" w:history="1">
+      <w:hyperlink r:id="rId10486936b93ee64c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02705060.2006.9664119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309469178ae065463" w:history="1">
+      <w:hyperlink r:id="rId54566936b93ee6556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2017.00017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,201 +5165,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561169178ae065739" w:history="1">
+      <w:hyperlink r:id="rId41566936b93ee66ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1615/HydrobJ.v57.i1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eElurikkus (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Griseb.) Stapf. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751969178ae065793" w:history="1">
+      <w:hyperlink r:id="rId85716936b93ee670a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://elurikkus.ee/bie-hub/species/8261#overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558469178ae0657e7" w:history="1">
+      <w:hyperlink r:id="rId97826936b93ee676b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024b) EPPO Technical Document No. 1094. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249869178ae06583b" w:history="1">
+      <w:hyperlink r:id="rId30546936b93ee67c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,81 +5425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509469178ae065913" w:history="1">
+      <w:hyperlink r:id="rId55536936b93ee6867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=242355686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Freshwater Pests of New Zealand (2020) NIWA publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884769178ae06595f" w:history="1">
+      <w:hyperlink r:id="rId13256936b93ee689a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5893,81 +5893,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 573–583.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komarov VL (1934) Flora of the U.S.S.R, Volume II. Israel Program for Scientific Translations (1. January 1963). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693569178ae065c78" w:history="1">
+      <w:hyperlink r:id="rId44156936b93ee6b57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuusk V, Tabaka L, Jankeviciene R (2003) Flora of the Baltic Countries. Compendium of Vascular Plants Vol. 3. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665269178ae065caf" w:history="1">
+      <w:hyperlink r:id="rId73016936b93ee6b89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6479,51 +6479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry for Primary Industries (2023) Official New Zealand Pest Register - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346169178ae066031" w:history="1">
+      <w:hyperlink r:id="rId26256936b93ee6f45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486769178ae0660e6" w:history="1">
+      <w:hyperlink r:id="rId75536936b93ee6ff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nzpcn.org.nz/flora/species/zizania-latifolia/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6733,51 +6733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohwi J (1964) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan: combined, much revised and extended translation in English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Washington, Smithsonian Institution, 1965, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627769178ae0661f4" w:history="1">
+      <w:hyperlink r:id="rId49716936b93ee70e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/bibliography/43786</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187969178ae06626b" w:history="1">
+      <w:hyperlink r:id="rId11936936b93ee7156" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/w15081493</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6891,51 +6891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53–77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979169178ae066304" w:history="1">
+      <w:hyperlink r:id="rId63226936b93ee71e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24189/ncr.2017.041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6981,51 +6981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 619–629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId210769178ae066397" w:history="1">
+      <w:hyperlink r:id="rId69006936b93ee7273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. At: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454469178ae066576" w:history="1">
+      <w:hyperlink r:id="rId88896936b93ee743b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 12/06/2023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7344,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1931–1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880069178ae0665f7" w:history="1">
+      <w:hyperlink r:id="rId44636936b93ee74b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7454,51 +7454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">929944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187769178ae0666a8" w:history="1">
+      <w:hyperlink r:id="rId22916936b93ee758e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2022.929944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1183739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853969178ae066a03" w:history="1">
+      <w:hyperlink r:id="rId50306936b93ee78e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2023.1183739</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8120,51 +8120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to water-level changes in lakes with contrasting hydrological management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological Engineering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990969178ae066af3" w:history="1">
+      <w:hyperlink r:id="rId13166936b93ee79d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ecoleng.2020.105814</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8424,51 +8424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248769178ae066d13" w:history="1">
+      <w:hyperlink r:id="rId55516936b93ee7bb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111720020137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622369178ae066e23" w:history="1">
+      <w:hyperlink r:id="rId14096936b93ee7c91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8683,51 +8683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 355-360.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551469178ae066f1b" w:history="1">
+      <w:hyperlink r:id="rId31076936b93ee7d62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8823,137 +8823,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60639845">
+  <w:abstractNum w:abstractNumId="81298991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63779203">
+    <w:lvl w:ilvl="0" w:tplc="15480610">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63779203" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15480610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60639844">
+  <w:abstractNum w:abstractNumId="81298990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11535839">
+    <w:lvl w:ilvl="0" w:tplc="94082906">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9705,55 +9705,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60639844">
-    <w:abstractNumId w:val="60639844"/>
+  <w:num w:numId="81298990">
+    <w:abstractNumId w:val="81298990"/>
   </w:num>
-  <w:num w:numId="60639845">
-    <w:abstractNumId w:val="60639845"/>
+  <w:num w:numId="81298991">
+    <w:abstractNumId w:val="81298991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21303,51 +21303,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId211161323" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId287249203" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId488469178ae062151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId277169178ae06219b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId748369178ae0623ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId170369178ae0626e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId338569178ae062968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId555769178ae06298c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId944169178ae064d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId439069178ae064eab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId723369178ae064f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId946969178ae064f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId855369178ae0650be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId133469178ae0651ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId182469178ae0653cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId309469178ae065463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId561169178ae065739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId751969178ae065793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId558469178ae0657e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId249869178ae06583b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId509469178ae065913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId884769178ae06595f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId693569178ae065c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId665269178ae065caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId346169178ae066031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId486769178ae0660e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId627769178ae0661f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId187969178ae06626b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId979169178ae066304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId210769178ae066397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId454469178ae066576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId880069178ae0665f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId187769178ae0666a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId853969178ae066a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId990969178ae066af3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId248769178ae066d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId622369178ae066e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId551469178ae066f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId518769178ae062279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518769178ae062279.jpg"/><Relationship Id="rId542969178ae0639d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542969178ae0639d9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789292907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311789288" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66196936b93ee3143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId39256936b93ee3188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId98136936b93ee3b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId19836936b93ee3df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId15516936b93ee4057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId88636936b93ee407a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId76046936b93ee5ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId64316936b93ee5fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId88586936b93ee606b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId45116936b93ee60ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId31896936b93ee620e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId44986936b93ee633e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId10486936b93ee64c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId54566936b93ee6556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId41566936b93ee66ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId85716936b93ee670a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId97826936b93ee676b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId30546936b93ee67c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId55536936b93ee6867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId13256936b93ee689a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId44156936b93ee6b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId73016936b93ee6b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId26256936b93ee6f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId75536936b93ee6ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId49716936b93ee70e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId11936936b93ee7156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId63226936b93ee71e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId69006936b93ee7273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId88896936b93ee743b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId44636936b93ee74b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId22916936b93ee758e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId50306936b93ee78e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId13166936b93ee79d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId55516936b93ee7bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId14096936b93ee7c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31076936b93ee7d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId87096936b93ee3a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87096936b93ee3a26.jpg"/><Relationship Id="rId90336936b93ee4c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90336936b93ee4c74.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>