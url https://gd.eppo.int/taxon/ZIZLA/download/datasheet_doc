--- v2 (2025-12-08)
+++ v3 (2026-01-17)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Prodoehl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian wild rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66196936b93ee3143" w:history="1">
+            <w:hyperlink r:id="rId5114696b0e3325915" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, List of Invasive Alien Plants (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39256936b93ee3188" w:history="1">
+            <w:hyperlink r:id="rId1655696b0e3325967" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ZIZLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76863981" name="name88886936b93ee3a28" descr="16509.jpg"/>
+                  <wp:docPr id="9525206" name="name6007696b0e3325a25" descr="16509.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16509.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87096936b93ee3a26" cstate="print"/>
+                          <a:blip r:embed="rId2386696b0e3325a24" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98136936b93ee3b4a" w:history="1">
+            <w:hyperlink r:id="rId1593696b0e3325b38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -812,51 +812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is locally established in New Zealand in the North Island, namely in Northland, Auckland, Waikato, and Wellington (Freshwater Pests of New Zealand, 2020; New Zealand Plant Conservation Network, 2023). In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered established in Hawaii on the islands of Kauai, likely on Oahu, and Hawaii Island. One location has been detected in Canada, British Columbia in 2004 where it is locally abundant in shallow tidal water along the edges of Widgeon Slough on Siwash Island (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19836936b93ee3df1" w:history="1">
+      <w:hyperlink r:id="rId4425696b0e3325dd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://search.museums.ualberta.ca/12-116227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1189,72 +1189,72 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> locally established in Belgium where it has been planted as a marsh plant along ponds and lakes (Verloove, 2011). It was first observed in 2009 on the margins of a pond near La Hulpe (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15516936b93ee4057" w:history="1">
+      <w:hyperlink r:id="rId3570696b0e3326036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://waarnemingen.be/observation/44769819/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), probably as a relic of former cultivation (ornamental use). There are few other observations thereafter (Verloove, 2011). Recently, there have been numerous reports of the species throughout Belgium, probably as a result of the species being included in the alert list of the LIFE RIPARIAS project (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId88636936b93ee407a" w:history="1">
+      <w:hyperlink r:id="rId6915696b0e3326058" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alert.riparias.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and an extensive population was recorded in 2023 along the River Leie near Ghent (pers. comm. I. Jacobs, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1333,105 +1333,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The history of introduction into other EPPO countries is less well detailed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14641456" name="name35936936b93ee4c77" descr="ZIZLA_distribution_map.jpg"/>
+            <wp:docPr id="6351987" name="name7896696b0e33261b5" descr="ZIZLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ZIZLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90336936b93ee4c74" cstate="print"/>
+                    <a:blip r:embed="rId7408696b0e33261b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Azerbaijan, Belarus, Belgium, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Kazakhstan, Lithuania, Russian Federation (the) (Central Russia, European Russia, Far East, Southern Russia), Switzerland, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Armenia, Azerbaijan, Belarus, Belgium, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Kazakhstan, Lithuania, Russian Federation (the) (Central Russia, Far East, Southern Russia), Switzerland, Ukraine, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Fujian, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Shaanxi, Shandong, Sichuan, Yunnan, Zhejiang), India (Assam, Manipur), Indonesia (Java), Japan, Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Malaysia (Sabah), Mongolia, Myanmar, Singapore, Taiwan, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3966,51 +3966,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mechanical diggers can be used to remove the plant from ditches, drainage channels and waterlogged riverbanks, but there is a high risk of transferring rhizome fragments to new sites (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId76046936b93ee5ee0" w:history="1">
+      <w:hyperlink r:id="rId5336696b0e3327413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4104,51 +4104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Pest of concern to New Zealand’ (Quarantine pest) (Ministry for Primary Industries, 2023). The species is an unwanted organism and notifiable organism under the Biosecurity Act 1993: propagation, spread, display and sale are prohibited. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is one of nine weed species managed by central government for national eradication under the National Interest Pest Response programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId64316936b93ee5fc5" w:history="1">
+      <w:hyperlink r:id="rId4477696b0e33274fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4163,92 +4163,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the National Priority List of Exotic Environmental Pests, Weeds and Diseases. Thus, it is considered as a species of ‘significant environmental and social amenity risk to Australia’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId88586936b93ee606b" w:history="1">
+      <w:hyperlink r:id="rId9850696b0e332755d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Western Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Declared Pest, Prohibited - s12’. Prohibited organisms are declared pests by virtue of section 22(1) and may only be imported and kept subject to permits (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45116936b93ee60ae" w:history="1">
+      <w:hyperlink r:id="rId7620696b0e332759f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/organisms/128909</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Afonin AN, Greene SL, Dzyubenko NI, Frolov AN (eds.) (2008) Interactive Agricultural Ecological Atlas of Russia and Neighboring Countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic Plants and their Diseases, Pests and Weeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Online]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31896936b93ee620e" w:history="1">
+      <w:hyperlink r:id="rId4528696b0e3327702" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agroatlas.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4607,51 +4607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 160–169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44986936b93ee633e" w:history="1">
+      <w:hyperlink r:id="rId1178696b0e3327859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15421/011825</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4849,51 +4849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 583–591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10486936b93ee64c7" w:history="1">
+      <w:hyperlink r:id="rId6423696b0e33279ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02705060.2006.9664119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54566936b93ee6556" w:history="1">
+      <w:hyperlink r:id="rId7989696b0e3327a80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2017.00017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,201 +5165,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41566936b93ee66ba" w:history="1">
+      <w:hyperlink r:id="rId4935696b0e3327bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1615/HydrobJ.v57.i1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eElurikkus (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Griseb.) Stapf. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85716936b93ee670a" w:history="1">
+      <w:hyperlink r:id="rId4203696b0e3327c42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://elurikkus.ee/bie-hub/species/8261#overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97826936b93ee676b" w:history="1">
+      <w:hyperlink r:id="rId8351696b0e3327c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024b) EPPO Technical Document No. 1094. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30546936b93ee67c0" w:history="1">
+      <w:hyperlink r:id="rId2486696b0e3327ce7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,81 +5425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55536936b93ee6867" w:history="1">
+      <w:hyperlink r:id="rId3122696b0e3327d91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=242355686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Freshwater Pests of New Zealand (2020) NIWA publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13256936b93ee689a" w:history="1">
+      <w:hyperlink r:id="rId6567696b0e3327dc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5893,81 +5893,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 573–583.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komarov VL (1934) Flora of the U.S.S.R, Volume II. Israel Program for Scientific Translations (1. January 1963). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44156936b93ee6b57" w:history="1">
+      <w:hyperlink r:id="rId1878696b0e332809c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuusk V, Tabaka L, Jankeviciene R (2003) Flora of the Baltic Countries. Compendium of Vascular Plants Vol. 3. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73016936b93ee6b89" w:history="1">
+      <w:hyperlink r:id="rId9589696b0e33280d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6479,51 +6479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry for Primary Industries (2023) Official New Zealand Pest Register - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26256936b93ee6f45" w:history="1">
+      <w:hyperlink r:id="rId9309696b0e332846a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75536936b93ee6ff6" w:history="1">
+      <w:hyperlink r:id="rId5943696b0e332851e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nzpcn.org.nz/flora/species/zizania-latifolia/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6733,51 +6733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohwi J (1964) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan: combined, much revised and extended translation in English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Washington, Smithsonian Institution, 1965, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49716936b93ee70e5" w:history="1">
+      <w:hyperlink r:id="rId5416696b0e3328610" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/bibliography/43786</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11936936b93ee7156" w:history="1">
+      <w:hyperlink r:id="rId8149696b0e3328682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/w15081493</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6891,51 +6891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53–77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63226936b93ee71e5" w:history="1">
+      <w:hyperlink r:id="rId3230696b0e3328714" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24189/ncr.2017.041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6981,51 +6981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 619–629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69006936b93ee7273" w:history="1">
+      <w:hyperlink r:id="rId5022696b0e33287a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. At: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88896936b93ee743b" w:history="1">
+      <w:hyperlink r:id="rId4498696b0e3328985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 12/06/2023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7344,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1931–1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44636936b93ee74b6" w:history="1">
+      <w:hyperlink r:id="rId8687696b0e3328a03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7454,51 +7454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">929944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22916936b93ee758e" w:history="1">
+      <w:hyperlink r:id="rId8621696b0e3328ab3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2022.929944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1183739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50306936b93ee78e9" w:history="1">
+      <w:hyperlink r:id="rId8268696b0e3328df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2023.1183739</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8120,51 +8120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to water-level changes in lakes with contrasting hydrological management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological Engineering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13166936b93ee79d6" w:history="1">
+      <w:hyperlink r:id="rId4197696b0e3328ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ecoleng.2020.105814</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8424,51 +8424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55516936b93ee7bb7" w:history="1">
+      <w:hyperlink r:id="rId1784696b0e332911c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111720020137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8532,73 +8532,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14096936b93ee7c91" w:history="1">
+      <w:hyperlink r:id="rId9568696b0e33291fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8683,51 +8683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 355-360.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31076936b93ee7d62" w:history="1">
+      <w:hyperlink r:id="rId5697696b0e33292d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8823,137 +8823,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81298991">
+  <w:abstractNum w:abstractNumId="10887413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15480610">
+    <w:lvl w:ilvl="0" w:tplc="73153875">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15480610" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73153875" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81298990">
+  <w:abstractNum w:abstractNumId="10887412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94082906">
+    <w:lvl w:ilvl="0" w:tplc="63906078">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9705,55 +9705,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81298990">
-    <w:abstractNumId w:val="81298990"/>
+  <w:num w:numId="10887412">
+    <w:abstractNumId w:val="10887412"/>
   </w:num>
-  <w:num w:numId="81298991">
-    <w:abstractNumId w:val="81298991"/>
+  <w:num w:numId="10887413">
+    <w:abstractNumId w:val="10887413"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21303,51 +21303,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789292907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311789288" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66196936b93ee3143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId39256936b93ee3188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId98136936b93ee3b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId19836936b93ee3df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId15516936b93ee4057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId88636936b93ee407a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId76046936b93ee5ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId64316936b93ee5fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId88586936b93ee606b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId45116936b93ee60ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId31896936b93ee620e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId44986936b93ee633e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId10486936b93ee64c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId54566936b93ee6556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId41566936b93ee66ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId85716936b93ee670a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId97826936b93ee676b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId30546936b93ee67c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId55536936b93ee6867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId13256936b93ee689a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId44156936b93ee6b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId73016936b93ee6b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId26256936b93ee6f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId75536936b93ee6ff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId49716936b93ee70e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId11936936b93ee7156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId63226936b93ee71e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId69006936b93ee7273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId88896936b93ee743b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId44636936b93ee74b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId22916936b93ee758e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId50306936b93ee78e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId13166936b93ee79d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId55516936b93ee7bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId14096936b93ee7c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31076936b93ee7d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId87096936b93ee3a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87096936b93ee3a26.jpg"/><Relationship Id="rId90336936b93ee4c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90336936b93ee4c74.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId872869584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159174114" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5114696b0e3325915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId1655696b0e3325967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId1593696b0e3325b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId4425696b0e3325dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId3570696b0e3326036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId6915696b0e3326058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId5336696b0e3327413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId4477696b0e33274fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId9850696b0e332755d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId7620696b0e332759f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId4528696b0e3327702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId1178696b0e3327859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId6423696b0e33279ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId7989696b0e3327a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId4935696b0e3327bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId4203696b0e3327c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId8351696b0e3327c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId2486696b0e3327ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId3122696b0e3327d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId6567696b0e3327dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId1878696b0e332809c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId9589696b0e33280d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId9309696b0e332846a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId5943696b0e332851e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId5416696b0e3328610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId8149696b0e3328682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId3230696b0e3328714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId5022696b0e33287a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId4498696b0e3328985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId8687696b0e3328a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId8621696b0e3328ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId8268696b0e3328df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId4197696b0e3328ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId1784696b0e332911c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId9568696b0e33291fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5697696b0e33292d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId2386696b0e3325a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2386696b0e3325a24.jpg"/><Relationship Id="rId7408696b0e33261b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7408696b0e33261b4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>