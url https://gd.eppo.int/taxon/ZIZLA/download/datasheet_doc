--- v3 (2026-01-17)
+++ v4 (2026-02-09)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Prodoehl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian wild rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5114696b0e3325915" w:history="1">
+            <w:hyperlink r:id="rId15856989eaf01f8a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, List of Invasive Alien Plants (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1655696b0e3325967" w:history="1">
+            <w:hyperlink r:id="rId66746989eaf01ff99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ZIZLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9525206" name="name6007696b0e3325a25" descr="16509.jpg"/>
+                  <wp:docPr id="24242589" name="name49936989eaf0203be" descr="16509.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16509.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2386696b0e3325a24" cstate="print"/>
+                          <a:blip r:embed="rId47116989eaf0203bc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1593696b0e3325b38" w:history="1">
+            <w:hyperlink r:id="rId10466989eaf0204dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -812,51 +812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is locally established in New Zealand in the North Island, namely in Northland, Auckland, Waikato, and Wellington (Freshwater Pests of New Zealand, 2020; New Zealand Plant Conservation Network, 2023). In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered established in Hawaii on the islands of Kauai, likely on Oahu, and Hawaii Island. One location has been detected in Canada, British Columbia in 2004 where it is locally abundant in shallow tidal water along the edges of Widgeon Slough on Siwash Island (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4425696b0e3325dd1" w:history="1">
+      <w:hyperlink r:id="rId78736989eaf0207c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://search.museums.ualberta.ca/12-116227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1189,72 +1189,72 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> locally established in Belgium where it has been planted as a marsh plant along ponds and lakes (Verloove, 2011). It was first observed in 2009 on the margins of a pond near La Hulpe (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3570696b0e3326036" w:history="1">
+      <w:hyperlink r:id="rId58466989eaf021447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://waarnemingen.be/observation/44769819/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), probably as a relic of former cultivation (ornamental use). There are few other observations thereafter (Verloove, 2011). Recently, there have been numerous reports of the species throughout Belgium, probably as a result of the species being included in the alert list of the LIFE RIPARIAS project (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6915696b0e3326058" w:history="1">
+      <w:hyperlink r:id="rId12716989eaf021470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alert.riparias.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and an extensive population was recorded in 2023 along the River Leie near Ghent (pers. comm. I. Jacobs, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1333,105 +1333,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The history of introduction into other EPPO countries is less well detailed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6351987" name="name7896696b0e33261b5" descr="ZIZLA_distribution_map.jpg"/>
+            <wp:docPr id="17560684" name="name16486989eaf022116" descr="ZIZLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ZIZLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7408696b0e33261b4" cstate="print"/>
+                    <a:blip r:embed="rId45106989eaf022113" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Azerbaijan, Belarus, Belgium, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Kazakhstan, Lithuania, Russian Federation (the) (Central Russia, Far East, Southern Russia), Switzerland, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Armenia, Azerbaijan, Belarus, Belgium, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Kazakhstan, Lithuania, Russian Federation (Central Russia, Far East, Southern Russia), Switzerland, Ukraine, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Fujian, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Shaanxi, Shandong, Sichuan, Yunnan, Zhejiang), India (Assam, Manipur), Indonesia (Java), Japan, Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Malaysia (Sabah), Mongolia, Myanmar, Singapore, Taiwan, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3966,51 +3966,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mechanical diggers can be used to remove the plant from ditches, drainage channels and waterlogged riverbanks, but there is a high risk of transferring rhizome fragments to new sites (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5336696b0e3327413" w:history="1">
+      <w:hyperlink r:id="rId33076989eaf023fd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4104,51 +4104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Pest of concern to New Zealand’ (Quarantine pest) (Ministry for Primary Industries, 2023). The species is an unwanted organism and notifiable organism under the Biosecurity Act 1993: propagation, spread, display and sale are prohibited. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is one of nine weed species managed by central government for national eradication under the National Interest Pest Response programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4477696b0e33274fa" w:history="1">
+      <w:hyperlink r:id="rId41856989eaf0240c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4163,92 +4163,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the National Priority List of Exotic Environmental Pests, Weeds and Diseases. Thus, it is considered as a species of ‘significant environmental and social amenity risk to Australia’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9850696b0e332755d" w:history="1">
+      <w:hyperlink r:id="rId11486989eaf024128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Western Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Declared Pest, Prohibited - s12’. Prohibited organisms are declared pests by virtue of section 22(1) and may only be imported and kept subject to permits (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7620696b0e332759f" w:history="1">
+      <w:hyperlink r:id="rId76796989eaf02416b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/organisms/128909</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Afonin AN, Greene SL, Dzyubenko NI, Frolov AN (eds.) (2008) Interactive Agricultural Ecological Atlas of Russia and Neighboring Countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic Plants and their Diseases, Pests and Weeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Online]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4528696b0e3327702" w:history="1">
+      <w:hyperlink r:id="rId61076989eaf024303" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agroatlas.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4607,51 +4607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 160–169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1178696b0e3327859" w:history="1">
+      <w:hyperlink r:id="rId92576989eaf024471" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15421/011825</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4849,51 +4849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 583–591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6423696b0e33279ed" w:history="1">
+      <w:hyperlink r:id="rId18066989eaf025219" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02705060.2006.9664119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7989696b0e3327a80" w:history="1">
+      <w:hyperlink r:id="rId70136989eaf0252ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2017.00017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,201 +5165,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4935696b0e3327bef" w:history="1">
+      <w:hyperlink r:id="rId77596989eaf02542d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1615/HydrobJ.v57.i1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eElurikkus (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Griseb.) Stapf. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4203696b0e3327c42" w:history="1">
+      <w:hyperlink r:id="rId54556989eaf025482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://elurikkus.ee/bie-hub/species/8261#overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8351696b0e3327c94" w:history="1">
+      <w:hyperlink r:id="rId30446989eaf0254d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024b) EPPO Technical Document No. 1094. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2486696b0e3327ce7" w:history="1">
+      <w:hyperlink r:id="rId13726989eaf025526" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,81 +5425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3122696b0e3327d91" w:history="1">
+      <w:hyperlink r:id="rId51956989eaf0255d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=242355686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Freshwater Pests of New Zealand (2020) NIWA publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6567696b0e3327dc5" w:history="1">
+      <w:hyperlink r:id="rId98836989eaf025606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5893,81 +5893,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 573–583.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komarov VL (1934) Flora of the U.S.S.R, Volume II. Israel Program for Scientific Translations (1. January 1963). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1878696b0e332809c" w:history="1">
+      <w:hyperlink r:id="rId21416989eaf0258d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuusk V, Tabaka L, Jankeviciene R (2003) Flora of the Baltic Countries. Compendium of Vascular Plants Vol. 3. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9589696b0e33280d1" w:history="1">
+      <w:hyperlink r:id="rId22176989eaf025905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6479,51 +6479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry for Primary Industries (2023) Official New Zealand Pest Register - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9309696b0e332846a" w:history="1">
+      <w:hyperlink r:id="rId65276989eaf025c91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5943696b0e332851e" w:history="1">
+      <w:hyperlink r:id="rId38386989eaf025d43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nzpcn.org.nz/flora/species/zizania-latifolia/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6733,51 +6733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohwi J (1964) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan: combined, much revised and extended translation in English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Washington, Smithsonian Institution, 1965, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5416696b0e3328610" w:history="1">
+      <w:hyperlink r:id="rId76456989eaf025e33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/bibliography/43786</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8149696b0e3328682" w:history="1">
+      <w:hyperlink r:id="rId91276989eaf025ea4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/w15081493</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6891,51 +6891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53–77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3230696b0e3328714" w:history="1">
+      <w:hyperlink r:id="rId68346989eaf025f37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24189/ncr.2017.041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6981,51 +6981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 619–629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5022696b0e33287a7" w:history="1">
+      <w:hyperlink r:id="rId90706989eaf025fca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. At: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4498696b0e3328985" w:history="1">
+      <w:hyperlink r:id="rId75496989eaf026b85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 12/06/2023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7344,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1931–1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8687696b0e3328a03" w:history="1">
+      <w:hyperlink r:id="rId49196989eaf026c0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7454,51 +7454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">929944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8621696b0e3328ab3" w:history="1">
+      <w:hyperlink r:id="rId36536989eaf026cbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2022.929944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1183739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8268696b0e3328df2" w:history="1">
+      <w:hyperlink r:id="rId17216989eaf027004" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2023.1183739</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8120,51 +8120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to water-level changes in lakes with contrasting hydrological management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological Engineering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4197696b0e3328ee2" w:history="1">
+      <w:hyperlink r:id="rId57256989eaf027554" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ecoleng.2020.105814</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8424,51 +8424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1784696b0e332911c" w:history="1">
+      <w:hyperlink r:id="rId52316989eaf0277c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111720020137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9568696b0e33291fb" w:history="1">
+      <w:hyperlink r:id="rId83216989eaf0278b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8683,51 +8683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 355-360.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5697696b0e33292d4" w:history="1">
+      <w:hyperlink r:id="rId75526989eaf027989" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8823,137 +8823,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10887413">
+  <w:abstractNum w:abstractNumId="35506099">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73153875">
+    <w:lvl w:ilvl="0" w:tplc="90567477">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73153875" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90567477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10887412">
+  <w:abstractNum w:abstractNumId="35506098">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63906078">
+    <w:lvl w:ilvl="0" w:tplc="12705879">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9705,55 +9705,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10887412">
-    <w:abstractNumId w:val="10887412"/>
+  <w:num w:numId="35506098">
+    <w:abstractNumId w:val="35506098"/>
   </w:num>
-  <w:num w:numId="10887413">
-    <w:abstractNumId w:val="10887413"/>
+  <w:num w:numId="35506099">
+    <w:abstractNumId w:val="35506099"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21303,51 +21303,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId872869584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159174114" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5114696b0e3325915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId1655696b0e3325967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId1593696b0e3325b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId4425696b0e3325dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId3570696b0e3326036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId6915696b0e3326058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId5336696b0e3327413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId4477696b0e33274fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId9850696b0e332755d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId7620696b0e332759f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId4528696b0e3327702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId1178696b0e3327859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId6423696b0e33279ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId7989696b0e3327a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId4935696b0e3327bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId4203696b0e3327c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId8351696b0e3327c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId2486696b0e3327ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId3122696b0e3327d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId6567696b0e3327dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId1878696b0e332809c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId9589696b0e33280d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId9309696b0e332846a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId5943696b0e332851e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId5416696b0e3328610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId8149696b0e3328682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId3230696b0e3328714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId5022696b0e33287a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId4498696b0e3328985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId8687696b0e3328a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId8621696b0e3328ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId8268696b0e3328df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId4197696b0e3328ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId1784696b0e332911c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId9568696b0e33291fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5697696b0e33292d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId2386696b0e3325a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2386696b0e3325a24.jpg"/><Relationship Id="rId7408696b0e33261b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7408696b0e33261b4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId180739164" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431217252" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15856989eaf01f8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId66746989eaf01ff99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId10466989eaf0204dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId78736989eaf0207c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId58466989eaf021447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId12716989eaf021470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId33076989eaf023fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId41856989eaf0240c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId11486989eaf024128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId76796989eaf02416b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId61076989eaf024303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId92576989eaf024471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId18066989eaf025219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId70136989eaf0252ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId77596989eaf02542d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId54556989eaf025482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId30446989eaf0254d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId13726989eaf025526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId51956989eaf0255d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId98836989eaf025606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId21416989eaf0258d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId22176989eaf025905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId65276989eaf025c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId38386989eaf025d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId76456989eaf025e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId91276989eaf025ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId68346989eaf025f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId90706989eaf025fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId75496989eaf026b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId49196989eaf026c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId36536989eaf026cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId17216989eaf027004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId57256989eaf027554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId52316989eaf0277c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId83216989eaf0278b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId75526989eaf027989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId47116989eaf0203bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47116989eaf0203bc.jpg"/><Relationship Id="rId45106989eaf022113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45106989eaf022113.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>