--- v4 (2026-02-09)
+++ v5 (2026-03-02)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Prodoehl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian wild rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15856989eaf01f8a9" w:history="1">
+            <w:hyperlink r:id="rId140969a536abdf912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, List of Invasive Alien Plants (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66746989eaf01ff99" w:history="1">
+            <w:hyperlink r:id="rId189469a536abdf957" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ZIZLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24242589" name="name49936989eaf0203be" descr="16509.jpg"/>
+                  <wp:docPr id="12960428" name="name528669a536abdfa6a" descr="16509.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16509.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47116989eaf0203bc" cstate="print"/>
+                          <a:blip r:embed="rId597469a536abdfa69" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId10466989eaf0204dc" w:history="1">
+            <w:hyperlink r:id="rId490469a536abdfb92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -812,51 +812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is locally established in New Zealand in the North Island, namely in Northland, Auckland, Waikato, and Wellington (Freshwater Pests of New Zealand, 2020; New Zealand Plant Conservation Network, 2023). In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered established in Hawaii on the islands of Kauai, likely on Oahu, and Hawaii Island. One location has been detected in Canada, British Columbia in 2004 where it is locally abundant in shallow tidal water along the edges of Widgeon Slough on Siwash Island (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId78736989eaf0207c8" w:history="1">
+      <w:hyperlink r:id="rId975169a536abdfe2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://search.museums.ualberta.ca/12-116227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1189,72 +1189,72 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> locally established in Belgium where it has been planted as a marsh plant along ponds and lakes (Verloove, 2011). It was first observed in 2009 on the margins of a pond near La Hulpe (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId58466989eaf021447" w:history="1">
+      <w:hyperlink r:id="rId368569a536abe008c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://waarnemingen.be/observation/44769819/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), probably as a relic of former cultivation (ornamental use). There are few other observations thereafter (Verloove, 2011). Recently, there have been numerous reports of the species throughout Belgium, probably as a result of the species being included in the alert list of the LIFE RIPARIAS project (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12716989eaf021470" w:history="1">
+      <w:hyperlink r:id="rId427469a536abe00af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alert.riparias.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and an extensive population was recorded in 2023 along the River Leie near Ghent (pers. comm. I. Jacobs, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1333,63 +1333,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The history of introduction into other EPPO countries is less well detailed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17560684" name="name16486989eaf022116" descr="ZIZLA_distribution_map.jpg"/>
+            <wp:docPr id="71147031" name="name797869a536abe0f47" descr="ZIZLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ZIZLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45106989eaf022113" cstate="print"/>
+                    <a:blip r:embed="rId983469a536abe0f45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3966,51 +3966,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mechanical diggers can be used to remove the plant from ditches, drainage channels and waterlogged riverbanks, but there is a high risk of transferring rhizome fragments to new sites (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId33076989eaf023fd0" w:history="1">
+      <w:hyperlink r:id="rId753169a536abe21d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4104,51 +4104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Pest of concern to New Zealand’ (Quarantine pest) (Ministry for Primary Industries, 2023). The species is an unwanted organism and notifiable organism under the Biosecurity Act 1993: propagation, spread, display and sale are prohibited. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is one of nine weed species managed by central government for national eradication under the National Interest Pest Response programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId41856989eaf0240c3" w:history="1">
+      <w:hyperlink r:id="rId934369a536abe22b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4163,92 +4163,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the National Priority List of Exotic Environmental Pests, Weeds and Diseases. Thus, it is considered as a species of ‘significant environmental and social amenity risk to Australia’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11486989eaf024128" w:history="1">
+      <w:hyperlink r:id="rId236769a536abe2319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Western Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Declared Pest, Prohibited - s12’. Prohibited organisms are declared pests by virtue of section 22(1) and may only be imported and kept subject to permits (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId76796989eaf02416b" w:history="1">
+      <w:hyperlink r:id="rId234669a536abe235b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/organisms/128909</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Afonin AN, Greene SL, Dzyubenko NI, Frolov AN (eds.) (2008) Interactive Agricultural Ecological Atlas of Russia and Neighboring Countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic Plants and their Diseases, Pests and Weeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Online]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61076989eaf024303" w:history="1">
+      <w:hyperlink r:id="rId800569a536abe24c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agroatlas.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4607,51 +4607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 160–169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92576989eaf024471" w:history="1">
+      <w:hyperlink r:id="rId390469a536abe25f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15421/011825</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4849,51 +4849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 583–591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18066989eaf025219" w:history="1">
+      <w:hyperlink r:id="rId127469a536abe2781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02705060.2006.9664119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70136989eaf0252ba" w:history="1">
+      <w:hyperlink r:id="rId368969a536abe2810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2017.00017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,201 +5165,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77596989eaf02542d" w:history="1">
+      <w:hyperlink r:id="rId441269a536abe2996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1615/HydrobJ.v57.i1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eElurikkus (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Griseb.) Stapf. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54556989eaf025482" w:history="1">
+      <w:hyperlink r:id="rId107269a536abe29ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://elurikkus.ee/bie-hub/species/8261#overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30446989eaf0254d4" w:history="1">
+      <w:hyperlink r:id="rId723369a536abe2a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024b) EPPO Technical Document No. 1094. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13726989eaf025526" w:history="1">
+      <w:hyperlink r:id="rId756469a536abe2a90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,81 +5425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51956989eaf0255d3" w:history="1">
+      <w:hyperlink r:id="rId809769a536abe2b3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=242355686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Freshwater Pests of New Zealand (2020) NIWA publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98836989eaf025606" w:history="1">
+      <w:hyperlink r:id="rId807469a536abe2b6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5893,81 +5893,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 573–583.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komarov VL (1934) Flora of the U.S.S.R, Volume II. Israel Program for Scientific Translations (1. January 1963). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21416989eaf0258d1" w:history="1">
+      <w:hyperlink r:id="rId321869a536abe2e30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuusk V, Tabaka L, Jankeviciene R (2003) Flora of the Baltic Countries. Compendium of Vascular Plants Vol. 3. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22176989eaf025905" w:history="1">
+      <w:hyperlink r:id="rId433169a536abe2e63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6479,51 +6479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry for Primary Industries (2023) Official New Zealand Pest Register - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65276989eaf025c91" w:history="1">
+      <w:hyperlink r:id="rId551469a536abe3245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38386989eaf025d43" w:history="1">
+      <w:hyperlink r:id="rId935969a536abe32fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nzpcn.org.nz/flora/species/zizania-latifolia/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6733,51 +6733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohwi J (1964) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan: combined, much revised and extended translation in English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Washington, Smithsonian Institution, 1965, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76456989eaf025e33" w:history="1">
+      <w:hyperlink r:id="rId876469a536abe33f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/bibliography/43786</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91276989eaf025ea4" w:history="1">
+      <w:hyperlink r:id="rId836569a536abe3483" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/w15081493</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6891,51 +6891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53–77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68346989eaf025f37" w:history="1">
+      <w:hyperlink r:id="rId643469a536abe3517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24189/ncr.2017.041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6981,51 +6981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 619–629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90706989eaf025fca" w:history="1">
+      <w:hyperlink r:id="rId593169a536abe35a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. At: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75496989eaf026b85" w:history="1">
+      <w:hyperlink r:id="rId552369a536abe3775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 12/06/2023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7344,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1931–1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49196989eaf026c0a" w:history="1">
+      <w:hyperlink r:id="rId335269a536abe37f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7454,51 +7454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">929944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36536989eaf026cbb" w:history="1">
+      <w:hyperlink r:id="rId452369a536abe38c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2022.929944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1183739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17216989eaf027004" w:history="1">
+      <w:hyperlink r:id="rId898769a536abe3c17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2023.1183739</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8120,51 +8120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to water-level changes in lakes with contrasting hydrological management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological Engineering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57256989eaf027554" w:history="1">
+      <w:hyperlink r:id="rId473269a536abe3d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ecoleng.2020.105814</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8424,51 +8424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52316989eaf0277c1" w:history="1">
+      <w:hyperlink r:id="rId872769a536abe3eef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111720020137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83216989eaf0278b2" w:history="1">
+      <w:hyperlink r:id="rId644569a536abe3fcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8683,51 +8683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 355-360.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75526989eaf027989" w:history="1">
+      <w:hyperlink r:id="rId973469a536abe409e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8823,137 +8823,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35506099">
+  <w:abstractNum w:abstractNumId="56771670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90567477">
+    <w:lvl w:ilvl="0" w:tplc="71658842">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90567477" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71658842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35506098">
+  <w:abstractNum w:abstractNumId="56771669">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12705879">
+    <w:lvl w:ilvl="0" w:tplc="73732463">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9705,55 +9705,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35506098">
-    <w:abstractNumId w:val="35506098"/>
+  <w:num w:numId="56771669">
+    <w:abstractNumId w:val="56771669"/>
   </w:num>
-  <w:num w:numId="35506099">
-    <w:abstractNumId w:val="35506099"/>
+  <w:num w:numId="56771670">
+    <w:abstractNumId w:val="56771670"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21303,51 +21303,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId180739164" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431217252" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15856989eaf01f8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId66746989eaf01ff99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId10466989eaf0204dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId78736989eaf0207c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId58466989eaf021447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId12716989eaf021470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId33076989eaf023fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId41856989eaf0240c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId11486989eaf024128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId76796989eaf02416b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId61076989eaf024303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId92576989eaf024471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId18066989eaf025219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId70136989eaf0252ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId77596989eaf02542d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId54556989eaf025482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId30446989eaf0254d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId13726989eaf025526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId51956989eaf0255d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId98836989eaf025606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId21416989eaf0258d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId22176989eaf025905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId65276989eaf025c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId38386989eaf025d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId76456989eaf025e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId91276989eaf025ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId68346989eaf025f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId90706989eaf025fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId75496989eaf026b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId49196989eaf026c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId36536989eaf026cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId17216989eaf027004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId57256989eaf027554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId52316989eaf0277c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId83216989eaf0278b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId75526989eaf027989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId47116989eaf0203bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47116989eaf0203bc.jpg"/><Relationship Id="rId45106989eaf022113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45106989eaf022113.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId303490287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId953736151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId140969a536abdf912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId189469a536abdf957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId490469a536abdfb92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId975169a536abdfe2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId368569a536abe008c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId427469a536abe00af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId753169a536abe21d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId934369a536abe22b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId236769a536abe2319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId234669a536abe235b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId800569a536abe24c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId390469a536abe25f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId127469a536abe2781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId368969a536abe2810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId441269a536abe2996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId107269a536abe29ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId723369a536abe2a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId756469a536abe2a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId809769a536abe2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId807469a536abe2b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId321869a536abe2e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId433169a536abe2e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId551469a536abe3245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId935969a536abe32fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId876469a536abe33f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId836569a536abe3483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId643469a536abe3517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId593169a536abe35a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId552369a536abe3775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId335269a536abe37f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId452369a536abe38c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId898769a536abe3c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId473269a536abe3d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId872769a536abe3eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId644569a536abe3fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973469a536abe409e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId597469a536abdfa69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597469a536abdfa69.jpg"/><Relationship Id="rId983469a536abe0f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983469a536abe0f45.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>