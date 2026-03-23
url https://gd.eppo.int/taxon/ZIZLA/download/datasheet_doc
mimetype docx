--- v5 (2026-03-02)
+++ v6 (2026-03-23)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Prodoehl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian wild rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140969a536abdf912" w:history="1">
+            <w:hyperlink r:id="rId311369c0a88ff24a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, List of Invasive Alien Plants (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189469a536abdf957" w:history="1">
+            <w:hyperlink r:id="rId215869c0a88ff24e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ZIZLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12960428" name="name528669a536abdfa6a" descr="16509.jpg"/>
+                  <wp:docPr id="80900537" name="name517869c0a88ff25ac" descr="16509.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16509.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId597469a536abdfa69" cstate="print"/>
+                          <a:blip r:embed="rId809469c0a88ff25aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId490469a536abdfb92" w:history="1">
+            <w:hyperlink r:id="rId231069c0a88ff26ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -812,51 +812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is locally established in New Zealand in the North Island, namely in Northland, Auckland, Waikato, and Wellington (Freshwater Pests of New Zealand, 2020; New Zealand Plant Conservation Network, 2023). In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered established in Hawaii on the islands of Kauai, likely on Oahu, and Hawaii Island. One location has been detected in Canada, British Columbia in 2004 where it is locally abundant in shallow tidal water along the edges of Widgeon Slough on Siwash Island (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId975169a536abdfe2a" w:history="1">
+      <w:hyperlink r:id="rId406769c0a88ff294c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://search.museums.ualberta.ca/12-116227</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1189,72 +1189,72 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> locally established in Belgium where it has been planted as a marsh plant along ponds and lakes (Verloove, 2011). It was first observed in 2009 on the margins of a pond near La Hulpe (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId368569a536abe008c" w:history="1">
+      <w:hyperlink r:id="rId973869c0a88ff2bac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://waarnemingen.be/observation/44769819/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), probably as a relic of former cultivation (ornamental use). There are few other observations thereafter (Verloove, 2011). Recently, there have been numerous reports of the species throughout Belgium, probably as a result of the species being included in the alert list of the LIFE RIPARIAS project (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId427469a536abe00af" w:history="1">
+      <w:hyperlink r:id="rId395769c0a88ff2bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://alert.riparias.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and an extensive population was recorded in 2023 along the River Leie near Ghent (pers. comm. I. Jacobs, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -1333,63 +1333,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The history of introduction into other EPPO countries is less well detailed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71147031" name="name797869a536abe0f47" descr="ZIZLA_distribution_map.jpg"/>
+            <wp:docPr id="13450990" name="name960869c0a88ff367a" descr="ZIZLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ZIZLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId983469a536abe0f45" cstate="print"/>
+                    <a:blip r:embed="rId445569c0a88ff3677" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3966,51 +3966,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mechanical diggers can be used to remove the plant from ditches, drainage channels and waterlogged riverbanks, but there is a high risk of transferring rhizome fragments to new sites (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId753169a536abe21d1" w:history="1">
+      <w:hyperlink r:id="rId647069c0a89000636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4104,51 +4104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Pest of concern to New Zealand’ (Quarantine pest) (Ministry for Primary Industries, 2023). The species is an unwanted organism and notifiable organism under the Biosecurity Act 1993: propagation, spread, display and sale are prohibited. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is one of nine weed species managed by central government for national eradication under the National Interest Pest Response programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId934369a536abe22b7" w:history="1">
+      <w:hyperlink r:id="rId423669c0a8900071a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4163,92 +4163,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is on the National Priority List of Exotic Environmental Pests, Weeds and Diseases. Thus, it is considered as a species of ‘significant environmental and social amenity risk to Australia’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId236769a536abe2319" w:history="1">
+      <w:hyperlink r:id="rId593169c0a8900077b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Western Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a ‘Declared Pest, Prohibited - s12’. Prohibited organisms are declared pests by virtue of section 22(1) and may only be imported and kept subject to permits (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId234669a536abe235b" w:history="1">
+      <w:hyperlink r:id="rId228469c0a890007bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agric.wa.gov.au/organisms/128909</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Afonin AN, Greene SL, Dzyubenko NI, Frolov AN (eds.) (2008) Interactive Agricultural Ecological Atlas of Russia and Neighboring Countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic Plants and their Diseases, Pests and Weeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Online]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800569a536abe24c7" w:history="1">
+      <w:hyperlink r:id="rId329169c0a89000915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agroatlas.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4607,51 +4607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 160–169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390469a536abe25f7" w:history="1">
+      <w:hyperlink r:id="rId371969c0a89000a3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15421/011825</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4849,51 +4849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 583–591. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127469a536abe2781" w:history="1">
+      <w:hyperlink r:id="rId368469c0a89000bcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/02705060.2006.9664119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368969a536abe2810" w:history="1">
+      <w:hyperlink r:id="rId668269c0a89000c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2017.00017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,201 +5165,201 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441269a536abe2996" w:history="1">
+      <w:hyperlink r:id="rId981969c0a89000dc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1615/HydrobJ.v57.i1.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eElurikkus (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Griseb.) Stapf. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107269a536abe29ea" w:history="1">
+      <w:hyperlink r:id="rId700569c0a89000e0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://elurikkus.ee/bie-hub/species/8261#overview</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723369a536abe2a3c" w:history="1">
+      <w:hyperlink r:id="rId798969c0a89000e60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024b) EPPO Technical Document No. 1094. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756469a536abe2a90" w:history="1">
+      <w:hyperlink r:id="rId750169c0a89000eb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ZIZLA/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,81 +5425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 186–187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809769a536abe2b3a" w:history="1">
+      <w:hyperlink r:id="rId863569c0a89000f58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=2&amp;taxon_id=242355686</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Freshwater Pests of New Zealand (2020) NIWA publication. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807469a536abe2b6d" w:history="1">
+      <w:hyperlink r:id="rId283269c0a89000f97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5893,81 +5893,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 573–583.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komarov VL (1934) Flora of the U.S.S.R, Volume II. Israel Program for Scientific Translations (1. January 1963). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321869a536abe2e30" w:history="1">
+      <w:hyperlink r:id="rId403869c0a89001251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuusk V, Tabaka L, Jankeviciene R (2003) Flora of the Baltic Countries. Compendium of Vascular Plants Vol. 3. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433169a536abe2e63" w:history="1">
+      <w:hyperlink r:id="rId292569c0a89001284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6479,51 +6479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry for Primary Industries (2023) Official New Zealand Pest Register - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551469a536abe3245" w:history="1">
+      <w:hyperlink r:id="rId185469c0a8900163c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Plant Conservation Network (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId935969a536abe32fb" w:history="1">
+      <w:hyperlink r:id="rId913369c0a890016f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nzpcn.org.nz/flora/species/zizania-latifolia/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6733,51 +6733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohwi J (1964) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan: combined, much revised and extended translation in English</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Washington, Smithsonian Institution, 1965, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876469a536abe33f6" w:history="1">
+      <w:hyperlink r:id="rId405069c0a890017e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.biodiversitylibrary.org/bibliography/43786</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836569a536abe3483" w:history="1">
+      <w:hyperlink r:id="rId647969c0a89001858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/w15081493</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6891,51 +6891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53–77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643469a536abe3517" w:history="1">
+      <w:hyperlink r:id="rId598069c0a890018e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.24189/ncr.2017.041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6981,51 +6981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 619–629. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593169a536abe35a7" w:history="1">
+      <w:hyperlink r:id="rId877869c0a89001973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7265,51 +7265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. At: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552369a536abe3775" w:history="1">
+      <w:hyperlink r:id="rId189969c0a89001b39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">alienplantsbelgium.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, accessed 12/06/2023.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7344,51 +7344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1931–1943. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335269a536abe37f3" w:history="1">
+      <w:hyperlink r:id="rId517969c0a89001bb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7454,51 +7454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">929944. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452369a536abe38c2" w:history="1">
+      <w:hyperlink r:id="rId525069c0a89001c62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2022.929944</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1183739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898769a536abe3c17" w:history="1">
+      <w:hyperlink r:id="rId981469c0a89001fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2023.1183739</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8120,51 +8120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to water-level changes in lakes with contrasting hydrological management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological Engineering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473269a536abe3d09" w:history="1">
+      <w:hyperlink r:id="rId954269c0a89002094" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.ecoleng.2020.105814</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8424,51 +8424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108–117. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872769a536abe3eef" w:history="1">
+      <w:hyperlink r:id="rId128469c0a8900227e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111720020137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8554,51 +8554,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zizania latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644569a536abe3fcd" w:history="1">
+      <w:hyperlink r:id="rId352169c0a8900235b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8683,51 +8683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 355-360.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973469a536abe409e" w:history="1">
+      <w:hyperlink r:id="rId543469c0a8900242c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8823,137 +8823,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56771670">
+  <w:abstractNum w:abstractNumId="38806446">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71658842">
+    <w:lvl w:ilvl="0" w:tplc="43988614">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71658842" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43988614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56771669">
+  <w:abstractNum w:abstractNumId="38806445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73732463">
+    <w:lvl w:ilvl="0" w:tplc="54842898">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9705,55 +9705,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56771669">
-    <w:abstractNumId w:val="56771669"/>
+  <w:num w:numId="38806445">
+    <w:abstractNumId w:val="38806445"/>
   </w:num>
-  <w:num w:numId="56771670">
-    <w:abstractNumId w:val="56771670"/>
+  <w:num w:numId="38806446">
+    <w:abstractNumId w:val="38806446"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21303,51 +21303,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId303490287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId953736151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId140969a536abdf912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId189469a536abdf957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId490469a536abdfb92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId975169a536abdfe2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId368569a536abe008c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId427469a536abe00af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId753169a536abe21d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId934369a536abe22b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId236769a536abe2319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId234669a536abe235b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId800569a536abe24c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId390469a536abe25f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId127469a536abe2781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId368969a536abe2810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId441269a536abe2996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId107269a536abe29ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId723369a536abe2a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId756469a536abe2a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId809769a536abe2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId807469a536abe2b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId321869a536abe2e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId433169a536abe2e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId551469a536abe3245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId935969a536abe32fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId876469a536abe33f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId836569a536abe3483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId643469a536abe3517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId593169a536abe35a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId552369a536abe3775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId335269a536abe37f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId452369a536abe38c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId898769a536abe3c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId473269a536abe3d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId872769a536abe3eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId644569a536abe3fcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973469a536abe409e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId597469a536abdfa69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597469a536abdfa69.jpg"/><Relationship Id="rId983469a536abe0f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983469a536abe0f45.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId608305966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId396141918" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId311369c0a88ff24a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/" TargetMode="External"/><Relationship Id="rId215869c0a88ff24e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/categorization" TargetMode="External"/><Relationship Id="rId231069c0a88ff26ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/photos" TargetMode="External"/><Relationship Id="rId406769c0a88ff294c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.museums.ualberta.ca/12-116227" TargetMode="External"/><Relationship Id="rId973869c0a88ff2bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waarnemingen.be/observation/44769819/" TargetMode="External"/><Relationship Id="rId395769c0a88ff2bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alert.riparias.be/" TargetMode="External"/><Relationship Id="rId647069c0a89000636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.weedbusters.org.nz/what-are-weeds/weed-list/manchurian-rice-grass" TargetMode="External"/><Relationship Id="rId423669c0a8900071a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/biosecurity/exotic-pests-and-diseases-in-new-zealand/long-term-biosecurity-management-programmes/national-interest-pest-responses-programme/" TargetMode="External"/><Relationship Id="rId593169c0a8900077b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity-trade/policy/environmental/priority-list" TargetMode="External"/><Relationship Id="rId228469c0a890007bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agric.wa.gov.au/organisms/128909" TargetMode="External"/><Relationship Id="rId329169c0a89000915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agroatlas.ru/" TargetMode="External"/><Relationship Id="rId371969c0a89000a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15421/011825" TargetMode="External"/><Relationship Id="rId368469c0a89000bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/02705060.2006.9664119" TargetMode="External"/><Relationship Id="rId668269c0a89000c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2017.00017" TargetMode="External"/><Relationship Id="rId981969c0a89000dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1615/HydrobJ.v57.i1.10" TargetMode="External"/><Relationship Id="rId700569c0a89000e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elurikkus.ee/bie-hub/species/8261#overview" TargetMode="External"/><Relationship Id="rId798969c0a89000e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA" TargetMode="External"/><Relationship Id="rId750169c0a89000eb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ZIZLA/documents" TargetMode="External"/><Relationship Id="rId863569c0a89000f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=2%26taxon_id=242355686" TargetMode="External"/><Relationship Id="rId283269c0a89000f97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.niwa.co.nz/freshwater-and-estuaries/management-tools/identification-guides-and-fact-sheets/freshwater-pest-species" TargetMode="External"/><Relationship Id="rId403869c0a89001251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/item/106072#page/1/mode/1up" TargetMode="External"/><Relationship Id="rId292569c0a89001284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kogud.emu.ee/files/Flora_of_the_Baltic_Countries_3.pdf" TargetMode="External"/><Relationship Id="rId185469c0a8900163c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierpestregister.mpi.govt.nz/pests-of-concern/pest-details?id=105445" TargetMode="External"/><Relationship Id="rId913369c0a890016f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpcn.org.nz/flora/species/zizania-latifolia/" TargetMode="External"/><Relationship Id="rId405069c0a890017e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biodiversitylibrary.org/bibliography/43786" TargetMode="External"/><Relationship Id="rId647969c0a89001858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/w15081493" TargetMode="External"/><Relationship Id="rId598069c0a890018e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24189/ncr.2017.041" TargetMode="External"/><Relationship Id="rId877869c0a89001973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1errmi6ar0bc3.pisces.boku.ac.at/10.1007/s10452-021-09927-5" TargetMode="External"/><Relationship Id="rId189969c0a89001b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be" TargetMode="External"/><Relationship Id="rId517969c0a89001bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-1org-1000983cy1d8d.pisces.boku.ac.at/10.1007/s10530-018-1686-3" TargetMode="External"/><Relationship Id="rId525069c0a89001c62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2022.929944" TargetMode="External"/><Relationship Id="rId981469c0a89001fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2023.1183739" TargetMode="External"/><Relationship Id="rId954269c0a89002094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ecoleng.2020.105814" TargetMode="External"/><Relationship Id="rId128469c0a8900227e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111720020137" TargetMode="External"/><Relationship Id="rId352169c0a8900235b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId543469c0a8900242c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13044" TargetMode="External"/><Relationship Id="rId809469c0a88ff25aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809469c0a88ff25aa.jpg"/><Relationship Id="rId445569c0a88ff3677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445569c0a88ff3677.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>