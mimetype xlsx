--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZIPMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Gonzalez Mendoza R (1952) Contribucion al estudio de las moscas Anastrepha en Colombia. Revista Facultad Nacional de Agronomía 12, 423–549.</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Ziziphus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>APRICI</t>
   </si>
@@ -555,364 +568,378 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>33</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">