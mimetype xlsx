--- v1 (2025-11-03)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZIPMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -202,50 +202,60 @@
     <t>* Balikai R (2009) Insect pest status of ber (Ziziphus mauritiana Lamarck) in India and their management strategies. Acta Horticulturae 840, 461-474.</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Rhamnaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>PROETR</t>
   </si>
   <si>
     <t>Prostephanus truncatus</t>
   </si>
   <si>
     <t>* Muatinte BL, Van den Berg J (2022) Modeling the influence of abiotic and biotic factors on spatial and temporal fluctuations of Prostephanus truncatus (Coleoptera: Bostrichidae) populations in Mozambique. Environmental Entomology 51(1), 118-131.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ziziphus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>* Brown JW, Copeland RS, Aarvik L, Miller SE, Rosati ME, Luke Q (2014) Host records for fruit-feeding afrotropical Tortricidae (Lepidoptera). African Entomology, 22(2), 343–376.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Ziziphus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
@@ -568,61 +578,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -896,50 +906,64 @@
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">