--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZIPJU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
@@ -255,50 +255,59 @@
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Long HB, Bai C, Peng J, Zeng FY (2014) First reprot of root-knot nematode Meloidogyne enterolobii infecting jujube in China. Plant Disease 98, 1451-1452.</t>
   </si>
   <si>
     <t>CNIDFL</t>
   </si>
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Yang S, Liu H, Zheng H, Yang M, Ren Y, &amp; Zhang J (2016) Attraction of Monema flavescens males to synthetic blends of sex pheromones. Bulletin of Insectology 69, 193–203
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Streets RB (1937) Phymatotrichum (cotton or Texas) root rot in Arizona. Technical Bulletin, Arizona University College of Agriculture No. 71. 
 ------- as Zizyphus jujuba.</t>
+  </si>
+  <si>
+    <t>POCZSH</t>
+  </si>
+  <si>
+    <t>Pochazia shantungensis</t>
+  </si>
+  <si>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>* Brown JW, Copeland RS, Aarvik L, Miller SE, Rosati ME, Luke Q (2014) Host records for fruit-feeding afrotropical Tortricidae (Lepidoptera). African Entomology, 22(2), 343–376.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Living host.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Ziziphus)</t>
   </si>
   <si>
@@ -656,51 +665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="426.896" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1053,97 +1062,111 @@
         <v>78</v>
       </c>
       <c r="D26" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>80</v>
       </c>
       <c r="C27" t="s">
         <v>81</v>
       </c>
       <c r="D27" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>86</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>87</v>
+        <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>88</v>
       </c>
       <c r="C30" t="s">
         <v>89</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" t="s">
         <v>29</v>
       </c>
-      <c r="C31" t="s">
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="C32" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">