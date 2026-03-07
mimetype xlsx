--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZIPJU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
@@ -264,50 +264,60 @@
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Yang S, Liu H, Zheng H, Yang M, Ren Y, &amp; Zhang J (2016) Attraction of Monema flavescens males to synthetic blends of sex pheromones. Bulletin of Insectology 69, 193–203
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Streets RB (1937) Phymatotrichum (cotton or Texas) root rot in Arizona. Technical Bulletin, Arizona University College of Agriculture No. 71. 
 ------- as Zizyphus jujuba.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ziziphus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
   </si>
   <si>
     <t>* Brown JW, Copeland RS, Aarvik L, Miller SE, Rosati ME, Luke Q (2014) Host records for fruit-feeding afrotropical Tortricidae (Lepidoptera). African Entomology, 22(2), 343–376.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Living host.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Ziziphus)</t>
   </si>
   <si>
@@ -665,61 +675,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="426.896" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -1076,97 +1086,111 @@
         <v>81</v>
       </c>
       <c r="D27" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>83</v>
       </c>
       <c r="C28" t="s">
         <v>84</v>
       </c>
       <c r="D28" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>89</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="s">
         <v>92</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" t="s">
+        <v>95</v>
+      </c>
+      <c r="D32" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" t="s">
         <v>29</v>
       </c>
-      <c r="C32" t="s">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="C33" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">