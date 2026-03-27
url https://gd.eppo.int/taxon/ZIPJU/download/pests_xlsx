--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZIPJU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
@@ -306,50 +306,59 @@
   <si>
     <t>* Brown JW, Copeland RS, Aarvik L, Miller SE, Rosati ME, Luke Q (2014) Host records for fruit-feeding afrotropical Tortricidae (Lepidoptera). African Entomology, 22(2), 343–376.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Living host.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Ziziphus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
+  </si>
+  <si>
+    <t>ZAPRTU</t>
+  </si>
+  <si>
+    <t>Zaprionus tuberculatus</t>
+  </si>
+  <si>
+    <t>* Nugnes F, Carbone C, Miele F, Pica F, Pierro S, Sasso R, Bodini M, Bernardo U (2026) Contrasting invasion strategies, convergent outcomes: establishment of Zaprionus tuberculatus and Ceroplastes ceriferus in Italy. Insect 17(2), 198. https://doi.org/10.3390/insects17020198</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHYPZI</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma ziziphi'</t>
   </si>
   <si>
     <t>* Bu J, Peng L, Liu M, Zhao J (2016) 16S rDNA sequence analysis of witches’ broom phytoplasma isolates from Chinese jujube in North China. Australasian Plant Pathology 45,119-122.
 * Jung H-Y, Sawayanagi T, Kakizawa S, Nishigawa H, Wei W, Oshima K, Miyata S, Ugaki M, Hibi T, Namba S (2003) ‘Candidatus Phytoplasma ziziphi’, a novel phytoplasma taxon associated with jujube witches’-broom disease. International Journal of Systematic and Evolutionary Microbiology 53, 1037-1041.
 * Lee I-M, Martini M, Marcone C, Zhu SF (2004) Classification of phytoplasma strains in the elm yellows group (16SrV) and proposal of ‘Candidatus Phytoplasma ulmi’ for the phytoplasma associated with elm yellows. International Journal of Systematic and Evolutionary Microbiology 54, 337-347.</t>
   </si>
   <si>
     <t>Carposina sasakii</t>
   </si>
   <si>
     <t>* He WW, Shang BC, AILI R, Maimaiti A, Yang ML (2018) [Risk analysis of peach fruit borer in Xinjiang jujube orchards]. Xinjiang Farm Research of Science and Technology, (4), 20-22.
 * Lei X, Li D, Li Z, Zalom FG, Gao L, Shen Z (2012) Effect of host plants on developmental time and life table parameters of Carposina sasakii (Lepidoptera: Carposinidae) under laboratory conditions. Environmental entomology. 41(2), 349-354.
 * Men LN, Zhang ZW, Deng A, Ma Y, Liu XQ, Ma RY, Han YZ (2018) Three different physical barriers with obvious effects on Carposina sasakii Matsumura selection behavior to two dominant jujube tree volatiles. Entomologia Experimentalis et Applicata 166(8), 683-694.</t>
   </si>
 </sst>
 </file>
@@ -675,51 +684,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="426.896" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1123,74 +1132,88 @@
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>89</v>
       </c>
       <c r="D30" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="s">
         <v>92</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>4</v>
+      </c>
+      <c r="B32" t="s">
         <v>93</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>94</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B33" t="s">
+        <v>97</v>
+      </c>
+      <c r="C33" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>96</v>
+      </c>
+      <c r="B34" t="s">
         <v>29</v>
       </c>
-      <c r="C33" t="s">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="C34" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">