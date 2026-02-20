--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -12,95 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZAPRTU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABFSS</t>
   </si>
   <si>
     <t>Artocarpus sp.</t>
   </si>
   <si>
     <t>* Yazzin A, David JR (2010) Revision of the Afrotropical species of Zaprionus (Diptera, Drosophilidae), with descriptions of two new species and notes on internal reproductive structures and immature stages. ZooKeys 51, 33-72.</t>
   </si>
   <si>
     <t>BUJCA</t>
   </si>
   <si>
     <t>Butia capitata</t>
   </si>
   <si>
     <t>* Jobim K, Kaster PL, da Rosa BR, Tidon R, Garcia FR (2023) Expansion of the area of occurrence of Zaprionus tuberculatus (Diptera: Drosophilidae) in the Americas and registration of new host plants. Brazilian Journal of Biology 83, e273916. https://doi.org/10.1590/1519-6984.273916</t>
   </si>
   <si>
     <t>CISMA</t>
   </si>
   <si>
     <t>Carissa macrocarpa</t>
   </si>
   <si>
     <t>* Ben Halima Kamel M, Ben Cheik Z, Zouari S, Mdellel L, Balmès V (2020) First report of Zaprionus indianus and Z. tuberculatus (Diptera: Drosophilidae) in Tunisia. EPPO Bulletin 50(early view). https://doi.org/10.1111/epp.12662
 ------- Confirmed host.</t>
   </si>
   <si>
+    <t>CIDRE</t>
+  </si>
+  <si>
+    <t>Citrus reticulata</t>
+  </si>
+  <si>
+    <t>* Jobim K, da Rosa BR, da Luz Kaster P, Ovruski SM, Garcia FR (2025) Interactions of the Invasive Fruit Flies Drosophila suzukii, Zaprionus indianus, Zaprionus tuberculatus and Ceratitis capitata with Their Hosts in the Brazilian Pampa Biome. Insects 16(12):, 1285. https://doi.org/10.3390/insects16121285</t>
+  </si>
+  <si>
     <t>CIDSI</t>
   </si>
   <si>
     <t>Citrus x aurantium var. sinensis</t>
   </si>
   <si>
     <t>* Balmès V, Mouttet R (2019) The drosophilid risk on imports. EPPO Bulletin, 49: 122– 126. https://doi.org/10.1111/epp.12536
 ------- found in fruit at import</t>
   </si>
   <si>
     <t>DCYSS</t>
   </si>
   <si>
     <t>Dacryodes sp.</t>
   </si>
   <si>
     <t>DTASE</t>
   </si>
   <si>
     <t>Detarium senegalense</t>
   </si>
   <si>
     <t>EIOJA</t>
   </si>
   <si>
@@ -272,60 +281,70 @@
     <t>* dos Santos JP, Fiedler M, Menezes-Netto AC, Carissimi Boff MI, Mello Garcia FR (2023) First record of Zaprionus tuberculatus (Diptera: Drosophilidae) in Santa Catarina State, Brazil. Agropecuária Catarinense Journal 36(3), 22–25. https://doi.org/10.52945/rac.v36i3.1755
 * Jobim K, Kaster PL, da Rosa BR, Tidon R, Garcia FR (2023) Expansion of the area of occurrence of Zaprionus tuberculatus (Diptera: Drosophilidae) in the Americas and registration of new host plants. Brazilian Journal of Biology 83, e273916. https://doi.org/10.1590/1519-6984.273916</t>
   </si>
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>* Ribeiro LS, Sousa NR, Salustino AS, Morais MM, Maddalena A, Abreu KG, Oliveira-Filho MC, Brito CH, Araujo HF, Martins JV, Ribeiro WS (2024) First record of Zaprionus tuberculatus (Malloch, 1932)(Diptera: Drosophilidae) in Paraíba state, Brazil. Brazilian Journal of Biology 84, e285905. https://doi.org/10.1590/1519-6984.285905</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>RUBFR</t>
   </si>
   <si>
     <t>Rubus fruticosus</t>
   </si>
   <si>
+    <t>* Özbek Çatal B, Çalişkan Keçe AF, Ulusoy MR (2021) Distribution and host plants of Drosophilidae (Diptera) species detected in fruit orchards of the Eastern Mediterranean Region of Turkey. Mustafa Kemal University Journal of Agricultural Sciences 26(2), 431-442. https://doi.org/10.37908/mkutbd.873838
+* Jobim K, da Rosa BR, da Luz Kaster P, Ovruski SM, Garcia FR (2025) Interactions of the Invasive Fruit Flies Drosophila suzukii, Zaprionus indianus, Zaprionus tuberculatus and Ceratitis capitata with Their Hosts in the Brazilian Pampa Biome. Insects 16(12):, 1285. https://doi.org/10.3390/insects16121285</t>
+  </si>
+  <si>
     <t>SIZTR</t>
   </si>
   <si>
     <t>Santiria trimera</t>
   </si>
   <si>
     <t>SPXMO</t>
   </si>
   <si>
     <t>Spondias mombin</t>
+  </si>
+  <si>
+    <t>SYZCU</t>
+  </si>
+  <si>
+    <t>Syzygium cumini</t>
   </si>
   <si>
     <t>TIKHE</t>
   </si>
   <si>
     <t>Tieghemella heckelii</t>
   </si>
   <si>
     <t>UNCSS</t>
   </si>
   <si>
     <t>Uncaria sp.</t>
   </si>
   <si>
     <t>VITLA</t>
   </si>
   <si>
     <t>Vitis labrusca</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
@@ -653,51 +672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="389.191" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -748,541 +767,569 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D27" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D28" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D29" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D32" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>77</v>
       </c>
       <c r="C33" t="s">
         <v>78</v>
       </c>
       <c r="D33" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D36" t="s">
-        <v>7</v>
+        <v>87</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D38" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D39" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C40" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D40" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C41" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D41" t="s">
-        <v>23</v>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>4</v>
+      </c>
+      <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" t="s">
+        <v>99</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" t="s">
+        <v>101</v>
+      </c>
+      <c r="D43" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">