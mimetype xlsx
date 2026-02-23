--- v0 (2025-10-03)
+++ v1 (2026-02-23)
@@ -12,95 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ZANCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>ONCMNI</t>
   </si>
   <si>
     <t>Oncometopia nigricans</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce's disease bacterium. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- as spring-summer host for adults and nymphs.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Zanthoxylum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Suh, S.-J (2020) Host plant list of the scale insects (Hemiptera: Coccomorpha) in South Korea. Insecta Mundi 0757, 1–26</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Zanthoxylum)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -413,61 +423,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -495,50 +505,64 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">