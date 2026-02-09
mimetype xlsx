--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -326,51 +326,51 @@
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PG</t>
   </si>