--- v0 (2025-10-04)
+++ v1 (2026-01-03)
@@ -38,109 +38,109 @@
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
     <t>* Han Y, Lyu D (2010) Taxonomic review of the genus Xylotrechus (Coleoptera: Cerambycidae: Cerambycinae) in Korea with a newly recorded species. Korean Journal of Applied Entomology 49(2), 69-82.
 * Lin M, Ge S, Xiao N (2021) A study of the genus Xylotrechus Chevrolat (Coleoptera: Cerambycidae) from Beijing, China. Entomotaxonomia 43(3), 20 pp. https://doi.org/10.11680/entomotax.2021021
 * Tsuchiya T (1988) Studies on bionomics and control measures of the Grape borer (Xylotrechus pyrrhoderus Bates). Extra no. 2. Bulletin of the Yamanachi Fruit Tree Experiment Station 63(8). 92 pp.
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- confirmed host</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AMCBR</t>
   </si>
   <si>
     <t>Ampelopsis glandulosa var. brevipedunculata</t>
   </si>
   <si>
     <t>* Tsuchiya T (1988) Studies on bionomics and control measures of the Grape borer (Xylotrechus pyrrhoderus Bates). Extra no. 2. Bulletin of the Yamanachi Fruit Tree Experiment Station 63(8). 92 pp.
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- confirmed host</t>
   </si>
   <si>
     <t>VITFI</t>
   </si>
   <si>
     <t>Vitis ficifolia</t>
   </si>
   <si>
     <t>VITHD</t>
   </si>
   <si>
     <t>Vitis hybrids</t>
   </si>
   <si>
     <t xml:space="preserve">* Tsuchiya T (1988) Studies on bionomics and control measures of the Grape borer (Xylotrechus pyrrhoderus Bates). Extra no. 2. Bulletin of the Yamanachi Fruit Tree Experiment Station 63(8). 92 pp.
 ------- many hybrid varieties found infested
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- many hybrids are confirmed hosts. Varieties found infested in Tsuchiya (1988) include crossings involving species such as: Vitis vinifera, V. aestivalis, V. amurensis, Vitis berlandieri, V. labrusca, V. lincecumii, V. riparia, V. rupestris. Further details in EPPO PRA
   </t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CELOR</t>
   </si>
   <si>
     <t>Celastrus orbiculatus</t>
   </si>
   <si>
     <t>* Jang HK., Lee SH, Choi W (2015) Cerambycidae of Korea. Geobook, Seoul. 399 pp.
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- not possible to find confirmation of X. pyrrhoderus infesting this plant. Further details in EPPO PRA</t>
   </si>
   <si>
     <t>PRTTR</t>
   </si>
   <si>
     <t>Parthenocissus tricuspidata</t>
   </si>
   <si>
     <t>* USDA. Pest Alert. Grape borer beetle (Xylotrechus pyrrhoderus Bates). https://www.aphis.usda.gov/publications/plant_health/alert-grape-borer-beetle.pdf (accessed in June 2023).
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- not possible to find confirmation of X. pyrrhoderus infesting this plant. Further details in EPPO PRA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>