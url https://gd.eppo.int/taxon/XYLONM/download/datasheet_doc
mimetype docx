--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Pic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Namangan longhorn beetle, willow longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId915468f5dbff995c9" w:history="1">
+            <w:hyperlink r:id="rId578169115df2712e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626268f5dbff99677" w:history="1">
+            <w:hyperlink r:id="rId505169115df27132b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLONM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56496800" name="name662668f5dbff99752" descr="13067.jpg"/>
+                  <wp:docPr id="15957375" name="name305869115df271d2d" descr="13067.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13067.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId109868f5dbff99751" cstate="print"/>
+                          <a:blip r:embed="rId911269115df271d2b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId339968f5dbff9987a" w:history="1">
+            <w:hyperlink r:id="rId820269115df271f13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1691,63 +1691,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021; Kalandarov, 2022; Yakubov &amp; Esanbayev, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8667486" name="name850368f5dbff9ae2e" descr="XYLONM_distribution_map.jpg"/>
+            <wp:docPr id="54521157" name="name868869115df2733d0" descr="XYLONM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLONM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId781368f5dbff9ae2b" cstate="print"/>
+                    <a:blip r:embed="rId443369115df2733cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3946,51 +3946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 467–474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309668f5dbff9c016" w:history="1">
+      <w:hyperlink r:id="rId252369115df27445c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4671.3.8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900368f5dbff9c0dd" w:history="1">
+      <w:hyperlink r:id="rId250869115df2744d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-ento-011118-111856</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4746,101 +4746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003a) Report of a Pest Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546968f5dbff9c5e5" w:history="1">
+      <w:hyperlink r:id="rId913469115df27495b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003b) Report of a Pest Risk Management: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773668f5dbff9c65e" w:history="1">
+      <w:hyperlink r:id="rId523169115df2749ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4877,51 +4877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 456–458 Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748668f5dbff9c6ec" w:history="1">
+      <w:hyperlink r:id="rId407569115df274a30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5195,51 +5195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228268f5dbff9cad8" w:history="1">
+      <w:hyperlink r:id="rId916369115df274c35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.606.9190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5285,51 +5285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1106, 1–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120568f5dbff9cb6f" w:history="1">
+      <w:hyperlink r:id="rId597569115df274cc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13121106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1265–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561668f5dbff9d46b" w:history="1">
+      <w:hyperlink r:id="rId451969115df275514" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/23802359.2022.2094293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6708,51 +6708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548568f5dbff9d564" w:history="1">
+      <w:hyperlink r:id="rId343169115df2755e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6837,81 +6837,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–458. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405068f5dbff9d797" w:history="1">
+      <w:hyperlink r:id="rId903669115df2756b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00860.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63910650" name="name508668f5dbff9d82c" descr="eu_funding_250.png"/>
+            <wp:docPr id="17004617" name="name116869115df275aed" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId621568f5dbff9d82b" cstate="print"/>
+                    <a:blip r:embed="rId674969115df275aeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7009,137 +7009,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43717967">
+  <w:abstractNum w:abstractNumId="58527550">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18036536">
+    <w:lvl w:ilvl="0" w:tplc="73672564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18036536" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73672564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43717966">
+  <w:abstractNum w:abstractNumId="58527549">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11609740">
+    <w:lvl w:ilvl="0" w:tplc="57026759">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7891,55 +7891,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43717966">
-    <w:abstractNumId w:val="43717966"/>
+  <w:num w:numId="58527549">
+    <w:abstractNumId w:val="58527549"/>
   </w:num>
-  <w:num w:numId="43717967">
-    <w:abstractNumId w:val="43717967"/>
+  <w:num w:numId="58527550">
+    <w:abstractNumId w:val="58527550"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19489,51 +19489,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId342993270" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId988437680" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId915468f5dbff995c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId626268f5dbff99677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId339968f5dbff9987a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId309668f5dbff9c016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId900368f5dbff9c0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId546968f5dbff9c5e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId773668f5dbff9c65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId748668f5dbff9c6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId228268f5dbff9cad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId120568f5dbff9cb6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId561668f5dbff9d46b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId548568f5dbff9d564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId405068f5dbff9d797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId109868f5dbff99751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109868f5dbff99751.jpg"/><Relationship Id="rId781368f5dbff9ae2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId781368f5dbff9ae2b.jpg"/><Relationship Id="rId621568f5dbff9d82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId621568f5dbff9d82b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId872033648" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId396355197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId578169115df2712e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId505169115df27132b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId820269115df271f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId252369115df27445c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId250869115df2744d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId913469115df27495b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId523169115df2749ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId407569115df274a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId916369115df274c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId597569115df274cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId451969115df275514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId343169115df2755e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId903669115df2756b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId911269115df271d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911269115df271d2b.jpg"/><Relationship Id="rId443369115df2733cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId443369115df2733cd.jpg"/><Relationship Id="rId674969115df275aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674969115df275aeb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>