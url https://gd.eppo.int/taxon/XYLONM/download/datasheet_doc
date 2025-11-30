--- v1 (2025-11-10)
+++ v2 (2025-11-30)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Pic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Namangan longhorn beetle, willow longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578169115df2712e7" w:history="1">
+            <w:hyperlink r:id="rId2552692bd1eee0f64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505169115df27132b" w:history="1">
+            <w:hyperlink r:id="rId5007692bd1eee0fa8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLONM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15957375" name="name305869115df271d2d" descr="13067.jpg"/>
+                  <wp:docPr id="99313005" name="name5792692bd1eee17fc" descr="13067.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13067.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId911269115df271d2b" cstate="print"/>
+                          <a:blip r:embed="rId3630692bd1eee17fb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId820269115df271f13" w:history="1">
+            <w:hyperlink r:id="rId2992692bd1eee19a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1691,63 +1691,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021; Kalandarov, 2022; Yakubov &amp; Esanbayev, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54521157" name="name868869115df2733d0" descr="XYLONM_distribution_map.jpg"/>
+            <wp:docPr id="6384661" name="name6677692bd1eee2d83" descr="XYLONM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLONM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId443369115df2733cd" cstate="print"/>
+                    <a:blip r:embed="rId7272692bd1eee2d80" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3946,51 +3946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 467–474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252369115df27445c" w:history="1">
+      <w:hyperlink r:id="rId4450692bd1eee4dff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4671.3.8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250869115df2744d4" w:history="1">
+      <w:hyperlink r:id="rId2666692bd1eee4ef1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-ento-011118-111856</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4746,101 +4746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003a) Report of a Pest Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913469115df27495b" w:history="1">
+      <w:hyperlink r:id="rId6102692bd1eee53e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003b) Report of a Pest Risk Management: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523169115df2749ae" w:history="1">
+      <w:hyperlink r:id="rId2245692bd1eee5440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4877,51 +4877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 456–458 Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407569115df274a30" w:history="1">
+      <w:hyperlink r:id="rId1423692bd1eee54c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5195,51 +5195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916369115df274c35" w:history="1">
+      <w:hyperlink r:id="rId2630692bd1eee56f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.606.9190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5285,51 +5285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1106, 1–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597569115df274cc4" w:history="1">
+      <w:hyperlink r:id="rId8083692bd1eee578f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13121106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1265–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451969115df275514" w:history="1">
+      <w:hyperlink r:id="rId3580692bd1eee6023" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/23802359.2022.2094293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6708,51 +6708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343169115df2755e0" w:history="1">
+      <w:hyperlink r:id="rId4650692bd1eee60f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6837,81 +6837,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–458. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903669115df2756b3" w:history="1">
+      <w:hyperlink r:id="rId5939692bd1eee61c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00860.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17004617" name="name116869115df275aed" descr="eu_funding_250.png"/>
+            <wp:docPr id="64422352" name="name6131692bd1eee6603" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId674969115df275aeb" cstate="print"/>
+                    <a:blip r:embed="rId3690692bd1eee6602" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7009,137 +7009,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58527550">
+  <w:abstractNum w:abstractNumId="14165542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73672564">
+    <w:lvl w:ilvl="0" w:tplc="65364587">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73672564" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65364587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58527549">
+  <w:abstractNum w:abstractNumId="14165541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57026759">
+    <w:lvl w:ilvl="0" w:tplc="65188230">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7891,55 +7891,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58527549">
-    <w:abstractNumId w:val="58527549"/>
+  <w:num w:numId="14165541">
+    <w:abstractNumId w:val="14165541"/>
   </w:num>
-  <w:num w:numId="58527550">
-    <w:abstractNumId w:val="58527550"/>
+  <w:num w:numId="14165542">
+    <w:abstractNumId w:val="14165542"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19489,51 +19489,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId872033648" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId396355197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId578169115df2712e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId505169115df27132b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId820269115df271f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId252369115df27445c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId250869115df2744d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId913469115df27495b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId523169115df2749ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId407569115df274a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId916369115df274c35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId597569115df274cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId451969115df275514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId343169115df2755e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId903669115df2756b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId911269115df271d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911269115df271d2b.jpg"/><Relationship Id="rId443369115df2733cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId443369115df2733cd.jpg"/><Relationship Id="rId674969115df275aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674969115df275aeb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885376923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209716496" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2552692bd1eee0f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId5007692bd1eee0fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId2992692bd1eee19a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId4450692bd1eee4dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId2666692bd1eee4ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId6102692bd1eee53e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId2245692bd1eee5440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId1423692bd1eee54c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId2630692bd1eee56f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId8083692bd1eee578f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId3580692bd1eee6023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId4650692bd1eee60f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5939692bd1eee61c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId3630692bd1eee17fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3630692bd1eee17fb.jpg"/><Relationship Id="rId7272692bd1eee2d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7272692bd1eee2d80.jpg"/><Relationship Id="rId3690692bd1eee6602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3690692bd1eee6602.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>