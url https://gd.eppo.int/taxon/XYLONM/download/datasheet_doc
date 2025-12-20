--- v2 (2025-11-30)
+++ v3 (2025-12-20)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Pic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Namangan longhorn beetle, willow longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2552692bd1eee0f64" w:history="1">
+            <w:hyperlink r:id="rId896769469864a16da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5007692bd1eee0fa8" w:history="1">
+            <w:hyperlink r:id="rId565769469864a171c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLONM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99313005" name="name5792692bd1eee17fc" descr="13067.jpg"/>
+                  <wp:docPr id="69877885" name="name148169469864a201b" descr="13067.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13067.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3630692bd1eee17fb" cstate="print"/>
+                          <a:blip r:embed="rId719269469864a2019" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2992692bd1eee19a8" w:history="1">
+            <w:hyperlink r:id="rId996069469864a211a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1691,63 +1691,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021; Kalandarov, 2022; Yakubov &amp; Esanbayev, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6384661" name="name6677692bd1eee2d83" descr="XYLONM_distribution_map.jpg"/>
+            <wp:docPr id="60190729" name="name817469469864a38b2" descr="XYLONM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLONM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7272692bd1eee2d80" cstate="print"/>
+                    <a:blip r:embed="rId954469469864a38b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3946,51 +3946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 467–474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4450692bd1eee4dff" w:history="1">
+      <w:hyperlink r:id="rId826469469864a489e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4671.3.8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2666692bd1eee4ef1" w:history="1">
+      <w:hyperlink r:id="rId994769469864a4913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-ento-011118-111856</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4746,101 +4746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003a) Report of a Pest Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6102692bd1eee53e9" w:history="1">
+      <w:hyperlink r:id="rId489269469864a4d85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003b) Report of a Pest Risk Management: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2245692bd1eee5440" w:history="1">
+      <w:hyperlink r:id="rId266269469864a4dd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4877,51 +4877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 456–458 Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1423692bd1eee54c9" w:history="1">
+      <w:hyperlink r:id="rId923069469864a4e57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5195,51 +5195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2630692bd1eee56f5" w:history="1">
+      <w:hyperlink r:id="rId417669469864a506d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.606.9190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5285,51 +5285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1106, 1–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8083692bd1eee578f" w:history="1">
+      <w:hyperlink r:id="rId273169469864a5102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13121106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1265–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3580692bd1eee6023" w:history="1">
+      <w:hyperlink r:id="rId745069469864a5916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/23802359.2022.2094293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6708,51 +6708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4650692bd1eee60f3" w:history="1">
+      <w:hyperlink r:id="rId267469469864a59dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6837,81 +6837,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–458. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5939692bd1eee61c8" w:history="1">
+      <w:hyperlink r:id="rId757269469864a5aac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00860.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64422352" name="name6131692bd1eee6603" descr="eu_funding_250.png"/>
+            <wp:docPr id="1970933" name="name355669469864a5b29" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3690692bd1eee6602" cstate="print"/>
+                    <a:blip r:embed="rId657469469864a5b28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7009,137 +7009,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14165542">
+  <w:abstractNum w:abstractNumId="80415208">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65364587">
+    <w:lvl w:ilvl="0" w:tplc="81671670">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65364587" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81671670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14165541">
+  <w:abstractNum w:abstractNumId="80415207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65188230">
+    <w:lvl w:ilvl="0" w:tplc="83794412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7891,55 +7891,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14165541">
-    <w:abstractNumId w:val="14165541"/>
+  <w:num w:numId="80415207">
+    <w:abstractNumId w:val="80415207"/>
   </w:num>
-  <w:num w:numId="14165542">
-    <w:abstractNumId w:val="14165542"/>
+  <w:num w:numId="80415208">
+    <w:abstractNumId w:val="80415208"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19489,51 +19489,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885376923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209716496" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2552692bd1eee0f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId5007692bd1eee0fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId2992692bd1eee19a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId4450692bd1eee4dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId2666692bd1eee4ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId6102692bd1eee53e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId2245692bd1eee5440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId1423692bd1eee54c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId2630692bd1eee56f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId8083692bd1eee578f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId3580692bd1eee6023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId4650692bd1eee60f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5939692bd1eee61c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId3630692bd1eee17fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3630692bd1eee17fb.jpg"/><Relationship Id="rId7272692bd1eee2d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7272692bd1eee2d80.jpg"/><Relationship Id="rId3690692bd1eee6602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3690692bd1eee6602.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415873380" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104486270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId896769469864a16da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId565769469864a171c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId996069469864a211a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId826469469864a489e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId994769469864a4913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId489269469864a4d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId266269469864a4dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId923069469864a4e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId417669469864a506d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId273169469864a5102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId745069469864a5916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId267469469864a59dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId757269469864a5aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId719269469864a2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId719269469864a2019.jpg"/><Relationship Id="rId954469469864a38b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954469469864a38b0.jpg"/><Relationship Id="rId657469469864a5b28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId657469469864a5b28.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>