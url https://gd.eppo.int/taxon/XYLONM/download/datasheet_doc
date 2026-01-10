--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Pic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Namangan longhorn beetle, willow longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId896769469864a16da" w:history="1">
+            <w:hyperlink r:id="rId470669622b629093a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565769469864a171c" w:history="1">
+            <w:hyperlink r:id="rId350869622b629097f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLONM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69877885" name="name148169469864a201b" descr="13067.jpg"/>
+                  <wp:docPr id="37893146" name="name990269622b6290a5d" descr="13067.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13067.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId719269469864a2019" cstate="print"/>
+                          <a:blip r:embed="rId662869622b6290a5b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId996069469864a211a" w:history="1">
+            <w:hyperlink r:id="rId360569622b6290b88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1691,63 +1691,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021; Kalandarov, 2022; Yakubov &amp; Esanbayev, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60190729" name="name817469469864a38b2" descr="XYLONM_distribution_map.jpg"/>
+            <wp:docPr id="30482241" name="name453869622b6291458" descr="XYLONM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLONM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId954469469864a38b0" cstate="print"/>
+                    <a:blip r:embed="rId937569622b6291456" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3946,51 +3946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 467–474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826469469864a489e" w:history="1">
+      <w:hyperlink r:id="rId287169622b6292476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4671.3.8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994769469864a4913" w:history="1">
+      <w:hyperlink r:id="rId537869622b62924ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-ento-011118-111856</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4746,101 +4746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003a) Report of a Pest Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489269469864a4d85" w:history="1">
+      <w:hyperlink r:id="rId853569622b6292989" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003b) Report of a Pest Risk Management: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266269469864a4dd6" w:history="1">
+      <w:hyperlink r:id="rId146869622b62929dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4877,51 +4877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 456–458 Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923069469864a4e57" w:history="1">
+      <w:hyperlink r:id="rId827869622b6292a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5195,51 +5195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417669469864a506d" w:history="1">
+      <w:hyperlink r:id="rId378669622b6292c72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.606.9190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5285,51 +5285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1106, 1–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273169469864a5102" w:history="1">
+      <w:hyperlink r:id="rId472269622b6292d05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13121106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1265–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745069469864a5916" w:history="1">
+      <w:hyperlink r:id="rId842269622b6293542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/23802359.2022.2094293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6686,73 +6686,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267469469864a59dc" w:history="1">
+      <w:hyperlink r:id="rId851069622b629360a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6837,81 +6837,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–458. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757269469864a5aac" w:history="1">
+      <w:hyperlink r:id="rId140969622b62936db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00860.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1970933" name="name355669469864a5b29" descr="eu_funding_250.png"/>
+            <wp:docPr id="22880953" name="name972169622b629375f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId657469469864a5b28" cstate="print"/>
+                    <a:blip r:embed="rId776569622b629375e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7009,137 +7009,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80415208">
+  <w:abstractNum w:abstractNumId="49421254">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81671670">
+    <w:lvl w:ilvl="0" w:tplc="84722690">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81671670" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84722690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80415207">
+  <w:abstractNum w:abstractNumId="49421253">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83794412">
+    <w:lvl w:ilvl="0" w:tplc="48715303">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7891,55 +7891,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80415207">
-    <w:abstractNumId w:val="80415207"/>
+  <w:num w:numId="49421253">
+    <w:abstractNumId w:val="49421253"/>
   </w:num>
-  <w:num w:numId="80415208">
-    <w:abstractNumId w:val="80415208"/>
+  <w:num w:numId="49421254">
+    <w:abstractNumId w:val="49421254"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19489,51 +19489,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415873380" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104486270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId896769469864a16da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId565769469864a171c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId996069469864a211a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId826469469864a489e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId994769469864a4913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId489269469864a4d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId266269469864a4dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId923069469864a4e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId417669469864a506d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId273169469864a5102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId745069469864a5916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId267469469864a59dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId757269469864a5aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId719269469864a2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId719269469864a2019.jpg"/><Relationship Id="rId954469469864a38b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954469469864a38b0.jpg"/><Relationship Id="rId657469469864a5b28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId657469469864a5b28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876325156" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296690474" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId470669622b629093a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId350869622b629097f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId360569622b6290b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId287169622b6292476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId537869622b62924ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId853569622b6292989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId146869622b62929dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId827869622b6292a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId378669622b6292c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId472269622b6292d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId842269622b6293542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId851069622b629360a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId140969622b62936db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId662869622b6290a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662869622b6290a5b.jpg"/><Relationship Id="rId937569622b6291456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId937569622b6291456.jpg"/><Relationship Id="rId776569622b629375e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776569622b629375e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>