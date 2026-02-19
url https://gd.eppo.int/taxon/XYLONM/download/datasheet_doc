--- v4 (2026-01-10)
+++ v5 (2026-02-19)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Pic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Namangan longhorn beetle, willow longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470669622b629093a" w:history="1">
+            <w:hyperlink r:id="rId84636997263f1936f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350869622b629097f" w:history="1">
+            <w:hyperlink r:id="rId82726997263f193b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLONM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37893146" name="name990269622b6290a5d" descr="13067.jpg"/>
+                  <wp:docPr id="72349865" name="name78306997263f1988a" descr="13067.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13067.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId662869622b6290a5b" cstate="print"/>
+                          <a:blip r:embed="rId82526997263f19888" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId360569622b6290b88" w:history="1">
+            <w:hyperlink r:id="rId83406997263f199ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1691,63 +1691,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021; Kalandarov, 2022; Yakubov &amp; Esanbayev, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30482241" name="name453869622b6291458" descr="XYLONM_distribution_map.jpg"/>
+            <wp:docPr id="57223469" name="name92296997263f1aeee" descr="XYLONM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLONM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId937569622b6291456" cstate="print"/>
+                    <a:blip r:embed="rId79926997263f1aeeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3946,51 +3946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 467–474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287169622b6292476" w:history="1">
+      <w:hyperlink r:id="rId64496997263f1bf9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4671.3.8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537869622b62924ed" w:history="1">
+      <w:hyperlink r:id="rId20136997263f1c015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-ento-011118-111856</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4746,101 +4746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003a) Report of a Pest Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853569622b6292989" w:history="1">
+      <w:hyperlink r:id="rId75206997263f1c511" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003b) Report of a Pest Risk Management: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146869622b62929dc" w:history="1">
+      <w:hyperlink r:id="rId20326997263f1c571" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4877,51 +4877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 456–458 Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827869622b6292a5f" w:history="1">
+      <w:hyperlink r:id="rId40446997263f1c5f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5195,51 +5195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378669622b6292c72" w:history="1">
+      <w:hyperlink r:id="rId78616997263f1c815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.606.9190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5285,51 +5285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1106, 1–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472269622b6292d05" w:history="1">
+      <w:hyperlink r:id="rId78376997263f1c8aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13121106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1265–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842269622b6293542" w:history="1">
+      <w:hyperlink r:id="rId38966997263f1d123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/23802359.2022.2094293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6708,51 +6708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851069622b629360a" w:history="1">
+      <w:hyperlink r:id="rId43556997263f1d1fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6837,81 +6837,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–458. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140969622b62936db" w:history="1">
+      <w:hyperlink r:id="rId71496997263f1d305" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00860.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22880953" name="name972169622b629375f" descr="eu_funding_250.png"/>
+            <wp:docPr id="69144609" name="name21556997263f1d36e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId776569622b629375e" cstate="print"/>
+                    <a:blip r:embed="rId43046997263f1d36d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7009,137 +7009,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49421254">
+  <w:abstractNum w:abstractNumId="50257290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84722690">
+    <w:lvl w:ilvl="0" w:tplc="21061184">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84722690" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21061184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49421253">
+  <w:abstractNum w:abstractNumId="50257289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48715303">
+    <w:lvl w:ilvl="0" w:tplc="43972989">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7891,55 +7891,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49421253">
-    <w:abstractNumId w:val="49421253"/>
+  <w:num w:numId="50257289">
+    <w:abstractNumId w:val="50257289"/>
   </w:num>
-  <w:num w:numId="49421254">
-    <w:abstractNumId w:val="49421254"/>
+  <w:num w:numId="50257290">
+    <w:abstractNumId w:val="50257290"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19489,51 +19489,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId876325156" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId296690474" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId470669622b629093a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId350869622b629097f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId360569622b6290b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId287169622b6292476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId537869622b62924ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId853569622b6292989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId146869622b62929dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId827869622b6292a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId378669622b6292c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId472269622b6292d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId842269622b6293542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId851069622b629360a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId140969622b62936db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId662869622b6290a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662869622b6290a5b.jpg"/><Relationship Id="rId937569622b6291456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId937569622b6291456.jpg"/><Relationship Id="rId776569622b629375e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776569622b629375e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209479677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969653008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84636997263f1936f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId82726997263f193b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId83406997263f199ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId64496997263f1bf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId20136997263f1c015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId75206997263f1c511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId20326997263f1c571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId40446997263f1c5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId78616997263f1c815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId78376997263f1c8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId38966997263f1d123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId43556997263f1d1fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71496997263f1d305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId82526997263f19888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82526997263f19888.jpg"/><Relationship Id="rId79926997263f1aeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79926997263f1aeeb.jpg"/><Relationship Id="rId43046997263f1d36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43046997263f1d36d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>