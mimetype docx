--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Pic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Namangan longhorn beetle, willow longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84636997263f1936f" w:history="1">
+            <w:hyperlink r:id="rId399169b24e0079c9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82726997263f193b4" w:history="1">
+            <w:hyperlink r:id="rId772669b24e0079ce3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLONM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72349865" name="name78306997263f1988a" descr="13067.jpg"/>
+                  <wp:docPr id="77820131" name="name515269b24e007a46f" descr="13067.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13067.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId82526997263f19888" cstate="print"/>
+                          <a:blip r:embed="rId650469b24e007a46c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId83406997263f199ac" w:history="1">
+            <w:hyperlink r:id="rId105469b24e007a5ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1691,63 +1691,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021; Kalandarov, 2022; Yakubov &amp; Esanbayev, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57223469" name="name92296997263f1aeee" descr="XYLONM_distribution_map.jpg"/>
+            <wp:docPr id="61630362" name="name392169b24e007bd6d" descr="XYLONM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLONM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79926997263f1aeeb" cstate="print"/>
+                    <a:blip r:embed="rId688669b24e007bd69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3946,51 +3946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 467–474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64496997263f1bf9d" w:history="1">
+      <w:hyperlink r:id="rId151369b24e007ce44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.4671.3.8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20136997263f1c015" w:history="1">
+      <w:hyperlink r:id="rId416669b24e007cebe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-ento-011118-111856</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4746,101 +4746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003a) Report of a Pest Risk Assessment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75206997263f1c511" w:history="1">
+      <w:hyperlink r:id="rId234169b24e007d376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2003b) Report of a Pest Risk Management: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20326997263f1c571" w:history="1">
+      <w:hyperlink r:id="rId228969b24e007d3c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XYLONM/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4877,51 +4877,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 456–458 Available online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40446997263f1c5f7" w:history="1">
+      <w:hyperlink r:id="rId569169b24e007d456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5195,51 +5195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">606</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–64. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78616997263f1c815" w:history="1">
+      <w:hyperlink r:id="rId722969b24e007d667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.606.9190</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5285,51 +5285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1106, 1–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78376997263f1c8aa" w:history="1">
+      <w:hyperlink r:id="rId361369b24e007d6f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects13121106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6587,51 +6587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1265–1266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38966997263f1d123" w:history="1">
+      <w:hyperlink r:id="rId240969b24e007df28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/23802359.2022.2094293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6708,51 +6708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylotrechus namanganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43556997263f1d1fa" w:history="1">
+      <w:hyperlink r:id="rId451869b24e007e012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6837,81 +6837,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–458. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71496997263f1d305" w:history="1">
+      <w:hyperlink r:id="rId600269b24e007e0ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00860.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69144609" name="name21556997263f1d36e" descr="eu_funding_250.png"/>
+            <wp:docPr id="76384866" name="name510569b24e007e53f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43046997263f1d36d" cstate="print"/>
+                    <a:blip r:embed="rId543569b24e007e53e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7009,137 +7009,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50257290">
+  <w:abstractNum w:abstractNumId="97549753">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21061184">
+    <w:lvl w:ilvl="0" w:tplc="85729945">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21061184" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85729945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50257289">
+  <w:abstractNum w:abstractNumId="97549752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43972989">
+    <w:lvl w:ilvl="0" w:tplc="73972862">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7891,55 +7891,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50257289">
-    <w:abstractNumId w:val="50257289"/>
+  <w:num w:numId="97549752">
+    <w:abstractNumId w:val="97549752"/>
   </w:num>
-  <w:num w:numId="50257290">
-    <w:abstractNumId w:val="50257290"/>
+  <w:num w:numId="97549753">
+    <w:abstractNumId w:val="97549753"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19489,51 +19489,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209479677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969653008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84636997263f1936f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId82726997263f193b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId83406997263f199ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId64496997263f1bf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId20136997263f1c015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId75206997263f1c511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId20326997263f1c571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId40446997263f1c5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId78616997263f1c815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId78376997263f1c8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId38966997263f1d123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId43556997263f1d1fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71496997263f1d305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId82526997263f19888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82526997263f19888.jpg"/><Relationship Id="rId79926997263f1aeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79926997263f1aeeb.jpg"/><Relationship Id="rId43046997263f1d36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43046997263f1d36d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId354756454" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId736749201" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId399169b24e0079c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/" TargetMode="External"/><Relationship Id="rId772669b24e0079ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/categorization" TargetMode="External"/><Relationship Id="rId105469b24e007a5ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/photos" TargetMode="External"/><Relationship Id="rId151369b24e007ce44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.4671.3.8" TargetMode="External"/><Relationship Id="rId416669b24e007cebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-ento-011118-111856" TargetMode="External"/><Relationship Id="rId234169b24e007d376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId228969b24e007d3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLONM/documents" TargetMode="External"/><Relationship Id="rId569169b24e007d456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/doc/1309_pra_prm_XYLONM.pdf" TargetMode="External"/><Relationship Id="rId722969b24e007d667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.606.9190" TargetMode="External"/><Relationship Id="rId361369b24e007d6f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects13121106" TargetMode="External"/><Relationship Id="rId240969b24e007df28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/23802359.2022.2094293" TargetMode="External"/><Relationship Id="rId451869b24e007e012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId600269b24e007e0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00860.x" TargetMode="External"/><Relationship Id="rId650469b24e007a46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId650469b24e007a46c.jpg"/><Relationship Id="rId688669b24e007bd69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId688669b24e007bd69.jpg"/><Relationship Id="rId543569b24e007e53e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId543569b24e007e53e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>