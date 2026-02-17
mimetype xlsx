--- v0 (2025-10-08)
+++ v1 (2026-02-17)
@@ -158,51 +158,51 @@
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
-    <t>Transient</t>
+    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>