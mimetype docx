--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126968e7c277172a9" w:history="1">
+            <w:hyperlink r:id="rId14356902f225ed7f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId588568e7c27717319" w:history="1">
+            <w:hyperlink r:id="rId49636902f225ed844" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83755462" name="name730468e7c27717cdf" descr="1782.jpg"/>
+                  <wp:docPr id="86812456" name="name59896902f225ef416" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId397968e7c27717cdd" cstate="print"/>
+                          <a:blip r:embed="rId57416902f225ef414" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId113968e7c27717df3" w:history="1">
+            <w:hyperlink r:id="rId84376902f225ef52b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7561522" name="name371768e7c2771de1a" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="98266433" name="name34696902f22600e09" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId365568e7c2771de17" cstate="print"/>
+                    <a:blip r:embed="rId88076902f22600e07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220368e7c277206a4" w:history="1">
+      <w:hyperlink r:id="rId37116902f22602b25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863568e7c277207bc" w:history="1">
+      <w:hyperlink r:id="rId92276902f22602bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902268e7c27720811" w:history="1">
+      <w:hyperlink r:id="rId24386902f22602c2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172868e7c27720a96" w:history="1">
+      <w:hyperlink r:id="rId80986902f22602d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799368e7c27720b73" w:history="1">
+      <w:hyperlink r:id="rId43266902f22602da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355668e7c27720c1a" w:history="1">
+      <w:hyperlink r:id="rId66126902f22602e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123568e7c27720c9f" w:history="1">
+      <w:hyperlink r:id="rId35056902f22602e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445368e7c27720cf1" w:history="1">
+      <w:hyperlink r:id="rId37446902f22602ec1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165468e7c27720d74" w:history="1">
+      <w:hyperlink r:id="rId11256902f22602f2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796468e7c27720e17" w:history="1">
+      <w:hyperlink r:id="rId36206902f22602fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904868e7c27720eb0" w:history="1">
+      <w:hyperlink r:id="rId53726902f22603013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299168e7c27720ee4" w:history="1">
+      <w:hyperlink r:id="rId88366902f2260303a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342368e7c27720f53" w:history="1">
+      <w:hyperlink r:id="rId91756902f2260308b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929468e7c27720fc2" w:history="1">
+      <w:hyperlink r:id="rId22536902f226030dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409668e7c27721033" w:history="1">
+      <w:hyperlink r:id="rId80276902f22603130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166468e7c27721142" w:history="1">
+      <w:hyperlink r:id="rId51156902f226031f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277868e7c27721193" w:history="1">
+      <w:hyperlink r:id="rId43026902f22603234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232568e7c27721846" w:history="1">
+      <w:hyperlink r:id="rId64426902f2260374a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427868e7c277218f8" w:history="1">
+      <w:hyperlink r:id="rId86056902f22603976" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207368e7c2772195f" w:history="1">
+      <w:hyperlink r:id="rId96726902f226039c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326368e7c27721bc2" w:history="1">
+      <w:hyperlink r:id="rId83766902f22603bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942568e7c27721e32" w:history="1">
+      <w:hyperlink r:id="rId63446902f22603e77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164168e7c277224a3" w:history="1">
+      <w:hyperlink r:id="rId92866902f226043a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984368e7c27722720" w:history="1">
+      <w:hyperlink r:id="rId59576902f226045f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721868e7c27722771" w:history="1">
+      <w:hyperlink r:id="rId35186902f22604630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24292,51 +24292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538568e7c2772283d" w:history="1">
+      <w:hyperlink r:id="rId86986902f226046ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15991414" name="name932868e7c277229ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="95341740" name="name42036902f22604808" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId382568e7c277229fe" cstate="print"/>
+                    <a:blip r:embed="rId72276902f22604807" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25388394">
+  <w:abstractNum w:abstractNumId="36320868">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21079832">
+    <w:lvl w:ilvl="0" w:tplc="95906626">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21079832" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95906626" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25388393">
+  <w:abstractNum w:abstractNumId="36320867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99166061">
+    <w:lvl w:ilvl="0" w:tplc="62786979">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25388393">
-    <w:abstractNumId w:val="25388393"/>
+  <w:num w:numId="36320867">
+    <w:abstractNumId w:val="36320867"/>
   </w:num>
-  <w:num w:numId="25388394">
-    <w:abstractNumId w:val="25388394"/>
+  <w:num w:numId="36320868">
+    <w:abstractNumId w:val="36320868"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId704403043" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId528717339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId126968e7c277172a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId588568e7c27717319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId113968e7c27717df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId220368e7c277206a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId863568e7c277207bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId902268e7c27720811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId172868e7c27720a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId799368e7c27720b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId355668e7c27720c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId123568e7c27720c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId445368e7c27720cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId165468e7c27720d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId796468e7c27720e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId904868e7c27720eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId299168e7c27720ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId342368e7c27720f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId929468e7c27720fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId409668e7c27721033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId166468e7c27721142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId277868e7c27721193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId232568e7c27721846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId427868e7c277218f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId207368e7c2772195f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId326368e7c27721bc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId942568e7c27721e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId164168e7c277224a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId984368e7c27722720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId721868e7c27722771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId538568e7c2772283d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId397968e7c27717cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId397968e7c27717cdd.jpg"/><Relationship Id="rId365568e7c2771de17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId365568e7c2771de17.jpg"/><Relationship Id="rId382568e7c277229fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382568e7c277229fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId460712638" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965506355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14356902f225ed7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId49636902f225ed844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId84376902f225ef52b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId37116902f22602b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId92276902f22602bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId24386902f22602c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId80986902f22602d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId43266902f22602da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId66126902f22602e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId35056902f22602e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId37446902f22602ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId11256902f22602f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId36206902f22602fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId53726902f22603013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId88366902f2260303a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId91756902f2260308b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId22536902f226030dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId80276902f22603130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId51156902f226031f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId43026902f22603234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId64426902f2260374a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId86056902f22603976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId96726902f226039c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId83766902f22603bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId63446902f22603e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId92866902f226043a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId59576902f226045f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId35186902f22604630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId86986902f226046ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57416902f225ef414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57416902f225ef414.jpg"/><Relationship Id="rId88076902f22600e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88076902f22600e07.jpg"/><Relationship Id="rId72276902f22604807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72276902f22604807.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>