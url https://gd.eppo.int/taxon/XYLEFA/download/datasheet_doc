--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14356902f225ed7f2" w:history="1">
+            <w:hyperlink r:id="rId2167692567ed65350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49636902f225ed844" w:history="1">
+            <w:hyperlink r:id="rId1773692567ed653c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86812456" name="name59896902f225ef416" descr="1782.jpg"/>
+                  <wp:docPr id="45017270" name="name1394692567ed65d64" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57416902f225ef414" cstate="print"/>
+                          <a:blip r:embed="rId1544692567ed65d62" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84376902f225ef52b" w:history="1">
+            <w:hyperlink r:id="rId4413692567ed65e79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98266433" name="name34696902f22600e09" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="45043533" name="name5234692567ed6cbf8" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88076902f22600e07" cstate="print"/>
+                    <a:blip r:embed="rId4826692567ed6cbf5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37116902f22602b25" w:history="1">
+      <w:hyperlink r:id="rId7618692567ed6f585" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92276902f22602bef" w:history="1">
+      <w:hyperlink r:id="rId9655692567ed6f6a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24386902f22602c2c" w:history="1">
+      <w:hyperlink r:id="rId3574692567ed6f6f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80986902f22602d08" w:history="1">
+      <w:hyperlink r:id="rId4243692567ed6f825" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43266902f22602da4" w:history="1">
+      <w:hyperlink r:id="rId1166692567ed6f8fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66126902f22602e1c" w:history="1">
+      <w:hyperlink r:id="rId7597692567ed6f9a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35056902f22602e7c" w:history="1">
+      <w:hyperlink r:id="rId6698692567ed6fa27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37446902f22602ec1" w:history="1">
+      <w:hyperlink r:id="rId3770692567ed6fa79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11256902f22602f2b" w:history="1">
+      <w:hyperlink r:id="rId9877692567ed6fb05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36206902f22602fa5" w:history="1">
+      <w:hyperlink r:id="rId3371692567ed6fbad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53726902f22603013" w:history="1">
+      <w:hyperlink r:id="rId5580692567ed6fc48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88366902f2260303a" w:history="1">
+      <w:hyperlink r:id="rId8129692567ed6fc7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91756902f2260308b" w:history="1">
+      <w:hyperlink r:id="rId7827692567ed6fced" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22536902f226030dd" w:history="1">
+      <w:hyperlink r:id="rId4657692567ed6fd5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80276902f22603130" w:history="1">
+      <w:hyperlink r:id="rId4151692567ed6fdcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51156902f226031f9" w:history="1">
+      <w:hyperlink r:id="rId4852692567ed6fee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43026902f22603234" w:history="1">
+      <w:hyperlink r:id="rId6233692567ed6ff34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64426902f2260374a" w:history="1">
+      <w:hyperlink r:id="rId2390692567ed705e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86056902f22603976" w:history="1">
+      <w:hyperlink r:id="rId2816692567ed706a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96726902f226039c8" w:history="1">
+      <w:hyperlink r:id="rId1762692567ed70711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83766902f22603bb4" w:history="1">
+      <w:hyperlink r:id="rId5243692567ed70980" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63446902f22603e77" w:history="1">
+      <w:hyperlink r:id="rId7133692567ed70be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92866902f226043a0" w:history="1">
+      <w:hyperlink r:id="rId1918692567ed7123f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59576902f226045f1" w:history="1">
+      <w:hyperlink r:id="rId4063692567ed714e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35186902f22604630" w:history="1">
+      <w:hyperlink r:id="rId1175692567ed71537" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24292,51 +24292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86986902f226046ba" w:history="1">
+      <w:hyperlink r:id="rId9365692567ed715f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95341740" name="name42036902f22604808" descr="eu_funding_250.png"/>
+            <wp:docPr id="58804618" name="name4893692567ed717ac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72276902f22604807" cstate="print"/>
+                    <a:blip r:embed="rId4194692567ed717aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36320868">
+  <w:abstractNum w:abstractNumId="15350937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95906626">
+    <w:lvl w:ilvl="0" w:tplc="99983968">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95906626" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99983968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36320867">
+  <w:abstractNum w:abstractNumId="15350936">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62786979">
+    <w:lvl w:ilvl="0" w:tplc="17506949">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36320867">
-    <w:abstractNumId w:val="36320867"/>
+  <w:num w:numId="15350936">
+    <w:abstractNumId w:val="15350936"/>
   </w:num>
-  <w:num w:numId="36320868">
-    <w:abstractNumId w:val="36320868"/>
+  <w:num w:numId="15350937">
+    <w:abstractNumId w:val="15350937"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId460712638" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965506355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14356902f225ed7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId49636902f225ed844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId84376902f225ef52b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId37116902f22602b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId92276902f22602bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId24386902f22602c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId80986902f22602d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId43266902f22602da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId66126902f22602e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId35056902f22602e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId37446902f22602ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId11256902f22602f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId36206902f22602fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId53726902f22603013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId88366902f2260303a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId91756902f2260308b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId22536902f226030dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId80276902f22603130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId51156902f226031f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId43026902f22603234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId64426902f2260374a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId86056902f22603976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId96726902f226039c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId83766902f22603bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId63446902f22603e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId92866902f226043a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId59576902f226045f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId35186902f22604630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId86986902f226046ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57416902f225ef414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57416902f225ef414.jpg"/><Relationship Id="rId88076902f22600e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88076902f22600e07.jpg"/><Relationship Id="rId72276902f22604807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72276902f22604807.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId158283669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId388356787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2167692567ed65350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId1773692567ed653c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId4413692567ed65e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId7618692567ed6f585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId9655692567ed6f6a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId3574692567ed6f6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId4243692567ed6f825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId1166692567ed6f8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId7597692567ed6f9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId6698692567ed6fa27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId3770692567ed6fa79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId9877692567ed6fb05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId3371692567ed6fbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId5580692567ed6fc48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId8129692567ed6fc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId7827692567ed6fced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId4657692567ed6fd5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId4151692567ed6fdcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId4852692567ed6fee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId6233692567ed6ff34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId2390692567ed705e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId2816692567ed706a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId1762692567ed70711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId5243692567ed70980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId7133692567ed70be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId1918692567ed7123f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId4063692567ed714e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId1175692567ed71537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId9365692567ed715f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1544692567ed65d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1544692567ed65d62.jpg"/><Relationship Id="rId4826692567ed6cbf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4826692567ed6cbf5.jpg"/><Relationship Id="rId4194692567ed717aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4194692567ed717aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>