--- v2 (2025-11-25)
+++ v3 (2025-12-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2167692567ed65350" w:history="1">
+            <w:hyperlink r:id="rId88146943784842946" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1773692567ed653c2" w:history="1">
+            <w:hyperlink r:id="rId781569437848429b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45017270" name="name1394692567ed65d64" descr="1782.jpg"/>
+                  <wp:docPr id="91306894" name="name644369437848431b9" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1544692567ed65d62" cstate="print"/>
+                          <a:blip r:embed="rId800469437848431b7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4413692567ed65e79" w:history="1">
+            <w:hyperlink r:id="rId359169437848432cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45043533" name="name5234692567ed6cbf8" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="55523347" name="name789469437848493b1" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4826692567ed6cbf5" cstate="print"/>
+                    <a:blip r:embed="rId9683694378484939e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7618692567ed6f585" w:history="1">
+      <w:hyperlink r:id="rId3567694378484bffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9655692567ed6f6a1" w:history="1">
+      <w:hyperlink r:id="rId6380694378484c17e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3574692567ed6f6f7" w:history="1">
+      <w:hyperlink r:id="rId6023694378484c1db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4243692567ed6f825" w:history="1">
+      <w:hyperlink r:id="rId5557694378484c325" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1166692567ed6f8fd" w:history="1">
+      <w:hyperlink r:id="rId8595694378484c434" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7597692567ed6f9a2" w:history="1">
+      <w:hyperlink r:id="rId1963694378484c4e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6698692567ed6fa27" w:history="1">
+      <w:hyperlink r:id="rId2051694378484c59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3770692567ed6fa79" w:history="1">
+      <w:hyperlink r:id="rId3042694378484c6c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9877692567ed6fb05" w:history="1">
+      <w:hyperlink r:id="rId8037694378484c755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3371692567ed6fbad" w:history="1">
+      <w:hyperlink r:id="rId5795694378484c801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5580692567ed6fc48" w:history="1">
+      <w:hyperlink r:id="rId6996694378484c8a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8129692567ed6fc7d" w:history="1">
+      <w:hyperlink r:id="rId7449694378484c8d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7827692567ed6fced" w:history="1">
+      <w:hyperlink r:id="rId9911694378484c94b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4657692567ed6fd5d" w:history="1">
+      <w:hyperlink r:id="rId1185694378484c9bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4151692567ed6fdcf" w:history="1">
+      <w:hyperlink r:id="rId6234694378484ca3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4852692567ed6fee2" w:history="1">
+      <w:hyperlink r:id="rId1668694378484cb6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6233692567ed6ff34" w:history="1">
+      <w:hyperlink r:id="rId5083694378484cbf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2390692567ed705e6" w:history="1">
+      <w:hyperlink r:id="rId1357694378484d3c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2816692567ed706a5" w:history="1">
+      <w:hyperlink r:id="rId4924694378484d4b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1762692567ed70711" w:history="1">
+      <w:hyperlink r:id="rId8296694378484d52c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5243692567ed70980" w:history="1">
+      <w:hyperlink r:id="rId3765694378484d801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7133692567ed70be8" w:history="1">
+      <w:hyperlink r:id="rId9708694378484dae8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1918692567ed7123f" w:history="1">
+      <w:hyperlink r:id="rId5251694378484e2c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4063692567ed714e3" w:history="1">
+      <w:hyperlink r:id="rId4914694378484e676" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1175692567ed71537" w:history="1">
+      <w:hyperlink r:id="rId4616694378484e6ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24292,51 +24292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9365692567ed715f5" w:history="1">
+      <w:hyperlink r:id="rId3787694378484e7ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58804618" name="name4893692567ed717ac" descr="eu_funding_250.png"/>
+            <wp:docPr id="73518344" name="name7085694378484e975" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4194692567ed717aa" cstate="print"/>
+                    <a:blip r:embed="rId5952694378484e974" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15350937">
+  <w:abstractNum w:abstractNumId="76055016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99983968">
+    <w:lvl w:ilvl="0" w:tplc="74522988">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99983968" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74522988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15350936">
+  <w:abstractNum w:abstractNumId="76055015">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17506949">
+    <w:lvl w:ilvl="0" w:tplc="48241024">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15350936">
-    <w:abstractNumId w:val="15350936"/>
+  <w:num w:numId="76055015">
+    <w:abstractNumId w:val="76055015"/>
   </w:num>
-  <w:num w:numId="15350937">
-    <w:abstractNumId w:val="15350937"/>
+  <w:num w:numId="76055016">
+    <w:abstractNumId w:val="76055016"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId158283669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId388356787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2167692567ed65350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId1773692567ed653c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId4413692567ed65e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId7618692567ed6f585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId9655692567ed6f6a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId3574692567ed6f6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId4243692567ed6f825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId1166692567ed6f8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId7597692567ed6f9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId6698692567ed6fa27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId3770692567ed6fa79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId9877692567ed6fb05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId3371692567ed6fbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId5580692567ed6fc48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId8129692567ed6fc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId7827692567ed6fced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId4657692567ed6fd5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId4151692567ed6fdcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId4852692567ed6fee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId6233692567ed6ff34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId2390692567ed705e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId2816692567ed706a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId1762692567ed70711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId5243692567ed70980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId7133692567ed70be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId1918692567ed7123f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId4063692567ed714e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId1175692567ed71537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId9365692567ed715f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1544692567ed65d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1544692567ed65d62.jpg"/><Relationship Id="rId4826692567ed6cbf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4826692567ed6cbf5.jpg"/><Relationship Id="rId4194692567ed717aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4194692567ed717aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId611606547" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId275799796" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88146943784842946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId781569437848429b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId359169437848432cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId3567694378484bffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId6380694378484c17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId6023694378484c1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId5557694378484c325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId8595694378484c434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId1963694378484c4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId2051694378484c59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId3042694378484c6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId8037694378484c755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId5795694378484c801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId6996694378484c8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId7449694378484c8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId9911694378484c94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId1185694378484c9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId6234694378484ca3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1668694378484cb6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId5083694378484cbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId1357694378484d3c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId4924694378484d4b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId8296694378484d52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId3765694378484d801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId9708694378484dae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId5251694378484e2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId4914694378484e676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId4616694378484e6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId3787694378484e7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800469437848431b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469437848431b7.jpg"/><Relationship Id="rId9683694378484939e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9683694378484939e.jpg"/><Relationship Id="rId5952694378484e974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5952694378484e974.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>