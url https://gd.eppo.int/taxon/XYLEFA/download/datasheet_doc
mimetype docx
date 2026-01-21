--- v3 (2025-12-18)
+++ v4 (2026-01-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88146943784842946" w:history="1">
+            <w:hyperlink r:id="rId672969715e8fab23e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId781569437848429b8" w:history="1">
+            <w:hyperlink r:id="rId720569715e8fab30e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91306894" name="name644369437848431b9" descr="1782.jpg"/>
+                  <wp:docPr id="78442350" name="name336769715e8fabbf9" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId800469437848431b7" cstate="print"/>
+                          <a:blip r:embed="rId458469715e8fabbf7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId359169437848432cc" w:history="1">
+            <w:hyperlink r:id="rId674669715e8fabd27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55523347" name="name789469437848493b1" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="40378099" name="name632069715e8fb1ca2" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9683694378484939e" cstate="print"/>
+                    <a:blip r:embed="rId931069715e8fb1c9e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3567694378484bffb" w:history="1">
+      <w:hyperlink r:id="rId260669715e8fb5037" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6380694378484c17e" w:history="1">
+      <w:hyperlink r:id="rId471269715e8fb514c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6023694378484c1db" w:history="1">
+      <w:hyperlink r:id="rId938869715e8fb51a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5557694378484c325" w:history="1">
+      <w:hyperlink r:id="rId195769715e8fb52ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8595694378484c434" w:history="1">
+      <w:hyperlink r:id="rId564769715e8fb53b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1963694378484c4e3" w:history="1">
+      <w:hyperlink r:id="rId411969715e8fb5456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2051694378484c59b" w:history="1">
+      <w:hyperlink r:id="rId229469715e8fb54d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3042694378484c6c1" w:history="1">
+      <w:hyperlink r:id="rId802469715e8fb552b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8037694378484c755" w:history="1">
+      <w:hyperlink r:id="rId134869715e8fb55ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5795694378484c801" w:history="1">
+      <w:hyperlink r:id="rId254069715e8fb564f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6996694378484c8a1" w:history="1">
+      <w:hyperlink r:id="rId347169715e8fb56e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7449694378484c8d7" w:history="1">
+      <w:hyperlink r:id="rId708769715e8fb571b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9911694378484c94b" w:history="1">
+      <w:hyperlink r:id="rId905569715e8fb578b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1185694378484c9bd" w:history="1">
+      <w:hyperlink r:id="rId518969715e8fb5805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6234694378484ca3c" w:history="1">
+      <w:hyperlink r:id="rId424269715e8fb5891" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1668694378484cb6e" w:history="1">
+      <w:hyperlink r:id="rId261869715e8fb59a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5083694378484cbf9" w:history="1">
+      <w:hyperlink r:id="rId978169715e8fb59f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1357694378484d3c8" w:history="1">
+      <w:hyperlink r:id="rId988969715e8fb60ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4924694378484d4b9" w:history="1">
+      <w:hyperlink r:id="rId802669715e8fb615e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8296694378484d52c" w:history="1">
+      <w:hyperlink r:id="rId173369715e8fb61c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3765694378484d801" w:history="1">
+      <w:hyperlink r:id="rId845369715e8fb6444" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9708694378484dae8" w:history="1">
+      <w:hyperlink r:id="rId945469715e8fb66a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5251694378484e2c4" w:history="1">
+      <w:hyperlink r:id="rId565469715e8fb6d1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4914694378484e676" w:history="1">
+      <w:hyperlink r:id="rId838069715e8fb6f9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4616694378484e6ce" w:history="1">
+      <w:hyperlink r:id="rId260669715e8fb6feb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24270,73 +24270,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3787694378484e7ba" w:history="1">
+      <w:hyperlink r:id="rId429069715e8fb70a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73518344" name="name7085694378484e975" descr="eu_funding_250.png"/>
+            <wp:docPr id="88839823" name="name345969715e8fb75b9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5952694378484e974" cstate="print"/>
+                    <a:blip r:embed="rId636669715e8fb75b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76055016">
+  <w:abstractNum w:abstractNumId="40355453">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74522988">
+    <w:lvl w:ilvl="0" w:tplc="19782725">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74522988" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19782725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76055015">
+  <w:abstractNum w:abstractNumId="40355452">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48241024">
+    <w:lvl w:ilvl="0" w:tplc="57079983">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76055015">
-    <w:abstractNumId w:val="76055015"/>
+  <w:num w:numId="40355452">
+    <w:abstractNumId w:val="40355452"/>
   </w:num>
-  <w:num w:numId="76055016">
-    <w:abstractNumId w:val="76055016"/>
+  <w:num w:numId="40355453">
+    <w:abstractNumId w:val="40355453"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId611606547" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId275799796" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88146943784842946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId781569437848429b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId359169437848432cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId3567694378484bffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId6380694378484c17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId6023694378484c1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId5557694378484c325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId8595694378484c434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId1963694378484c4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId2051694378484c59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId3042694378484c6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId8037694378484c755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId5795694378484c801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId6996694378484c8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId7449694378484c8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId9911694378484c94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId1185694378484c9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId6234694378484ca3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1668694378484cb6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId5083694378484cbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId1357694378484d3c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId4924694378484d4b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId8296694378484d52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId3765694378484d801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId9708694378484dae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId5251694378484e2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId4914694378484e676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId4616694378484e6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId3787694378484e7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800469437848431b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469437848431b7.jpg"/><Relationship Id="rId9683694378484939e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9683694378484939e.jpg"/><Relationship Id="rId5952694378484e974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5952694378484e974.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId834199435" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300904902" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId672969715e8fab23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId720569715e8fab30e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId674669715e8fabd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId260669715e8fb5037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId471269715e8fb514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId938869715e8fb51a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId195769715e8fb52ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId564769715e8fb53b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId411969715e8fb5456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId229469715e8fb54d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId802469715e8fb552b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId134869715e8fb55ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId254069715e8fb564f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId347169715e8fb56e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId708769715e8fb571b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId905569715e8fb578b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId518969715e8fb5805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId424269715e8fb5891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId261869715e8fb59a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId978169715e8fb59f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId988969715e8fb60ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId802669715e8fb615e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId173369715e8fb61c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId845369715e8fb6444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId945469715e8fb66a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId565469715e8fb6d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId838069715e8fb6f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId260669715e8fb6feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId429069715e8fb70a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId458469715e8fabbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458469715e8fabbf7.jpg"/><Relationship Id="rId931069715e8fb1c9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId931069715e8fb1c9e.jpg"/><Relationship Id="rId636669715e8fb75b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636669715e8fb75b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>