--- v4 (2026-01-21)
+++ v5 (2026-02-13)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId672969715e8fab23e" w:history="1">
+            <w:hyperlink r:id="rId9729698f95f205f3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId720569715e8fab30e" w:history="1">
+            <w:hyperlink r:id="rId3040698f95f205fa9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78442350" name="name336769715e8fabbf9" descr="1782.jpg"/>
+                  <wp:docPr id="24583650" name="name2053698f95f206080" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId458469715e8fabbf7" cstate="print"/>
+                          <a:blip r:embed="rId3656698f95f20607f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId674669715e8fabd27" w:history="1">
+            <w:hyperlink r:id="rId5746698f95f2061e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40378099" name="name632069715e8fb1ca2" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="64691084" name="name8909698f95f20bd13" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId931069715e8fb1c9e" cstate="print"/>
+                    <a:blip r:embed="rId8939698f95f20bd0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260669715e8fb5037" w:history="1">
+      <w:hyperlink r:id="rId4182698f95f20e51e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471269715e8fb514c" w:history="1">
+      <w:hyperlink r:id="rId9859698f95f20e632" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938869715e8fb51a1" w:history="1">
+      <w:hyperlink r:id="rId6846698f95f20e689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195769715e8fb52ce" w:history="1">
+      <w:hyperlink r:id="rId6039698f95f20e7b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564769715e8fb53b4" w:history="1">
+      <w:hyperlink r:id="rId4134698f95f20e895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411969715e8fb5456" w:history="1">
+      <w:hyperlink r:id="rId7944698f95f20e937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229469715e8fb54d9" w:history="1">
+      <w:hyperlink r:id="rId3149698f95f20e9c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802469715e8fb552b" w:history="1">
+      <w:hyperlink r:id="rId2259698f95f20ea17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134869715e8fb55ae" w:history="1">
+      <w:hyperlink r:id="rId8715698f95f20eaad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254069715e8fb564f" w:history="1">
+      <w:hyperlink r:id="rId3175698f95f20eb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347169715e8fb56e9" w:history="1">
+      <w:hyperlink r:id="rId5916698f95f20ebe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708769715e8fb571b" w:history="1">
+      <w:hyperlink r:id="rId1013698f95f20ec1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905569715e8fb578b" w:history="1">
+      <w:hyperlink r:id="rId9109698f95f20ec8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518969715e8fb5805" w:history="1">
+      <w:hyperlink r:id="rId8091698f95f20ed14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424269715e8fb5891" w:history="1">
+      <w:hyperlink r:id="rId3504698f95f20ed84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261869715e8fb59a6" w:history="1">
+      <w:hyperlink r:id="rId1651698f95f20eeab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978169715e8fb59f8" w:history="1">
+      <w:hyperlink r:id="rId5784698f95f20ef02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988969715e8fb60ac" w:history="1">
+      <w:hyperlink r:id="rId4906698f95f20f591" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802669715e8fb615e" w:history="1">
+      <w:hyperlink r:id="rId5207698f95f20f644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173369715e8fb61c4" w:history="1">
+      <w:hyperlink r:id="rId7449698f95f20f6aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845369715e8fb6444" w:history="1">
+      <w:hyperlink r:id="rId7851698f95f20f90a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945469715e8fb66a6" w:history="1">
+      <w:hyperlink r:id="rId8849698f95f20fb85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565469715e8fb6d1b" w:history="1">
+      <w:hyperlink r:id="rId6260698f95f2101d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838069715e8fb6f9a" w:history="1">
+      <w:hyperlink r:id="rId8390698f95f210451" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260669715e8fb6feb" w:history="1">
+      <w:hyperlink r:id="rId8276698f95f2104a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24292,51 +24292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429069715e8fb70a4" w:history="1">
+      <w:hyperlink r:id="rId5135698f95f21055b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88839823" name="name345969715e8fb75b9" descr="eu_funding_250.png"/>
+            <wp:docPr id="74784706" name="name1187698f95f2106e5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId636669715e8fb75b7" cstate="print"/>
+                    <a:blip r:embed="rId6472698f95f2106e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40355453">
+  <w:abstractNum w:abstractNumId="25731721">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19782725">
+    <w:lvl w:ilvl="0" w:tplc="92702680">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19782725" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92702680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40355452">
+  <w:abstractNum w:abstractNumId="25731720">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57079983">
+    <w:lvl w:ilvl="0" w:tplc="62043665">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40355452">
-    <w:abstractNumId w:val="40355452"/>
+  <w:num w:numId="25731720">
+    <w:abstractNumId w:val="25731720"/>
   </w:num>
-  <w:num w:numId="40355453">
-    <w:abstractNumId w:val="40355453"/>
+  <w:num w:numId="25731721">
+    <w:abstractNumId w:val="25731721"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId834199435" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300904902" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId672969715e8fab23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId720569715e8fab30e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId674669715e8fabd27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId260669715e8fb5037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId471269715e8fb514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId938869715e8fb51a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId195769715e8fb52ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId564769715e8fb53b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId411969715e8fb5456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId229469715e8fb54d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId802469715e8fb552b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId134869715e8fb55ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId254069715e8fb564f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId347169715e8fb56e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId708769715e8fb571b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId905569715e8fb578b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId518969715e8fb5805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId424269715e8fb5891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId261869715e8fb59a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId978169715e8fb59f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId988969715e8fb60ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId802669715e8fb615e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId173369715e8fb61c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId845369715e8fb6444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId945469715e8fb66a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId565469715e8fb6d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId838069715e8fb6f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId260669715e8fb6feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId429069715e8fb70a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId458469715e8fabbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458469715e8fabbf7.jpg"/><Relationship Id="rId931069715e8fb1c9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId931069715e8fb1c9e.jpg"/><Relationship Id="rId636669715e8fb75b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636669715e8fb75b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId624809473" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId355915988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9729698f95f205f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId3040698f95f205fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId5746698f95f2061e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId4182698f95f20e51e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId9859698f95f20e632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId6846698f95f20e689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId6039698f95f20e7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId4134698f95f20e895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId7944698f95f20e937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId3149698f95f20e9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId2259698f95f20ea17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId8715698f95f20eaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId3175698f95f20eb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId5916698f95f20ebe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId1013698f95f20ec1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId9109698f95f20ec8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId8091698f95f20ed14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId3504698f95f20ed84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1651698f95f20eeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId5784698f95f20ef02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId4906698f95f20f591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId5207698f95f20f644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId7449698f95f20f6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId7851698f95f20f90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId8849698f95f20fb85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId6260698f95f2101d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId8390698f95f210451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId8276698f95f2104a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId5135698f95f21055b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3656698f95f20607f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3656698f95f20607f.jpg"/><Relationship Id="rId8939698f95f20bd0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8939698f95f20bd0e.jpg"/><Relationship Id="rId6472698f95f2106e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6472698f95f2106e4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>