--- v5 (2026-02-13)
+++ v6 (2026-03-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9729698f95f205f3c" w:history="1">
+            <w:hyperlink r:id="rId183269ab85cdd1ec0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3040698f95f205fa9" w:history="1">
+            <w:hyperlink r:id="rId407169ab85cdd1f39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24583650" name="name2053698f95f206080" descr="1782.jpg"/>
+                  <wp:docPr id="69287456" name="name461169ab85cdd1ff6" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3656698f95f20607f" cstate="print"/>
+                          <a:blip r:embed="rId607769ab85cdd1ff5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5746698f95f2061e5" w:history="1">
+            <w:hyperlink r:id="rId289869ab85cdd20d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64691084" name="name8909698f95f20bd13" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="13826757" name="name799869ab85cdd8147" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8939698f95f20bd0e" cstate="print"/>
+                    <a:blip r:embed="rId188169ab85cdd8145" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4182698f95f20e51e" w:history="1">
+      <w:hyperlink r:id="rId141269ab85cdda970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9859698f95f20e632" w:history="1">
+      <w:hyperlink r:id="rId188269ab85cddaad6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6846698f95f20e689" w:history="1">
+      <w:hyperlink r:id="rId273369ab85cddab5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6039698f95f20e7b4" w:history="1">
+      <w:hyperlink r:id="rId285269ab85cddad4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4134698f95f20e895" w:history="1">
+      <w:hyperlink r:id="rId509469ab85cddae9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7944698f95f20e937" w:history="1">
+      <w:hyperlink r:id="rId942069ab85cddaf9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3149698f95f20e9c4" w:history="1">
+      <w:hyperlink r:id="rId427769ab85cddb061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2259698f95f20ea17" w:history="1">
+      <w:hyperlink r:id="rId991769ab85cddb0de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8715698f95f20eaad" w:history="1">
+      <w:hyperlink r:id="rId226369ab85cddb1a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3175698f95f20eb50" w:history="1">
+      <w:hyperlink r:id="rId975369ab85cddb262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5916698f95f20ebe9" w:history="1">
+      <w:hyperlink r:id="rId926469ab85cddb2fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1013698f95f20ec1c" w:history="1">
+      <w:hyperlink r:id="rId842169ab85cddb332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9109698f95f20ec8c" w:history="1">
+      <w:hyperlink r:id="rId730569ab85cddb3a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8091698f95f20ed14" w:history="1">
+      <w:hyperlink r:id="rId191869ab85cddb412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3504698f95f20ed84" w:history="1">
+      <w:hyperlink r:id="rId754869ab85cddb484" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1651698f95f20eeab" w:history="1">
+      <w:hyperlink r:id="rId593369ab85cddb6aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5784698f95f20ef02" w:history="1">
+      <w:hyperlink r:id="rId782369ab85cddb735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4906698f95f20f591" w:history="1">
+      <w:hyperlink r:id="rId544969ab85cddc143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5207698f95f20f644" w:history="1">
+      <w:hyperlink r:id="rId951569ab85cddc22f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7449698f95f20f6aa" w:history="1">
+      <w:hyperlink r:id="rId429169ab85cddc2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7851698f95f20f90a" w:history="1">
+      <w:hyperlink r:id="rId925869ab85cddc685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8849698f95f20fb85" w:history="1">
+      <w:hyperlink r:id="rId343669ab85cddca94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6260698f95f2101d6" w:history="1">
+      <w:hyperlink r:id="rId400569ab85cddd3a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8390698f95f210451" w:history="1">
+      <w:hyperlink r:id="rId944969ab85cddd64c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8276698f95f2104a3" w:history="1">
+      <w:hyperlink r:id="rId122969ab85cddd69f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24292,51 +24292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5135698f95f21055b" w:history="1">
+      <w:hyperlink r:id="rId667769ab85cddd76d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74784706" name="name1187698f95f2106e5" descr="eu_funding_250.png"/>
+            <wp:docPr id="43264654" name="name460269ab85cddd900" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6472698f95f2106e4" cstate="print"/>
+                    <a:blip r:embed="rId198669ab85cddd8ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25731721">
+  <w:abstractNum w:abstractNumId="81358534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92702680">
+    <w:lvl w:ilvl="0" w:tplc="16626869">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92702680" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16626869" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25731720">
+  <w:abstractNum w:abstractNumId="81358533">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62043665">
+    <w:lvl w:ilvl="0" w:tplc="95470447">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25731720">
-    <w:abstractNumId w:val="25731720"/>
+  <w:num w:numId="81358533">
+    <w:abstractNumId w:val="81358533"/>
   </w:num>
-  <w:num w:numId="25731721">
-    <w:abstractNumId w:val="25731721"/>
+  <w:num w:numId="81358534">
+    <w:abstractNumId w:val="81358534"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId624809473" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId355915988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9729698f95f205f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId3040698f95f205fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId5746698f95f2061e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId4182698f95f20e51e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId9859698f95f20e632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId6846698f95f20e689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId6039698f95f20e7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId4134698f95f20e895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId7944698f95f20e937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId3149698f95f20e9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId2259698f95f20ea17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId8715698f95f20eaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId3175698f95f20eb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId5916698f95f20ebe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId1013698f95f20ec1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId9109698f95f20ec8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId8091698f95f20ed14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId3504698f95f20ed84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1651698f95f20eeab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId5784698f95f20ef02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId4906698f95f20f591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId5207698f95f20f644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId7449698f95f20f6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId7851698f95f20f90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId8849698f95f20fb85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId6260698f95f2101d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId8390698f95f210451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId8276698f95f2104a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId5135698f95f21055b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3656698f95f20607f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3656698f95f20607f.jpg"/><Relationship Id="rId8939698f95f20bd0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8939698f95f20bd0e.jpg"/><Relationship Id="rId6472698f95f2106e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6472698f95f2106e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968861644" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582279405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId183269ab85cdd1ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId407169ab85cdd1f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId289869ab85cdd20d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId141269ab85cdda970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId188269ab85cddaad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId273369ab85cddab5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId285269ab85cddad4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId509469ab85cddae9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId942069ab85cddaf9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId427769ab85cddb061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId991769ab85cddb0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId226369ab85cddb1a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId975369ab85cddb262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId926469ab85cddb2fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId842169ab85cddb332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId730569ab85cddb3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId191869ab85cddb412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId754869ab85cddb484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId593369ab85cddb6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId782369ab85cddb735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId544969ab85cddc143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId951569ab85cddc22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId429169ab85cddc2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId925869ab85cddc685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId343669ab85cddca94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId400569ab85cddd3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId944969ab85cddd64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId122969ab85cddd69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId667769ab85cddd76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId607769ab85cdd1ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId607769ab85cdd1ff5.jpg"/><Relationship Id="rId188169ab85cdd8145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188169ab85cdd8145.jpg"/><Relationship Id="rId198669ab85cddd8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198669ab85cddd8ff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>