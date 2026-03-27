--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anaheim disease, California vine disease, Pierce's disease of grapevine, citrus variegated chlorosis, dwarf disease of alfalfa (US), dwarf disease of lucerne (GB), leaf scorch of American sycamore, leaf scorch of almond, leaf scorch of coffee, leaf scorch of elm, leaf scorch of maple, leaf scorch of mulberry, leaf scorch of oleander, olive quick decline syndrome, peach phony disease, plum leaf scald</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183269ab85cdd1ec0" w:history="1">
+            <w:hyperlink r:id="rId613969c6de6b4bb9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407169ab85cdd1f39" w:history="1">
+            <w:hyperlink r:id="rId189669c6de6b4bc4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XYLEFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69287456" name="name461169ab85cdd1ff6" descr="1782.jpg"/>
+                  <wp:docPr id="33869146" name="name414869c6de6b4c3a4" descr="1782.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1782.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId607769ab85cdd1ff5" cstate="print"/>
+                          <a:blip r:embed="rId205069c6de6b4c3a2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId289869ab85cdd20d2" w:history="1">
+            <w:hyperlink r:id="rId708869c6de6b4c503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -13499,63 +13499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subspecies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13826757" name="name799869ab85cdd8147" descr="XYLEFA_distribution_map.jpg"/>
+            <wp:docPr id="20943357" name="name452969c6de6b528dd" descr="XYLEFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XYLEFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId188169ab85cdd8145" cstate="print"/>
+                    <a:blip r:embed="rId490169c6de6b528da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -19265,51 +19265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141269ab85cdda970" w:history="1">
+      <w:hyperlink r:id="rId509569c6de6b550b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-33957-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19433,101 +19433,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188269ab85cddaad6" w:history="1">
+      <w:hyperlink r:id="rId491269c6de6b551cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-5565-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Di Serio F, Bodino N, Cavalieri V, Demichelis S, Di Carolo M, Dongiovanni C, Fumarola G, Gilioli G, Guerrieri E, Picciotti U, Plazio E, Porcelli F, Saladini M, Salerno M, Simonetto A, Tauro D, Volani S, Zicca S, Bosco D (2019) Collection of data and information on biology and control of vectors of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 1628E, 102 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273369ab85cddab5d" w:history="1">
+      <w:hyperlink r:id="rId802469c6de6b55224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19671,51 +19671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285269ab85cddad4b" w:history="1">
+      <w:hyperlink r:id="rId702969c6de6b55351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/amt/tsy034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19801,51 +19801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3989, 262 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509469ab85cddae9d" w:history="1">
+      <w:hyperlink r:id="rId783969c6de6b55429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19902,51 +19902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942069ab85cddaf9b" w:history="1">
+      <w:hyperlink r:id="rId159269c6de6b554d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19983,101 +19983,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5357, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427769ab85cddb061" w:history="1">
+      <w:hyperlink r:id="rId230769c6de6b5555b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5357</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019a) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Supporting publication EN-1667. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991769ab85cddb0de" w:history="1">
+      <w:hyperlink r:id="rId681069c6de6b555ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20114,51 +20114,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5665, 200 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226369ab85cddb1a7" w:history="1">
+      <w:hyperlink r:id="rId508169c6de6b5562f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20215,51 +20215,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5736. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975369ab85cddb262" w:history="1">
+      <w:hyperlink r:id="rId249969c6de6b556d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20309,81 +20309,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 6114, 61 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926469ab85cddb2fd" w:history="1">
+      <w:hyperlink r:id="rId111769c6de6b55767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6114</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1998) EPPO Reporting Service 1998/157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842169ab85cddb332" w:history="1">
+      <w:hyperlink r:id="rId575769c6de6b5579a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20409,51 +20409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730569ab85cddb3a2" w:history="1">
+      <w:hyperlink r:id="rId259269c6de6b55809" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20479,51 +20479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 407-418. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191869ab85cddb412" w:history="1">
+      <w:hyperlink r:id="rId307569c6de6b55878" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20549,51 +20549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754869ab85cddb484" w:history="1">
+      <w:hyperlink r:id="rId956969c6de6b558e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20719,101 +20719,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wells </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in the Union territory. Directorate-General for Health and Food Safety, Brussels. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593369ab85cddb6aa" w:history="1">
+      <w:hyperlink r:id="rId421369c6de6b559f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2020) Commission database of host plants found to be susceptible to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Union territory. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782369ab85cddb735" w:history="1">
+      <w:hyperlink r:id="rId328469c6de6b55a4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2020-03)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -21811,51 +21811,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 27 Diagnostic protocols for regulated pests. DP 25: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. FAO, Rome, 32 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544969ab85cddc143" w:history="1">
+      <w:hyperlink r:id="rId184369c6de6b5611d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21919,51 +21919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951569ab85cddc22f" w:history="1">
+      <w:hyperlink r:id="rId618969c6de6b561d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21980,51 +21980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Remote Sensing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 063542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429169ab85cddc2d5" w:history="1">
+      <w:hyperlink r:id="rId439769c6de6b56239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1117/1.JRS.6.063542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22360,51 +22360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Noordijk J, den Bieman CFM, de Haas MS and Colijn Ed O (2019) Xyleemzuigende cicaden, potentiële vectoren van </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, rondom boomkwekerijen en glastuinbouw. EIS Kenniscentrum Insecten, Leiden. NVWA, afdeling NRC, EIS2019-06. Available online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925869ab85cddc685" w:history="1">
+      <w:hyperlink r:id="rId487969c6de6b5649a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22740,51 +22740,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Puterka GJ, Reinke M, Luvisi D, Ciomperik MA, Bartels D, Wendel L, Glenn DM (2003) Particle film, surround WP, effects on glassy-winged sharpshooter behavior and its utility as a barrier to sharpshooter infestations in grape. Online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343669ab85cddca94" w:history="1">
+      <w:hyperlink r:id="rId211569c6de6b566fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2003-0321-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e02972-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400569ab85cddd3a8" w:history="1">
+      <w:hyperlink r:id="rId645569c6de6b56d49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02972-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24132,101 +24132,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pierce's disease of grapevines). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944969ab85cddd64c" w:history="1">
+      <w:hyperlink r:id="rId711669c6de6b5711a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/57195</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122969ab85cddd69f" w:history="1">
+      <w:hyperlink r:id="rId263569c6de6b57177" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24292,51 +24292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylella fastidiosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667769ab85cddd76d" w:history="1">
+      <w:hyperlink r:id="rId724069c6de6b57485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -24474,63 +24474,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 677-682.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43264654" name="name460269ab85cddd900" descr="eu_funding_250.png"/>
+            <wp:docPr id="77839647" name="name253369c6de6b57b60" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId198669ab85cddd8ff" cstate="print"/>
+                    <a:blip r:embed="rId193469c6de6b57b5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -24629,137 +24629,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81358534">
+  <w:abstractNum w:abstractNumId="83316574">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16626869">
+    <w:lvl w:ilvl="0" w:tplc="22592948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16626869" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22592948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81358533">
+  <w:abstractNum w:abstractNumId="83316573">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95470447">
+    <w:lvl w:ilvl="0" w:tplc="93478110">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -25511,55 +25511,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81358533">
-    <w:abstractNumId w:val="81358533"/>
+  <w:num w:numId="83316573">
+    <w:abstractNumId w:val="83316573"/>
   </w:num>
-  <w:num w:numId="81358534">
-    <w:abstractNumId w:val="81358534"/>
+  <w:num w:numId="83316574">
+    <w:abstractNumId w:val="83316574"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -37109,51 +37109,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968861644" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582279405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId183269ab85cdd1ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId407169ab85cdd1f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId289869ab85cdd20d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId141269ab85cdda970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId188269ab85cddaad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId273369ab85cddab5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId285269ab85cddad4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId509469ab85cddae9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId942069ab85cddaf9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId427769ab85cddb061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId991769ab85cddb0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId226369ab85cddb1a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId975369ab85cddb262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId926469ab85cddb2fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId842169ab85cddb332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId730569ab85cddb3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId191869ab85cddb412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId754869ab85cddb484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId593369ab85cddb6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId782369ab85cddb735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId544969ab85cddc143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId951569ab85cddc22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId429169ab85cddc2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId925869ab85cddc685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId343669ab85cddca94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId400569ab85cddd3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId944969ab85cddd64c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId122969ab85cddd69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId667769ab85cddd76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId607769ab85cdd1ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId607769ab85cdd1ff5.jpg"/><Relationship Id="rId188169ab85cdd8145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188169ab85cdd8145.jpg"/><Relationship Id="rId198669ab85cddd8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198669ab85cddd8ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752487631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996991965" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId613969c6de6b4bb9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/" TargetMode="External"/><Relationship Id="rId189669c6de6b4bc4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/categorization" TargetMode="External"/><Relationship Id="rId708869c6de6b4c503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/photos" TargetMode="External"/><Relationship Id="rId509569c6de6b550b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-33957-z" TargetMode="External"/><Relationship Id="rId491269c6de6b551cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-5565-9" TargetMode="External"/><Relationship Id="rId802469c6de6b55224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1628" TargetMode="External"/><Relationship Id="rId702969c6de6b55351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/amt/tsy034" TargetMode="External"/><Relationship Id="rId783969c6de6b55429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId159269c6de6b554d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId230769c6de6b5555b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5357" TargetMode="External"/><Relationship Id="rId681069c6de6b555ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1667" TargetMode="External"/><Relationship Id="rId508169c6de6b5562f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5665" TargetMode="External"/><Relationship Id="rId249969c6de6b556d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5736" TargetMode="External"/><Relationship Id="rId111769c6de6b55767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6114" TargetMode="External"/><Relationship Id="rId575769c6de6b5579a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3666" TargetMode="External"/><Relationship Id="rId259269c6de6b55809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12325" TargetMode="External"/><Relationship Id="rId307569c6de6b55878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12328" TargetMode="External"/><Relationship Id="rId956969c6de6b558e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId421369c6de6b559f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/sites/food/files/plant/docs/ph_biosec_legis_guidelines_xylella-survey.pdf" TargetMode="External"/><Relationship Id="rId328469c6de6b55a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/plant_health_biosecurity/legislation/emergency_measures/xylella-fastidiosa/susceptible_en" TargetMode="External"/><Relationship Id="rId184369c6de6b5611d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2018/09/DP_25_2018_Xylellafastidiosa_2018-09-21.pdf" TargetMode="External"/><Relationship Id="rId618969c6de6b561d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02141" TargetMode="External"/><Relationship Id="rId439769c6de6b56239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1117/1.JRS.6.063542" TargetMode="External"/><Relationship Id="rId487969c6de6b5649a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisnederland.nl/DesktopModules/Bring2mind/DMX/Download.aspx?command=core_download&amp;entryid=801&amp;language=nl-NL&amp;PortalId=4&amp;TabId=563" TargetMode="External"/><Relationship Id="rId211569c6de6b566fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2003-0321-01-RS" TargetMode="External"/><Relationship Id="rId645569c6de6b56d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02972-18" TargetMode="External"/><Relationship Id="rId711669c6de6b5711a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/57195" TargetMode="External"/><Relationship Id="rId263569c6de6b57177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1667" TargetMode="External"/><Relationship Id="rId724069c6de6b57485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId205069c6de6b4c3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId205069c6de6b4c3a2.jpg"/><Relationship Id="rId490169c6de6b528da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId490169c6de6b528da.jpg"/><Relationship Id="rId193469c6de6b57b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193469c6de6b57b5d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>