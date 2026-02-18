--- v0 (2025-10-08)
+++ v1 (2026-02-18)
@@ -857,51 +857,51 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>