--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="XIPHRI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACRNE</t>
   </si>
   <si>
     <t>Acer negundo</t>
   </si>
   <si>
     <t>* Cho MR, Robbins RT (1991) Morphological variation among 23 Xiphinema americanum populations. Journal of Nematology 23, 134-144.</t>
   </si>
   <si>
@@ -208,50 +208,59 @@
   </si>
   <si>
     <t>Rubus sp.</t>
   </si>
   <si>
     <t>* Wojtowicz MR, Golden AM, Forer LB, Stouffer RF (1982) Morphological comparisons between Xiphinema rivesi Dalmasso and X. americanum Cobb populations from the Eastern United States. Journal of Nematology 14(4), 511-516.</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* Hafez SL, Golden AM, Rashid F &amp; Handoo ZA (1992) Plant-parasitic nematodes associated with crops in Idaho and eastern Oregon. Nematropica 22, 193-204.
 * Hafez SL, Sundararaj P, Handoo ZA, Siddiqi MR (2010) Occurrence and distribution of nematodes in Idaho crops. International Journal of Nematology 20(1), 91-98.</t>
   </si>
   <si>
     <t>SORVU</t>
   </si>
   <si>
     <t>Sorghum bicolor</t>
   </si>
   <si>
     <t>* Jaffee BA, Glenn DM, Forer LB, Shaffer RL (1988) Effect of soil texture on Xiphinema americanum and X. rivesi. Nematologica 34, 226-237.</t>
+  </si>
+  <si>
+    <t>VACCO</t>
+  </si>
+  <si>
+    <t>Vaccinium corymbosum</t>
+  </si>
+  <si>
+    <t>* Mitra A, Jarugula S, Akinbade SA, Handoo Z, Kantor M, Mowery JD, Naidu RA (2025) Characterization of Tobacco ringspot virus and its nematode vector, Xiphinema rivesi, infecting highbush blueberry in Washington state. Plant Disease 109(2), 2535-2547.</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
     <t>* Arias M, Navacerrada G (1973) Geographical distribution of Xiphinema Cobb in Spanish vineyards. Nematologia Mediterranea 1, 28-35.
 * Allen WR, Stobbs LW, Van Schagen JG, Ebsary BA (1988) Association of Xiphinema species with soil type and grapevines infected with tomato ringspot virus in Ontario, Canada. Plant Disease 72, 861-863.
 * Dalmasso A (1969) Étude anatomique et taxonomique des genres Xiphinema, Longidorus et Paralondidorus (Nematoda : Dorylaimidae). Mémoires du Muséum National d'Histoire Naturelle, Paris 61(2), 33-82.
 * Sharma SB, McKirdy S, Mackie A, Lamberti F (2003) First record of Xiphinema rivesi associated with grape vines in Western Australia. Nematologia Mediterranea 31(1), 87.
 * Urek G, Širca S, Karssen G (2005) Morphometrics of Xiphinema rivesi Dalmasso, 1969 (Nematoda: Dorylaimida) from Slovenia. Russian Journal of Nematology 13(1), 13-17.
 ------- Found in the rhizosphere of grapevines.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -569,51 +578,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="376.194" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -875,50 +884,64 @@
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">