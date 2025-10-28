--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Dalmasso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId906468e666fe5d53c" w:history="1">
+            <w:hyperlink r:id="rId82286901583beeb98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484268e666fe5d5a7" w:history="1">
+            <w:hyperlink r:id="rId64266901583beec01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2099,63 +2099,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015; Ibrahim &amp; Handoo, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7262873" name="name745768e666fe5f1ce" descr="XIPHRI_distribution_map.jpg"/>
+            <wp:docPr id="49558143" name="name55746901583bf06f7" descr="XIPHRI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHRI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId509868e666fe5f1cb" cstate="print"/>
+                    <a:blip r:embed="rId33066901583bf06f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4495,51 +4495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744268e666fe6035e" w:history="1">
+      <w:hyperlink r:id="rId15116901583bf1886" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4661,51 +4661,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619968e666fe6046c" w:history="1">
+      <w:hyperlink r:id="rId22326901583bf1992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196068e666fe60a2a" w:history="1">
+      <w:hyperlink r:id="rId44376901583bf1cad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5771,101 +5771,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793968e666fe6136a" w:history="1">
+      <w:hyperlink r:id="rId79976901583bf22e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010). Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750468e666fe613fc" w:history="1">
+      <w:hyperlink r:id="rId36996901583bf2344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6725,51 +6725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437568e666fe61b8c" w:history="1">
+      <w:hyperlink r:id="rId75216901583bf28df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6933,51 +6933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema rivesi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128968e666fe61d21" w:history="1">
+      <w:hyperlink r:id="rId86046901583bf2a45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7100,81 +7100,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999068e666fe61e37" w:history="1">
+      <w:hyperlink r:id="rId24586901583bf2b59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97055020" name="name450068e666fe61ed2" descr="eu_funding_250.png"/>
+            <wp:docPr id="54244989" name="name24116901583bf3056" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId787668e666fe61ed1" cstate="print"/>
+                    <a:blip r:embed="rId89776901583bf3054" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7272,137 +7272,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57928573">
+  <w:abstractNum w:abstractNumId="39712695">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28883338">
+    <w:lvl w:ilvl="0" w:tplc="21947173">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28883338" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21947173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57928572">
+  <w:abstractNum w:abstractNumId="39712694">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29606452">
+    <w:lvl w:ilvl="0" w:tplc="51151687">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8154,55 +8154,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57928572">
-    <w:abstractNumId w:val="57928572"/>
+  <w:num w:numId="39712694">
+    <w:abstractNumId w:val="39712694"/>
   </w:num>
-  <w:num w:numId="57928573">
-    <w:abstractNumId w:val="57928573"/>
+  <w:num w:numId="39712695">
+    <w:abstractNumId w:val="39712695"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19752,51 +19752,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401424468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId982292818" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId906468e666fe5d53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId484268e666fe5d5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId744268e666fe6035e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId619968e666fe6046c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId196068e666fe60a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId793968e666fe6136a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId750468e666fe613fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId437568e666fe61b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId128968e666fe61d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId999068e666fe61e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId509868e666fe5f1cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId509868e666fe5f1cb.jpg"/><Relationship Id="rId787668e666fe61ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId787668e666fe61ed1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793238707" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId195260707" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82286901583beeb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId64266901583beec01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId15116901583bf1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId22326901583bf1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId44376901583bf1cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId79976901583bf22e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId36996901583bf2344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId75216901583bf28df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId86046901583bf2a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24586901583bf2b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId33066901583bf06f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33066901583bf06f3.jpg"/><Relationship Id="rId89776901583bf3054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89776901583bf3054.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>