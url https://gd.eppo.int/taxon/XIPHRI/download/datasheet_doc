--- v1 (2025-10-28)
+++ v2 (2025-12-09)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Dalmasso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82286901583beeb98" w:history="1">
+            <w:hyperlink r:id="rId87716937e4c65ce49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64266901583beec01" w:history="1">
+            <w:hyperlink r:id="rId74216937e4c65ceb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2099,63 +2099,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015; Ibrahim &amp; Handoo, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49558143" name="name55746901583bf06f7" descr="XIPHRI_distribution_map.jpg"/>
+            <wp:docPr id="41262938" name="name90416937e4c65dab4" descr="XIPHRI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHRI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33066901583bf06f3" cstate="print"/>
+                    <a:blip r:embed="rId92416937e4c65dab3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4495,51 +4495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15116901583bf1886" w:history="1">
+      <w:hyperlink r:id="rId14306937e4c65ec50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4661,51 +4661,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22326901583bf1992" w:history="1">
+      <w:hyperlink r:id="rId58856937e4c65ed60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44376901583bf1cad" w:history="1">
+      <w:hyperlink r:id="rId55196937e4c65f090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5771,101 +5771,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79976901583bf22e9" w:history="1">
+      <w:hyperlink r:id="rId16356937e4c65f6d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010). Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36996901583bf2344" w:history="1">
+      <w:hyperlink r:id="rId57386937e4c65f727" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6725,51 +6725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75216901583bf28df" w:history="1">
+      <w:hyperlink r:id="rId40906937e4c65fce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6933,51 +6933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema rivesi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86046901583bf2a45" w:history="1">
+      <w:hyperlink r:id="rId65616937e4c65fe3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7100,81 +7100,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24586901583bf2b59" w:history="1">
+      <w:hyperlink r:id="rId51706937e4c65ff50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54244989" name="name24116901583bf3056" descr="eu_funding_250.png"/>
+            <wp:docPr id="51745503" name="name57826937e4c65ffcc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89776901583bf3054" cstate="print"/>
+                    <a:blip r:embed="rId62646937e4c65ffcb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7272,137 +7272,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39712695">
+  <w:abstractNum w:abstractNumId="74394222">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21947173">
+    <w:lvl w:ilvl="0" w:tplc="99054653">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21947173" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99054653" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39712694">
+  <w:abstractNum w:abstractNumId="74394221">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51151687">
+    <w:lvl w:ilvl="0" w:tplc="14981732">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8154,55 +8154,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39712694">
-    <w:abstractNumId w:val="39712694"/>
+  <w:num w:numId="74394221">
+    <w:abstractNumId w:val="74394221"/>
   </w:num>
-  <w:num w:numId="39712695">
-    <w:abstractNumId w:val="39712695"/>
+  <w:num w:numId="74394222">
+    <w:abstractNumId w:val="74394222"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19752,51 +19752,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793238707" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId195260707" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82286901583beeb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId64266901583beec01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId15116901583bf1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId22326901583bf1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId44376901583bf1cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId79976901583bf22e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId36996901583bf2344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId75216901583bf28df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId86046901583bf2a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24586901583bf2b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId33066901583bf06f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33066901583bf06f3.jpg"/><Relationship Id="rId89776901583bf3054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89776901583bf3054.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId597901261" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223063737" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87716937e4c65ce49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId74216937e4c65ceb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId14306937e4c65ec50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId58856937e4c65ed60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId55196937e4c65f090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId16356937e4c65f6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId57386937e4c65f727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId40906937e4c65fce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId65616937e4c65fe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51706937e4c65ff50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId92416937e4c65dab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92416937e4c65dab3.jpg"/><Relationship Id="rId62646937e4c65ffcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62646937e4c65ffcb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>