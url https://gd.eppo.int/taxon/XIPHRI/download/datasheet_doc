--- v2 (2025-12-09)
+++ v3 (2026-01-21)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Dalmasso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87716937e4c65ce49" w:history="1">
+            <w:hyperlink r:id="rId331169711838ad3d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74216937e4c65ceb2" w:history="1">
+            <w:hyperlink r:id="rId767469711838ad43b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1861,50 +1861,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorghum bicolor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Vaccinium corymbosum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2099,63 +2119,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015; Ibrahim &amp; Handoo, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41262938" name="name90416937e4c65dab4" descr="XIPHRI_distribution_map.jpg"/>
+            <wp:docPr id="36272257" name="name343969711838aed11" descr="XIPHRI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHRI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92416937e4c65dab3" cstate="print"/>
+                    <a:blip r:embed="rId284269711838aed0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4495,51 +4515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14306937e4c65ec50" w:history="1">
+      <w:hyperlink r:id="rId109769711838afeaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4661,51 +4681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58856937e4c65ed60" w:history="1">
+      <w:hyperlink r:id="rId711469711838affbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55196937e4c65f090" w:history="1">
+      <w:hyperlink r:id="rId780069711838b02e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5771,101 +5791,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16356937e4c65f6d2" w:history="1">
+      <w:hyperlink r:id="rId120269711838b06b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010). Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57386937e4c65f727" w:history="1">
+      <w:hyperlink r:id="rId790769711838b0705" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6725,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40906937e4c65fce6" w:history="1">
+      <w:hyperlink r:id="rId421069711838b0f4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6911,73 +6931,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema rivesi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65616937e4c65fe3c" w:history="1">
+      <w:hyperlink r:id="rId296069711838b10a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7100,81 +7120,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51706937e4c65ff50" w:history="1">
+      <w:hyperlink r:id="rId218969711838b11b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51745503" name="name57826937e4c65ffcc" descr="eu_funding_250.png"/>
+            <wp:docPr id="42409375" name="name697069711838b1225" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62646937e4c65ffcb" cstate="print"/>
+                    <a:blip r:embed="rId518269711838b1224" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7272,137 +7292,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74394222">
+  <w:abstractNum w:abstractNumId="65357086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99054653">
+    <w:lvl w:ilvl="0" w:tplc="80883800">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99054653" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80883800" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74394221">
+  <w:abstractNum w:abstractNumId="65357085">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14981732">
+    <w:lvl w:ilvl="0" w:tplc="83092228">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8154,55 +8174,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74394221">
-    <w:abstractNumId w:val="74394221"/>
+  <w:num w:numId="65357085">
+    <w:abstractNumId w:val="65357085"/>
   </w:num>
-  <w:num w:numId="74394222">
-    <w:abstractNumId w:val="74394222"/>
+  <w:num w:numId="65357086">
+    <w:abstractNumId w:val="65357086"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19752,51 +19772,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId597901261" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223063737" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87716937e4c65ce49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId74216937e4c65ceb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId14306937e4c65ec50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId58856937e4c65ed60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId55196937e4c65f090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId16356937e4c65f6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId57386937e4c65f727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId40906937e4c65fce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId65616937e4c65fe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51706937e4c65ff50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId92416937e4c65dab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92416937e4c65dab3.jpg"/><Relationship Id="rId62646937e4c65ffcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62646937e4c65ffcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId407147880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402166751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId331169711838ad3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId767469711838ad43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId109769711838afeaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId711469711838affbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId780069711838b02e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId120269711838b06b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId790769711838b0705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId421069711838b0f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId296069711838b10a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId218969711838b11b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId284269711838aed0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId284269711838aed0e.jpg"/><Relationship Id="rId518269711838b1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518269711838b1224.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>