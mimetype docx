--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Dalmasso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331169711838ad3d1" w:history="1">
+            <w:hyperlink r:id="rId3239698bcd052e783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,53 +319,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId767469711838ad43b" w:history="1">
+            <w:hyperlink r:id="rId4809698bcd052e7f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2119,63 +2119,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015; Ibrahim &amp; Handoo, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36272257" name="name343969711838aed11" descr="XIPHRI_distribution_map.jpg"/>
+            <wp:docPr id="75159814" name="name2195698bcd0530106" descr="XIPHRI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHRI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId284269711838aed0e" cstate="print"/>
+                    <a:blip r:embed="rId9192698bcd0530101" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4515,51 +4515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109769711838afeaf" w:history="1">
+      <w:hyperlink r:id="rId7444698bcd05313e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4681,51 +4681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711469711838affbe" w:history="1">
+      <w:hyperlink r:id="rId7948698bcd05314fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5179,51 +5179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780069711838b02e2" w:history="1">
+      <w:hyperlink r:id="rId1253698bcd0531814" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5791,101 +5791,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120269711838b06b2" w:history="1">
+      <w:hyperlink r:id="rId5503698bcd0531c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010). Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790769711838b0705" w:history="1">
+      <w:hyperlink r:id="rId9603698bcd0531c57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421069711838b0f4f" w:history="1">
+      <w:hyperlink r:id="rId9753698bcd05324a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6953,51 +6953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema rivesi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296069711838b10a6" w:history="1">
+      <w:hyperlink r:id="rId5367698bcd05325fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7120,81 +7120,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218969711838b11b7" w:history="1">
+      <w:hyperlink r:id="rId3217698bcd0532716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42409375" name="name697069711838b1225" descr="eu_funding_250.png"/>
+            <wp:docPr id="68535130" name="name1135698bcd05327d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId518269711838b1224" cstate="print"/>
+                    <a:blip r:embed="rId8264698bcd05327d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7292,137 +7292,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65357086">
+  <w:abstractNum w:abstractNumId="64460055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80883800">
+    <w:lvl w:ilvl="0" w:tplc="67023638">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80883800" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67023638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65357085">
+  <w:abstractNum w:abstractNumId="64460054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83092228">
+    <w:lvl w:ilvl="0" w:tplc="45194135">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8174,55 +8174,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65357085">
-    <w:abstractNumId w:val="65357085"/>
+  <w:num w:numId="64460054">
+    <w:abstractNumId w:val="64460054"/>
   </w:num>
-  <w:num w:numId="65357086">
-    <w:abstractNumId w:val="65357086"/>
+  <w:num w:numId="64460055">
+    <w:abstractNumId w:val="64460055"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19772,51 +19772,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId407147880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402166751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId331169711838ad3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId767469711838ad43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId109769711838afeaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId711469711838affbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId780069711838b02e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId120269711838b06b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId790769711838b0705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId421069711838b0f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId296069711838b10a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId218969711838b11b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId284269711838aed0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId284269711838aed0e.jpg"/><Relationship Id="rId518269711838b1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518269711838b1224.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId122561956" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId128579006" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3239698bcd052e783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId4809698bcd052e7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId7444698bcd05313e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId7948698bcd05314fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId1253698bcd0531814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId5503698bcd0531c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId9603698bcd0531c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId9753698bcd05324a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId5367698bcd05325fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3217698bcd0532716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId9192698bcd0530101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9192698bcd0530101.jpg"/><Relationship Id="rId8264698bcd05327d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8264698bcd05327d6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>