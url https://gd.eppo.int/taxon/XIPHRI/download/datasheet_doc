--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Dalmasso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3239698bcd052e783" w:history="1">
+            <w:hyperlink r:id="rId148469a650edab495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4809698bcd052e7f2" w:history="1">
+            <w:hyperlink r:id="rId766269a650edab500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2119,63 +2119,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015; Ibrahim &amp; Handoo, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75159814" name="name2195698bcd0530106" descr="XIPHRI_distribution_map.jpg"/>
+            <wp:docPr id="79971350" name="name408869a650edad02e" descr="XIPHRI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHRI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9192698bcd0530101" cstate="print"/>
+                    <a:blip r:embed="rId767669a650edad02a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4515,51 +4515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7444698bcd05313e1" w:history="1">
+      <w:hyperlink r:id="rId613069a650edae25e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4681,51 +4681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7948698bcd05314fa" w:history="1">
+      <w:hyperlink r:id="rId285669a650edae36f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5179,51 +5179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1253698bcd0531814" w:history="1">
+      <w:hyperlink r:id="rId780769a650edae695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5791,101 +5791,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5503698bcd0531c03" w:history="1">
+      <w:hyperlink r:id="rId831669a650edaea74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010). Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9603698bcd0531c57" w:history="1">
+      <w:hyperlink r:id="rId818369a650edaeac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9753698bcd05324a3" w:history="1">
+      <w:hyperlink r:id="rId831069a650edaf314" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6953,51 +6953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema rivesi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5367698bcd05325fe" w:history="1">
+      <w:hyperlink r:id="rId448469a650edaf46e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7120,81 +7120,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3217698bcd0532716" w:history="1">
+      <w:hyperlink r:id="rId549769a650edaf584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68535130" name="name1135698bcd05327d8" descr="eu_funding_250.png"/>
+            <wp:docPr id="22116103" name="name396169a650edaf790" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8264698bcd05327d6" cstate="print"/>
+                    <a:blip r:embed="rId248969a650edaf78e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7292,137 +7292,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64460055">
+  <w:abstractNum w:abstractNumId="31976484">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67023638">
+    <w:lvl w:ilvl="0" w:tplc="31353039">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67023638" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31353039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64460054">
+  <w:abstractNum w:abstractNumId="31976483">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45194135">
+    <w:lvl w:ilvl="0" w:tplc="34730063">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8174,55 +8174,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64460054">
-    <w:abstractNumId w:val="64460054"/>
+  <w:num w:numId="31976483">
+    <w:abstractNumId w:val="31976483"/>
   </w:num>
-  <w:num w:numId="64460055">
-    <w:abstractNumId w:val="64460055"/>
+  <w:num w:numId="31976484">
+    <w:abstractNumId w:val="31976484"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19772,51 +19772,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId122561956" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId128579006" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3239698bcd052e783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId4809698bcd052e7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId7444698bcd05313e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId7948698bcd05314fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId1253698bcd0531814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId5503698bcd0531c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId9603698bcd0531c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId9753698bcd05324a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId5367698bcd05325fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3217698bcd0532716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId9192698bcd0530101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9192698bcd0530101.jpg"/><Relationship Id="rId8264698bcd05327d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8264698bcd05327d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId278731539" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId350518193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId148469a650edab495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId766269a650edab500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId613069a650edae25e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId285669a650edae36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId780769a650edae695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId831669a650edaea74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId818369a650edaeac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId831069a650edaf314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId448469a650edaf46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId549769a650edaf584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId767669a650edad02a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId767669a650edad02a.jpg"/><Relationship Id="rId248969a650edaf78e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248969a650edaf78e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>