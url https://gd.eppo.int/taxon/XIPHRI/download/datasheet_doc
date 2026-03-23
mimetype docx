--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Dalmasso</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148469a650edab495" w:history="1">
+            <w:hyperlink r:id="rId675169c148798a0da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId766269a650edab500" w:history="1">
+            <w:hyperlink r:id="rId929569c148798a142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2119,63 +2119,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015; Ibrahim &amp; Handoo, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79971350" name="name408869a650edad02e" descr="XIPHRI_distribution_map.jpg"/>
+            <wp:docPr id="66946941" name="name829769c148798bc72" descr="XIPHRI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHRI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId767669a650edad02a" cstate="print"/>
+                    <a:blip r:embed="rId527069c148798bc70" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4515,51 +4515,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613069a650edae25e" w:history="1">
+      <w:hyperlink r:id="rId566269c148798cf8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4681,51 +4681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285669a650edae36f" w:history="1">
+      <w:hyperlink r:id="rId230169c148798d09b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5179,51 +5179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780769a650edae695" w:history="1">
+      <w:hyperlink r:id="rId275069c148798d3b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5791,101 +5791,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831669a650edaea74" w:history="1">
+      <w:hyperlink r:id="rId241669c148798d792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010). Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818369a650edaeac8" w:history="1">
+      <w:hyperlink r:id="rId318069c148798d7e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831069a650edaf314" w:history="1">
+      <w:hyperlink r:id="rId934569c148798de21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6953,51 +6953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema rivesi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448469a650edaf46e" w:history="1">
+      <w:hyperlink r:id="rId467069c148798df72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7120,81 +7120,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549769a650edaf584" w:history="1">
+      <w:hyperlink r:id="rId644369c148798e093" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22116103" name="name396169a650edaf790" descr="eu_funding_250.png"/>
+            <wp:docPr id="23484289" name="name381769c148798e0f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId248969a650edaf78e" cstate="print"/>
+                    <a:blip r:embed="rId431569c148798e0f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7292,137 +7292,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31976484">
+  <w:abstractNum w:abstractNumId="31401177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31353039">
+    <w:lvl w:ilvl="0" w:tplc="33233933">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31353039" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33233933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31976483">
+  <w:abstractNum w:abstractNumId="31401176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34730063">
+    <w:lvl w:ilvl="0" w:tplc="93624247">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8174,55 +8174,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31976483">
-    <w:abstractNumId w:val="31976483"/>
+  <w:num w:numId="31401176">
+    <w:abstractNumId w:val="31401176"/>
   </w:num>
-  <w:num w:numId="31976484">
-    <w:abstractNumId w:val="31976484"/>
+  <w:num w:numId="31401177">
+    <w:abstractNumId w:val="31401177"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19772,51 +19772,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId278731539" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId350518193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId148469a650edab495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId766269a650edab500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId613069a650edae25e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId285669a650edae36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId780769a650edae695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId831669a650edaea74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId818369a650edaeac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId831069a650edaf314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId448469a650edaf46e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId549769a650edaf584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId767669a650edad02a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId767669a650edad02a.jpg"/><Relationship Id="rId248969a650edaf78e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248969a650edaf78e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604170304" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId403445529" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId675169c148798a0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/" TargetMode="External"/><Relationship Id="rId929569c148798a142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHRI/categorization" TargetMode="External"/><Relationship Id="rId566269c148798cf8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId230169c148798d09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId275069c148798d3b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId241669c148798d792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId318069c148798d7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId934569c148798de21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId467069c148798df72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId644369c148798e093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId527069c148798bc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527069c148798bc70.jpg"/><Relationship Id="rId431569c148798e0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431569c148798e0f5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>