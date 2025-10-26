--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId938868e0e28ae4691" w:history="1">
+            <w:hyperlink r:id="rId297268fd8796805aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385568e0e28ae470e" w:history="1">
+            <w:hyperlink r:id="rId223668fd879680615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1270,63 +1270,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65796736" name="name134968e0e28ae58cd" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:docPr id="14849602" name="name589568fd8796815d9" descr="XIPHCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId286968e0e28ae58ca" cstate="print"/>
+                    <a:blip r:embed="rId684668fd8796815d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2795,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193868e0e28ae6530" w:history="1">
+      <w:hyperlink r:id="rId526668fd8796821fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732968e0e28ae667b" w:history="1">
+      <w:hyperlink r:id="rId496968fd87968234b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543768e0e28ae6861" w:history="1">
+      <w:hyperlink r:id="rId632768fd87968250c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709168e0e28ae6ada" w:history="1">
+      <w:hyperlink r:id="rId515168fd879682785" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549068e0e28ae6ba6" w:history="1">
+      <w:hyperlink r:id="rId947468fd879682850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573568e0e28ae6ee2" w:history="1">
+      <w:hyperlink r:id="rId676868fd879682ae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649068e0e28ae6fb5" w:history="1">
+      <w:hyperlink r:id="rId325868fd879682ba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866468e0e28ae72e2" w:history="1">
+      <w:hyperlink r:id="rId714168fd879682cb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57118206" name="name210268e0e28ae734b" descr="eu_funding_250.png"/>
+            <wp:docPr id="97870656" name="name375068fd879682d10" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId478868e0e28ae734a" cstate="print"/>
+                    <a:blip r:embed="rId764868fd879682d0f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92068038">
+  <w:abstractNum w:abstractNumId="55538641">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30783978">
+    <w:lvl w:ilvl="0" w:tplc="67437544">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30783978" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67437544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92068037">
+  <w:abstractNum w:abstractNumId="55538640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52244800">
+    <w:lvl w:ilvl="0" w:tplc="72336306">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92068037">
-    <w:abstractNumId w:val="92068037"/>
+  <w:num w:numId="55538640">
+    <w:abstractNumId w:val="55538640"/>
   </w:num>
-  <w:num w:numId="92068038">
-    <w:abstractNumId w:val="92068038"/>
+  <w:num w:numId="55538641">
+    <w:abstractNumId w:val="55538641"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551850347" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId626679061" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId938868e0e28ae4691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId385568e0e28ae470e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId193868e0e28ae6530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId732968e0e28ae667b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId543768e0e28ae6861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId709168e0e28ae6ada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId549068e0e28ae6ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId573568e0e28ae6ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId649068e0e28ae6fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId866468e0e28ae72e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId286968e0e28ae58ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId286968e0e28ae58ca.jpg"/><Relationship Id="rId478868e0e28ae734a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478868e0e28ae734a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654727281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId507944152" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId297268fd8796805aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId223668fd879680615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId526668fd8796821fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId496968fd87968234b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId632768fd87968250c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId515168fd879682785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId947468fd879682850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId676868fd879682ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId325868fd879682ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId714168fd879682cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId684668fd8796815d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684668fd8796815d6.jpg"/><Relationship Id="rId764868fd879682d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764868fd879682d0f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>