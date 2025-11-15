--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297268fd8796805aa" w:history="1">
+            <w:hyperlink r:id="rId1113691890aa53982" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223668fd879680615" w:history="1">
+            <w:hyperlink r:id="rId5920691890aa539ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1270,63 +1270,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14849602" name="name589568fd8796815d9" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:docPr id="71683172" name="name8939691890aa54f02" descr="XIPHCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId684668fd8796815d6" cstate="print"/>
+                    <a:blip r:embed="rId3105691890aa54efe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2795,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526668fd8796821fe" w:history="1">
+      <w:hyperlink r:id="rId7884691890aa55b2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496968fd87968234b" w:history="1">
+      <w:hyperlink r:id="rId4752691890aa55c74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632768fd87968250c" w:history="1">
+      <w:hyperlink r:id="rId7309691890aa55e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515168fd879682785" w:history="1">
+      <w:hyperlink r:id="rId7032691890aa560d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947468fd879682850" w:history="1">
+      <w:hyperlink r:id="rId6350691890aa561a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676868fd879682ae5" w:history="1">
+      <w:hyperlink r:id="rId9383691890aa56449" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325868fd879682ba5" w:history="1">
+      <w:hyperlink r:id="rId9563691890aa564ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714168fd879682cb4" w:history="1">
+      <w:hyperlink r:id="rId6886691890aa5660f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97870656" name="name375068fd879682d10" descr="eu_funding_250.png"/>
+            <wp:docPr id="25848099" name="name3608691890aa56669" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId764868fd879682d0f" cstate="print"/>
+                    <a:blip r:embed="rId3347691890aa56668" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55538641">
+  <w:abstractNum w:abstractNumId="97511147">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67437544">
+    <w:lvl w:ilvl="0" w:tplc="10802206">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67437544" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10802206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55538640">
+  <w:abstractNum w:abstractNumId="97511146">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72336306">
+    <w:lvl w:ilvl="0" w:tplc="83187886">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55538640">
-    <w:abstractNumId w:val="55538640"/>
+  <w:num w:numId="97511146">
+    <w:abstractNumId w:val="97511146"/>
   </w:num>
-  <w:num w:numId="55538641">
-    <w:abstractNumId w:val="55538641"/>
+  <w:num w:numId="97511147">
+    <w:abstractNumId w:val="97511147"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654727281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId507944152" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId297268fd8796805aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId223668fd879680615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId526668fd8796821fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId496968fd87968234b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId632768fd87968250c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId515168fd879682785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId947468fd879682850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId676868fd879682ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId325868fd879682ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId714168fd879682cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId684668fd8796815d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684668fd8796815d6.jpg"/><Relationship Id="rId764868fd879682d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764868fd879682d0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273883944" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715058107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1113691890aa53982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId5920691890aa539ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId7884691890aa55b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId4752691890aa55c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId7309691890aa55e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId7032691890aa560d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId6350691890aa561a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId9383691890aa56449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId9563691890aa564ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6886691890aa5660f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId3105691890aa54efe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3105691890aa54efe.jpg"/><Relationship Id="rId3347691890aa56668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3347691890aa56668.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>