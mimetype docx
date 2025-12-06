--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1113691890aa53982" w:history="1">
+            <w:hyperlink r:id="rId74906933bc9aeb7ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5920691890aa539ec" w:history="1">
+            <w:hyperlink r:id="rId69626933bc9aeb85a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1270,63 +1270,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71683172" name="name8939691890aa54f02" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:docPr id="26508828" name="name93126933bc9aecba3" descr="XIPHCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3105691890aa54efe" cstate="print"/>
+                    <a:blip r:embed="rId93876933bc9aecb9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2795,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7884691890aa55b2f" w:history="1">
+      <w:hyperlink r:id="rId58906933bc9aed844" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4752691890aa55c74" w:history="1">
+      <w:hyperlink r:id="rId52426933bc9aed994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7309691890aa55e32" w:history="1">
+      <w:hyperlink r:id="rId66446933bc9aedb5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7032691890aa560d5" w:history="1">
+      <w:hyperlink r:id="rId20796933bc9aede2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6350691890aa561a1" w:history="1">
+      <w:hyperlink r:id="rId22536933bc9aedefe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9383691890aa56449" w:history="1">
+      <w:hyperlink r:id="rId94216933bc9aee1be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9563691890aa564ff" w:history="1">
+      <w:hyperlink r:id="rId42826933bc9aee278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6886691890aa5660f" w:history="1">
+      <w:hyperlink r:id="rId58966933bc9aee38e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25848099" name="name3608691890aa56669" descr="eu_funding_250.png"/>
+            <wp:docPr id="37193964" name="name59826933bc9aee3f1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3347691890aa56668" cstate="print"/>
+                    <a:blip r:embed="rId57526933bc9aee3f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97511147">
+  <w:abstractNum w:abstractNumId="39597986">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10802206">
+    <w:lvl w:ilvl="0" w:tplc="28133836">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10802206" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28133836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97511146">
+  <w:abstractNum w:abstractNumId="39597985">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83187886">
+    <w:lvl w:ilvl="0" w:tplc="38038243">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97511146">
-    <w:abstractNumId w:val="97511146"/>
+  <w:num w:numId="39597985">
+    <w:abstractNumId w:val="39597985"/>
   </w:num>
-  <w:num w:numId="97511147">
-    <w:abstractNumId w:val="97511147"/>
+  <w:num w:numId="39597986">
+    <w:abstractNumId w:val="39597986"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273883944" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715058107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1113691890aa53982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId5920691890aa539ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId7884691890aa55b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId4752691890aa55c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId7309691890aa55e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId7032691890aa560d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId6350691890aa561a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId9383691890aa56449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId9563691890aa564ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6886691890aa5660f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId3105691890aa54efe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3105691890aa54efe.jpg"/><Relationship Id="rId3347691890aa56668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3347691890aa56668.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887581501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328446295" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74906933bc9aeb7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId69626933bc9aeb85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId58906933bc9aed844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId52426933bc9aed994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId66446933bc9aedb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId20796933bc9aede2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId22536933bc9aedefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId94216933bc9aee1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId42826933bc9aee278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58966933bc9aee38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId93876933bc9aecb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93876933bc9aecb9f.jpg"/><Relationship Id="rId57526933bc9aee3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57526933bc9aee3f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>