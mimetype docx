--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74906933bc9aeb7ef" w:history="1">
+            <w:hyperlink r:id="rId1304694eb6695f70c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69626933bc9aeb85a" w:history="1">
+            <w:hyperlink r:id="rId2283694eb6695f775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1270,63 +1270,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26508828" name="name93126933bc9aecba3" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:docPr id="23795842" name="name8137694eb669608ee" descr="XIPHCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93876933bc9aecb9f" cstate="print"/>
+                    <a:blip r:embed="rId1362694eb669608eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2795,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58906933bc9aed844" w:history="1">
+      <w:hyperlink r:id="rId8669694eb6696159e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52426933bc9aed994" w:history="1">
+      <w:hyperlink r:id="rId8363694eb669616ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66446933bc9aedb5d" w:history="1">
+      <w:hyperlink r:id="rId5211694eb669618d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20796933bc9aede2e" w:history="1">
+      <w:hyperlink r:id="rId8921694eb66961b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22536933bc9aedefe" w:history="1">
+      <w:hyperlink r:id="rId1861694eb66961c63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94216933bc9aee1be" w:history="1">
+      <w:hyperlink r:id="rId6169694eb66962062" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42826933bc9aee278" w:history="1">
+      <w:hyperlink r:id="rId4184694eb6696211e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58966933bc9aee38e" w:history="1">
+      <w:hyperlink r:id="rId2773694eb6696223c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37193964" name="name59826933bc9aee3f1" descr="eu_funding_250.png"/>
+            <wp:docPr id="53191236" name="name9373694eb669622b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57526933bc9aee3f0" cstate="print"/>
+                    <a:blip r:embed="rId2019694eb669622b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39597986">
+  <w:abstractNum w:abstractNumId="98626414">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28133836">
+    <w:lvl w:ilvl="0" w:tplc="95364720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28133836" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95364720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39597985">
+  <w:abstractNum w:abstractNumId="98626413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38038243">
+    <w:lvl w:ilvl="0" w:tplc="89918583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39597985">
-    <w:abstractNumId w:val="39597985"/>
+  <w:num w:numId="98626413">
+    <w:abstractNumId w:val="98626413"/>
   </w:num>
-  <w:num w:numId="39597986">
-    <w:abstractNumId w:val="39597986"/>
+  <w:num w:numId="98626414">
+    <w:abstractNumId w:val="98626414"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887581501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328446295" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74906933bc9aeb7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId69626933bc9aeb85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId58906933bc9aed844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId52426933bc9aed994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId66446933bc9aedb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId20796933bc9aede2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId22536933bc9aedefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId94216933bc9aee1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId42826933bc9aee278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58966933bc9aee38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId93876933bc9aecb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93876933bc9aecb9f.jpg"/><Relationship Id="rId57526933bc9aee3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57526933bc9aee3f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId996240442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId264752059" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1304694eb6695f70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId2283694eb6695f775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId8669694eb6696159e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId8363694eb669616ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId5211694eb669618d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId8921694eb66961b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId1861694eb66961c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId6169694eb66962062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId4184694eb6696211e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2773694eb6696223c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId1362694eb669608eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1362694eb669608eb.jpg"/><Relationship Id="rId2019694eb669622b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2019694eb669622b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>