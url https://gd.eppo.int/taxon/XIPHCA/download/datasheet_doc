--- v4 (2025-12-26)
+++ v5 (2026-01-16)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1304694eb6695f70c" w:history="1">
+            <w:hyperlink r:id="rId5894696a8e1b44fc1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2283694eb6695f775" w:history="1">
+            <w:hyperlink r:id="rId3516696a8e1b4502a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1270,63 +1270,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23795842" name="name8137694eb669608ee" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:docPr id="73517544" name="name1542696a8e1b47dbc" descr="XIPHCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1362694eb669608eb" cstate="print"/>
+                    <a:blip r:embed="rId1511696a8e1b47db9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2795,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8669694eb6696159e" w:history="1">
+      <w:hyperlink r:id="rId2396696a8e1b489ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8363694eb669616ee" w:history="1">
+      <w:hyperlink r:id="rId5321696a8e1b48af8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5211694eb669618d3" w:history="1">
+      <w:hyperlink r:id="rId1357696a8e1b48cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8921694eb66961b94" w:history="1">
+      <w:hyperlink r:id="rId7425696a8e1b48f31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1861694eb66961c63" w:history="1">
+      <w:hyperlink r:id="rId4580696a8e1b48ffd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6169694eb66962062" w:history="1">
+      <w:hyperlink r:id="rId5297696a8e1b492cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4317,73 +4317,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4184694eb6696211e" w:history="1">
+      <w:hyperlink r:id="rId3697696a8e1b49385" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2773694eb6696223c" w:history="1">
+      <w:hyperlink r:id="rId3865696a8e1b494a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53191236" name="name9373694eb669622b3" descr="eu_funding_250.png"/>
+            <wp:docPr id="90692454" name="name7723696a8e1b49d92" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2019694eb669622b1" cstate="print"/>
+                    <a:blip r:embed="rId2732696a8e1b49d90" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98626414">
+  <w:abstractNum w:abstractNumId="73339017">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95364720">
+    <w:lvl w:ilvl="0" w:tplc="43544198">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95364720" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43544198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98626413">
+  <w:abstractNum w:abstractNumId="73339016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89918583">
+    <w:lvl w:ilvl="0" w:tplc="81895056">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98626413">
-    <w:abstractNumId w:val="98626413"/>
+  <w:num w:numId="73339016">
+    <w:abstractNumId w:val="73339016"/>
   </w:num>
-  <w:num w:numId="98626414">
-    <w:abstractNumId w:val="98626414"/>
+  <w:num w:numId="73339017">
+    <w:abstractNumId w:val="73339017"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId996240442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId264752059" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1304694eb6695f70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId2283694eb6695f775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId8669694eb6696159e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId8363694eb669616ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId5211694eb669618d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId8921694eb66961b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId1861694eb66961c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId6169694eb66962062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId4184694eb6696211e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2773694eb6696223c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId1362694eb669608eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1362694eb669608eb.jpg"/><Relationship Id="rId2019694eb669622b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2019694eb669622b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId285860054" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248173540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5894696a8e1b44fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId3516696a8e1b4502a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId2396696a8e1b489ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId5321696a8e1b48af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId1357696a8e1b48cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId7425696a8e1b48f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId4580696a8e1b48ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId5297696a8e1b492cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId3697696a8e1b49385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3865696a8e1b494a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId1511696a8e1b47db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1511696a8e1b47db9.jpg"/><Relationship Id="rId2732696a8e1b49d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2732696a8e1b49d90.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>