--- v5 (2026-01-16)
+++ v6 (2026-02-06)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5894696a8e1b44fc1" w:history="1">
+            <w:hyperlink r:id="rId18396986515bc4baf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,53 +319,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3516696a8e1b4502a" w:history="1">
+            <w:hyperlink r:id="rId63816986515bc4c19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1265,100 +1265,68 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Arkansas, California, Hawaii, New York, Oregon, Washington)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2795,51 +2763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2396696a8e1b489ad" w:history="1">
+      <w:hyperlink r:id="rId28476986515bc6064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +2969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5321696a8e1b48af8" w:history="1">
+      <w:hyperlink r:id="rId65806986515bc61c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1357696a8e1b48cb9" w:history="1">
+      <w:hyperlink r:id="rId70386986515bc639b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7425696a8e1b48f31" w:history="1">
+      <w:hyperlink r:id="rId39716986515bc6645" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3781,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4580696a8e1b48ffd" w:history="1">
+      <w:hyperlink r:id="rId21536986515bc6716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5297696a8e1b492cb" w:history="1">
+      <w:hyperlink r:id="rId24806986515bc69c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4339,51 +4307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3697696a8e1b49385" w:history="1">
+      <w:hyperlink r:id="rId44096986515bc6a80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4474,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3865696a8e1b494a7" w:history="1">
+      <w:hyperlink r:id="rId28166986515bc6b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90692454" name="name7723696a8e1b49d92" descr="eu_funding_250.png"/>
+            <wp:docPr id="17615890" name="name88496986515bc6c0b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2732696a8e1b49d90" cstate="print"/>
+                    <a:blip r:embed="rId69726986515bc6c09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4646,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73339017">
+  <w:abstractNum w:abstractNumId="62007207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43544198">
+    <w:lvl w:ilvl="0" w:tplc="72501380">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43544198" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72501380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73339016">
+  <w:abstractNum w:abstractNumId="62007206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81895056">
+    <w:lvl w:ilvl="0" w:tplc="23609590">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5528,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73339016">
-    <w:abstractNumId w:val="73339016"/>
+  <w:num w:numId="62007206">
+    <w:abstractNumId w:val="62007206"/>
   </w:num>
-  <w:num w:numId="73339017">
-    <w:abstractNumId w:val="73339017"/>
+  <w:num w:numId="62007207">
+    <w:abstractNumId w:val="62007207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17126,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId285860054" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248173540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5894696a8e1b44fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId3516696a8e1b4502a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId2396696a8e1b489ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId5321696a8e1b48af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId1357696a8e1b48cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId7425696a8e1b48f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId4580696a8e1b48ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId5297696a8e1b492cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId3697696a8e1b49385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3865696a8e1b494a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId1511696a8e1b47db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1511696a8e1b47db9.jpg"/><Relationship Id="rId2732696a8e1b49d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2732696a8e1b49d90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932094892" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478905573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18396986515bc4baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId63816986515bc4c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId28476986515bc6064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId65806986515bc61c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId70386986515bc639b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId39716986515bc6645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId21536986515bc6716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId24806986515bc69c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId44096986515bc6a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28166986515bc6b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId69726986515bc6c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69726986515bc6c09.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>