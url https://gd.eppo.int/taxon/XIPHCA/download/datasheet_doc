--- v6 (2026-02-06)
+++ v7 (2026-02-27)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18396986515bc4baf" w:history="1">
+            <w:hyperlink r:id="rId344969a22bf0019af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63816986515bc4c19" w:history="1">
+            <w:hyperlink r:id="rId209169a22bf001a26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1265,68 +1265,100 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="90459069" name="name710869a22bf0027de" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId858969a22bf0027db" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Arkansas, California, Hawaii, New York, Oregon, Washington)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2763,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28476986515bc6064" w:history="1">
+      <w:hyperlink r:id="rId290469a22bf00342f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2969,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65806986515bc61c1" w:history="1">
+      <w:hyperlink r:id="rId811869a22bf00358c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3253,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70386986515bc639b" w:history="1">
+      <w:hyperlink r:id="rId293669a22bf003755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3653,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39716986515bc6645" w:history="1">
+      <w:hyperlink r:id="rId258769a22bf0039d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3781,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21536986515bc6716" w:history="1">
+      <w:hyperlink r:id="rId399269a22bf003aa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4197,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24806986515bc69c6" w:history="1">
+      <w:hyperlink r:id="rId811669a22bf003d4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4307,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44096986515bc6a80" w:history="1">
+      <w:hyperlink r:id="rId279069a22bf003dfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4474,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28166986515bc6b94" w:history="1">
+      <w:hyperlink r:id="rId921769a22bf003f21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17615890" name="name88496986515bc6c0b" descr="eu_funding_250.png"/>
+            <wp:docPr id="60100571" name="name188369a22bf003f89" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69726986515bc6c09" cstate="print"/>
+                    <a:blip r:embed="rId250069a22bf003f88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4646,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62007207">
+  <w:abstractNum w:abstractNumId="44240117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72501380">
+    <w:lvl w:ilvl="0" w:tplc="56645124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72501380" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56645124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62007206">
+  <w:abstractNum w:abstractNumId="44240116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23609590">
+    <w:lvl w:ilvl="0" w:tplc="48184604">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5528,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62007206">
-    <w:abstractNumId w:val="62007206"/>
+  <w:num w:numId="44240116">
+    <w:abstractNumId w:val="44240116"/>
   </w:num>
-  <w:num w:numId="62007207">
-    <w:abstractNumId w:val="62007207"/>
+  <w:num w:numId="44240117">
+    <w:abstractNumId w:val="44240117"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17126,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932094892" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478905573" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18396986515bc4baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId63816986515bc4c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId28476986515bc6064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId65806986515bc61c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId70386986515bc639b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId39716986515bc6645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId21536986515bc6716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId24806986515bc69c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId44096986515bc6a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28166986515bc6b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId69726986515bc6c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69726986515bc6c09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822767646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId184736005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId344969a22bf0019af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId209169a22bf001a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId290469a22bf00342f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId811869a22bf00358c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId293669a22bf003755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId258769a22bf0039d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId399269a22bf003aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId811669a22bf003d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId279069a22bf003dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId921769a22bf003f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId858969a22bf0027db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId858969a22bf0027db.jpg"/><Relationship Id="rId250069a22bf003f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250069a22bf003f88.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>