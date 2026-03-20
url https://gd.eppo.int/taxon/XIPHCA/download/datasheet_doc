--- v7 (2026-02-27)
+++ v8 (2026-03-20)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344969a22bf0019af" w:history="1">
+            <w:hyperlink r:id="rId680569bcf73ca8426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209169a22bf001a26" w:history="1">
+            <w:hyperlink r:id="rId170469bcf73ca8492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1270,63 +1270,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North and South America. This species has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90459069" name="name710869a22bf0027de" descr="XIPHCA_distribution_map.jpg"/>
+            <wp:docPr id="46055729" name="name507769bcf73cabc87" descr="XIPHCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId858969a22bf0027db" cstate="print"/>
+                    <a:blip r:embed="rId998869bcf73cabc83" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2795,51 +2795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290469a22bf00342f" w:history="1">
+      <w:hyperlink r:id="rId538169bcf73cac9b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3001,51 +3001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811869a22bf00358c" w:history="1">
+      <w:hyperlink r:id="rId160969bcf73cacb09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3285,51 +3285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293669a22bf003755" w:history="1">
+      <w:hyperlink r:id="rId511469bcf73cacd49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3685,51 +3685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258769a22bf0039d7" w:history="1">
+      <w:hyperlink r:id="rId171669bcf73cacff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3813,51 +3813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.l., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399269a22bf003aa5" w:history="1">
+      <w:hyperlink r:id="rId956869bcf73cad0c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4229,51 +4229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811669a22bf003d4a" w:history="1">
+      <w:hyperlink r:id="rId119969bcf73cad370" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema californicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279069a22bf003dfe" w:history="1">
+      <w:hyperlink r:id="rId612969bcf73cad426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4506,81 +4506,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921769a22bf003f21" w:history="1">
+      <w:hyperlink r:id="rId152469bcf73cad539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60100571" name="name188369a22bf003f89" descr="eu_funding_250.png"/>
+            <wp:docPr id="78174982" name="name568469bcf73cadd35" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId250069a22bf003f88" cstate="print"/>
+                    <a:blip r:embed="rId268369bcf73cadd33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4678,137 +4678,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44240117">
+  <w:abstractNum w:abstractNumId="35814116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56645124">
+    <w:lvl w:ilvl="0" w:tplc="41799942">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56645124" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41799942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44240116">
+  <w:abstractNum w:abstractNumId="35814115">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48184604">
+    <w:lvl w:ilvl="0" w:tplc="72739428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5560,55 +5560,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44240116">
-    <w:abstractNumId w:val="44240116"/>
+  <w:num w:numId="35814115">
+    <w:abstractNumId w:val="35814115"/>
   </w:num>
-  <w:num w:numId="44240117">
-    <w:abstractNumId w:val="44240117"/>
+  <w:num w:numId="35814116">
+    <w:abstractNumId w:val="35814116"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17158,51 +17158,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822767646" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId184736005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId344969a22bf0019af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId209169a22bf001a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId290469a22bf00342f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId811869a22bf00358c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId293669a22bf003755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId258769a22bf0039d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId399269a22bf003aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId811669a22bf003d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId279069a22bf003dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId921769a22bf003f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId858969a22bf0027db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId858969a22bf0027db.jpg"/><Relationship Id="rId250069a22bf003f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250069a22bf003f88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846815291" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId481317963" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId680569bcf73ca8426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/" TargetMode="External"/><Relationship Id="rId170469bcf73ca8492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHCA/categorization" TargetMode="External"/><Relationship Id="rId538169bcf73cac9b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId160969bcf73cacb09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId511469bcf73cacd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId171669bcf73cacff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId956869bcf73cad0c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId119969bcf73cad370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId612969bcf73cad426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId152469bcf73cad539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId998869bcf73cabc83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998869bcf73cabc83.jpg"/><Relationship Id="rId268369bcf73cadd33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268369bcf73cadd33.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>