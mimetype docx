--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575768e0e23918890" w:history="1">
+            <w:hyperlink r:id="rId984268fcc0076ea7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId864668e0e239188fb" w:history="1">
+            <w:hyperlink r:id="rId916568fcc0076eaea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1010,63 +1010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9006617" name="name510168e0e23919abf" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:docPr id="14955729" name="name431268fcc0076ff94" descr="XIPHBC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId527968e0e23919abd" cstate="print"/>
+                    <a:blip r:embed="rId919368fcc0076ff91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2566,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435068e0e2391a6f7" w:history="1">
+      <w:hyperlink r:id="rId825768fcc00770db2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729768e0e2391a9c7" w:history="1">
+      <w:hyperlink r:id="rId245768fcc007710c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169068e0e2391ab62" w:history="1">
+      <w:hyperlink r:id="rId875768fcc00771361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944568e0e2391abb8" w:history="1">
+      <w:hyperlink r:id="rId302268fcc007713bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344268e0e2391ae09" w:history="1">
+      <w:hyperlink r:id="rId884168fcc0077162d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3779,51 +3779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127568e0e2391af68" w:history="1">
+      <w:hyperlink r:id="rId599968fcc00771799" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804968e0e2391b0b5" w:history="1">
+      <w:hyperlink r:id="rId114568fcc007718ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3155800" name="name632568e0e2391b11b" descr="eu_funding_250.png"/>
+            <wp:docPr id="69093397" name="name142568fcc00771972" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId806468e0e2391b11a" cstate="print"/>
+                    <a:blip r:embed="rId961468fcc00771970" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42113969">
+  <w:abstractNum w:abstractNumId="29576251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36743788">
+    <w:lvl w:ilvl="0" w:tplc="23718451">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36743788" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23718451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42113968">
+  <w:abstractNum w:abstractNumId="29576250">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11230291">
+    <w:lvl w:ilvl="0" w:tplc="21834659">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42113968">
-    <w:abstractNumId w:val="42113968"/>
+  <w:num w:numId="29576250">
+    <w:abstractNumId w:val="29576250"/>
   </w:num>
-  <w:num w:numId="42113969">
-    <w:abstractNumId w:val="42113969"/>
+  <w:num w:numId="29576251">
+    <w:abstractNumId w:val="29576251"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId583683647" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId363349327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId575768e0e23918890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId864668e0e239188fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId435068e0e2391a6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId729768e0e2391a9c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId169068e0e2391ab62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId944568e0e2391abb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId344268e0e2391ae09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId127568e0e2391af68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId804968e0e2391b0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId527968e0e23919abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527968e0e23919abd.jpg"/><Relationship Id="rId806468e0e2391b11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId806468e0e2391b11a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId457601107" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687611546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId984268fcc0076ea7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId916568fcc0076eaea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId825768fcc00770db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId245768fcc007710c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId875768fcc00771361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId302268fcc007713bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId884168fcc0077162d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId599968fcc00771799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId114568fcc007718ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId919368fcc0076ff91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId919368fcc0076ff91.jpg"/><Relationship Id="rId961468fcc00771970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961468fcc00771970.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>