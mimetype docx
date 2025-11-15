--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId984268fcc0076ea7f" w:history="1">
+            <w:hyperlink r:id="rId86016918909850dd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId916568fcc0076eaea" w:history="1">
+            <w:hyperlink r:id="rId14306918909850e40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1010,63 +1010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14955729" name="name431268fcc0076ff94" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:docPr id="49466662" name="name844269189098521b0" descr="XIPHBC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId919368fcc0076ff91" cstate="print"/>
+                    <a:blip r:embed="rId204769189098521ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2566,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825768fcc00770db2" w:history="1">
+      <w:hyperlink r:id="rId47276918909852e08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245768fcc007710c4" w:history="1">
+      <w:hyperlink r:id="rId177569189098530d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875768fcc00771361" w:history="1">
+      <w:hyperlink r:id="rId1836691890985323d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302268fcc007713bd" w:history="1">
+      <w:hyperlink r:id="rId48156918909853290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884168fcc0077162d" w:history="1">
+      <w:hyperlink r:id="rId106969189098534b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3779,51 +3779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599968fcc00771799" w:history="1">
+      <w:hyperlink r:id="rId793569189098535c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114568fcc007718ef" w:history="1">
+      <w:hyperlink r:id="rId965569189098536d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69093397" name="name142568fcc00771972" descr="eu_funding_250.png"/>
+            <wp:docPr id="24009833" name="name3599691890985375d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId961468fcc00771970" cstate="print"/>
+                    <a:blip r:embed="rId8330691890985375b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29576251">
+  <w:abstractNum w:abstractNumId="49995273">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23718451">
+    <w:lvl w:ilvl="0" w:tplc="89299494">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23718451" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89299494" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29576250">
+  <w:abstractNum w:abstractNumId="49995272">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21834659">
+    <w:lvl w:ilvl="0" w:tplc="89610906">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29576250">
-    <w:abstractNumId w:val="29576250"/>
+  <w:num w:numId="49995272">
+    <w:abstractNumId w:val="49995272"/>
   </w:num>
-  <w:num w:numId="29576251">
-    <w:abstractNumId w:val="29576251"/>
+  <w:num w:numId="49995273">
+    <w:abstractNumId w:val="49995273"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId457601107" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687611546" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId984268fcc0076ea7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId916568fcc0076eaea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId825768fcc00770db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId245768fcc007710c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId875768fcc00771361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId302268fcc007713bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId884168fcc0077162d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId599968fcc00771799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId114568fcc007718ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId919368fcc0076ff91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId919368fcc0076ff91.jpg"/><Relationship Id="rId961468fcc00771970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961468fcc00771970.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116637408" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId188313027" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86016918909850dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId14306918909850e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId47276918909852e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId177569189098530d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId1836691890985323d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId48156918909853290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId106969189098534b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId793569189098535c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId965569189098536d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId204769189098521ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId204769189098521ad.jpg"/><Relationship Id="rId8330691890985375b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8330691890985375b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>