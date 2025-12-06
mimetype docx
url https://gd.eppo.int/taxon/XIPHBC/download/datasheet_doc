--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86016918909850dd8" w:history="1">
+            <w:hyperlink r:id="rId81186933bc8f3aac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14306918909850e40" w:history="1">
+            <w:hyperlink r:id="rId52226933bc8f3ab29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1010,63 +1010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49466662" name="name844269189098521b0" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:docPr id="71054253" name="name24826933bc8f3bf4e" descr="XIPHBC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId204769189098521ad" cstate="print"/>
+                    <a:blip r:embed="rId36716933bc8f3bf4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2566,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47276918909852e08" w:history="1">
+      <w:hyperlink r:id="rId62106933bc8f3cc32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177569189098530d2" w:history="1">
+      <w:hyperlink r:id="rId96806933bc8f3ceee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1836691890985323d" w:history="1">
+      <w:hyperlink r:id="rId78906933bc8f3d058" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48156918909853290" w:history="1">
+      <w:hyperlink r:id="rId18806933bc8f3d0aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106969189098534b1" w:history="1">
+      <w:hyperlink r:id="rId30946933bc8f3d2c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3779,51 +3779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793569189098535c1" w:history="1">
+      <w:hyperlink r:id="rId38226933bc8f3d3d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965569189098536d0" w:history="1">
+      <w:hyperlink r:id="rId94976933bc8f3d4e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24009833" name="name3599691890985375d" descr="eu_funding_250.png"/>
+            <wp:docPr id="24116611" name="name23896933bc8f3d565" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8330691890985375b" cstate="print"/>
+                    <a:blip r:embed="rId59176933bc8f3d563" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49995273">
+  <w:abstractNum w:abstractNumId="51748167">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89299494">
+    <w:lvl w:ilvl="0" w:tplc="58809962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89299494" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58809962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49995272">
+  <w:abstractNum w:abstractNumId="51748166">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89610906">
+    <w:lvl w:ilvl="0" w:tplc="18028873">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49995272">
-    <w:abstractNumId w:val="49995272"/>
+  <w:num w:numId="51748166">
+    <w:abstractNumId w:val="51748166"/>
   </w:num>
-  <w:num w:numId="49995273">
-    <w:abstractNumId w:val="49995273"/>
+  <w:num w:numId="51748167">
+    <w:abstractNumId w:val="51748167"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116637408" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId188313027" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86016918909850dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId14306918909850e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId47276918909852e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId177569189098530d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId1836691890985323d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId48156918909853290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId106969189098534b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId793569189098535c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId965569189098536d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId204769189098521ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId204769189098521ad.jpg"/><Relationship Id="rId8330691890985375b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8330691890985375b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId692821091" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId894214804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81186933bc8f3aac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId52226933bc8f3ab29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId62106933bc8f3cc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId96806933bc8f3ceee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId78906933bc8f3d058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId18806933bc8f3d0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId30946933bc8f3d2c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId38226933bc8f3d3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId94976933bc8f3d4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId36716933bc8f3bf4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36716933bc8f3bf4c.jpg"/><Relationship Id="rId59176933bc8f3d563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59176933bc8f3d563.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>