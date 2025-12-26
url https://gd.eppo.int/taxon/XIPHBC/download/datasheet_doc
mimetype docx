--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81186933bc8f3aac0" w:history="1">
+            <w:hyperlink r:id="rId9487694eb658a7569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52226933bc8f3ab29" w:history="1">
+            <w:hyperlink r:id="rId3941694eb658a75d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1010,63 +1010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71054253" name="name24826933bc8f3bf4e" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:docPr id="55350281" name="name8680694eb658a8832" descr="XIPHBC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36716933bc8f3bf4c" cstate="print"/>
+                    <a:blip r:embed="rId8264694eb658a882f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2566,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62106933bc8f3cc32" w:history="1">
+      <w:hyperlink r:id="rId7172694eb658a9486" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96806933bc8f3ceee" w:history="1">
+      <w:hyperlink r:id="rId5808694eb658a973a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78906933bc8f3d058" w:history="1">
+      <w:hyperlink r:id="rId3512694eb658a98a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18806933bc8f3d0aa" w:history="1">
+      <w:hyperlink r:id="rId8483694eb658a98f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30946933bc8f3d2c7" w:history="1">
+      <w:hyperlink r:id="rId3060694eb658a9b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3779,51 +3779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38226933bc8f3d3d8" w:history="1">
+      <w:hyperlink r:id="rId2756694eb658a9c22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94976933bc8f3d4e8" w:history="1">
+      <w:hyperlink r:id="rId7100694eb658a9d31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24116611" name="name23896933bc8f3d565" descr="eu_funding_250.png"/>
+            <wp:docPr id="59409500" name="name2710694eb658a9d8a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59176933bc8f3d563" cstate="print"/>
+                    <a:blip r:embed="rId7427694eb658a9d89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51748167">
+  <w:abstractNum w:abstractNumId="38088116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58809962">
+    <w:lvl w:ilvl="0" w:tplc="31555786">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58809962" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31555786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51748166">
+  <w:abstractNum w:abstractNumId="38088115">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18028873">
+    <w:lvl w:ilvl="0" w:tplc="46788095">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51748166">
-    <w:abstractNumId w:val="51748166"/>
+  <w:num w:numId="38088115">
+    <w:abstractNumId w:val="38088115"/>
   </w:num>
-  <w:num w:numId="51748167">
-    <w:abstractNumId w:val="51748167"/>
+  <w:num w:numId="38088116">
+    <w:abstractNumId w:val="38088116"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId692821091" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId894214804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81186933bc8f3aac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId52226933bc8f3ab29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId62106933bc8f3cc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId96806933bc8f3ceee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId78906933bc8f3d058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId18806933bc8f3d0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId30946933bc8f3d2c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId38226933bc8f3d3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId94976933bc8f3d4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId36716933bc8f3bf4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36716933bc8f3bf4c.jpg"/><Relationship Id="rId59176933bc8f3d563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59176933bc8f3d563.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId769471676" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId584104794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9487694eb658a7569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId3941694eb658a75d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId7172694eb658a9486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId5808694eb658a973a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId3512694eb658a98a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId8483694eb658a98f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId3060694eb658a9b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId2756694eb658a9c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7100694eb658a9d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId8264694eb658a882f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8264694eb658a882f.jpg"/><Relationship Id="rId7427694eb658a9d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7427694eb658a9d89.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>