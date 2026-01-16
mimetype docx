--- v4 (2025-12-26)
+++ v5 (2026-01-16)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9487694eb658a7569" w:history="1">
+            <w:hyperlink r:id="rId5117696a8d8de549d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3941694eb658a75d3" w:history="1">
+            <w:hyperlink r:id="rId2674696a8d8de5506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1010,63 +1010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55350281" name="name8680694eb658a8832" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:docPr id="71783643" name="name5888696a8d8de984b" descr="XIPHBC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8264694eb658a882f" cstate="print"/>
+                    <a:blip r:embed="rId1416696a8d8de9847" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2566,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7172694eb658a9486" w:history="1">
+      <w:hyperlink r:id="rId1527696a8d8dea486" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5808694eb658a973a" w:history="1">
+      <w:hyperlink r:id="rId6550696a8d8dea754" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3512694eb658a98a5" w:history="1">
+      <w:hyperlink r:id="rId2210696a8d8dea8be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8483694eb658a98f7" w:history="1">
+      <w:hyperlink r:id="rId6703696a8d8dea910" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3060694eb658a9b15" w:history="1">
+      <w:hyperlink r:id="rId5026696a8d8deab2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,73 +3757,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2756694eb658a9c22" w:history="1">
+      <w:hyperlink r:id="rId1168696a8d8deac3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7100694eb658a9d31" w:history="1">
+      <w:hyperlink r:id="rId3757696a8d8dead49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59409500" name="name2710694eb658a9d8a" descr="eu_funding_250.png"/>
+            <wp:docPr id="92356059" name="name2385696a8d8dec536" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7427694eb658a9d89" cstate="print"/>
+                    <a:blip r:embed="rId1504696a8d8dec534" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38088116">
+  <w:abstractNum w:abstractNumId="48112849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31555786">
+    <w:lvl w:ilvl="0" w:tplc="93482141">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31555786" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93482141" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38088115">
+  <w:abstractNum w:abstractNumId="48112848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46788095">
+    <w:lvl w:ilvl="0" w:tplc="61051973">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38088115">
-    <w:abstractNumId w:val="38088115"/>
+  <w:num w:numId="48112848">
+    <w:abstractNumId w:val="48112848"/>
   </w:num>
-  <w:num w:numId="38088116">
-    <w:abstractNumId w:val="38088116"/>
+  <w:num w:numId="48112849">
+    <w:abstractNumId w:val="48112849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId769471676" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId584104794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9487694eb658a7569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId3941694eb658a75d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId7172694eb658a9486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId5808694eb658a973a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId3512694eb658a98a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId8483694eb658a98f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId3060694eb658a9b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId2756694eb658a9c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7100694eb658a9d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId8264694eb658a882f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8264694eb658a882f.jpg"/><Relationship Id="rId7427694eb658a9d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7427694eb658a9d89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId626382375" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906075890" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5117696a8d8de549d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId2674696a8d8de5506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId1527696a8d8dea486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId6550696a8d8dea754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId2210696a8d8dea8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId6703696a8d8dea910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId5026696a8d8deab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId1168696a8d8deac3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3757696a8d8dead49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId1416696a8d8de9847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1416696a8d8de9847.jpg"/><Relationship Id="rId1504696a8d8dec534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1504696a8d8dec534.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>