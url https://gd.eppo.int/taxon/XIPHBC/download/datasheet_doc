--- v5 (2026-01-16)
+++ v6 (2026-02-06)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5117696a8d8de549d" w:history="1">
+            <w:hyperlink r:id="rId6852698651501360f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,53 +319,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2674696a8d8de5506" w:history="1">
+            <w:hyperlink r:id="rId94626986515013684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1005,100 +1005,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1989), and it is also present in Washington (Brown </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (British Columbia), United States of America (California, Washington)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2566,51 +2534,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1527696a8d8dea486" w:history="1">
+      <w:hyperlink r:id="rId88506986515014afd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6550696a8d8dea754" w:history="1">
+      <w:hyperlink r:id="rId50166986515014dc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3189,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2210696a8d8dea8be" w:history="1">
+      <w:hyperlink r:id="rId69066986515014f34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6703696a8d8dea910" w:history="1">
+      <w:hyperlink r:id="rId34206986515014f89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3579,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5026696a8d8deab2d" w:history="1">
+      <w:hyperlink r:id="rId512969865150151b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3779,51 +3747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1168696a8d8deac3c" w:history="1">
+      <w:hyperlink r:id="rId120769865150152c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3914,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3757696a8d8dead49" w:history="1">
+      <w:hyperlink r:id="rId413969865150153d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92356059" name="name2385696a8d8dec536" descr="eu_funding_250.png"/>
+            <wp:docPr id="65847792" name="name13796986515015441" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1504696a8d8dec534" cstate="print"/>
+                    <a:blip r:embed="rId81866986515015440" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4086,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48112849">
+  <w:abstractNum w:abstractNumId="10945235">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93482141">
+    <w:lvl w:ilvl="0" w:tplc="32657654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93482141" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32657654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48112848">
+  <w:abstractNum w:abstractNumId="10945234">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61051973">
+    <w:lvl w:ilvl="0" w:tplc="55594488">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +4968,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48112848">
-    <w:abstractNumId w:val="48112848"/>
+  <w:num w:numId="10945234">
+    <w:abstractNumId w:val="10945234"/>
   </w:num>
-  <w:num w:numId="48112849">
-    <w:abstractNumId w:val="48112849"/>
+  <w:num w:numId="10945235">
+    <w:abstractNumId w:val="10945235"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16566,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId626382375" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906075890" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5117696a8d8de549d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId2674696a8d8de5506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId1527696a8d8dea486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId6550696a8d8dea754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId2210696a8d8dea8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId6703696a8d8dea910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId5026696a8d8deab2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId1168696a8d8deac3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3757696a8d8dead49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId1416696a8d8de9847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1416696a8d8de9847.jpg"/><Relationship Id="rId1504696a8d8dec534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1504696a8d8dec534.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId315664718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661422075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6852698651501360f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId94626986515013684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId88506986515014afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId50166986515014dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId69066986515014f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId34206986515014f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId512969865150151b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId120769865150152c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId413969865150153d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId81866986515015440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81866986515015440.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>