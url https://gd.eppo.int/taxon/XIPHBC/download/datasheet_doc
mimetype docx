--- v6 (2026-02-06)
+++ v7 (2026-02-27)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6852698651501360f" w:history="1">
+            <w:hyperlink r:id="rId212169a226716c468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94626986515013684" w:history="1">
+            <w:hyperlink r:id="rId361669a226716c4d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1005,68 +1005,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1989), and it is also present in Washington (Brown </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="33556374" name="name865069a226716dca5" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId181769a226716dca1" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (British Columbia), United States of America (California, Washington)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2534,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88506986515014afd" w:history="1">
+      <w:hyperlink r:id="rId846269a226716ed72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2965,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50166986515014dc7" w:history="1">
+      <w:hyperlink r:id="rId380069a226716f118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3189,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69066986515014f34" w:history="1">
+      <w:hyperlink r:id="rId531469a226716f2c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34206986515014f89" w:history="1">
+      <w:hyperlink r:id="rId830469a226716f31a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3579,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512969865150151b2" w:history="1">
+      <w:hyperlink r:id="rId216669a226716f608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3747,51 +3779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120769865150152c3" w:history="1">
+      <w:hyperlink r:id="rId743869a226716f795" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3914,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413969865150153d5" w:history="1">
+      <w:hyperlink r:id="rId968769a226716fa78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65847792" name="name13796986515015441" descr="eu_funding_250.png"/>
+            <wp:docPr id="5455706" name="name690069a226716fad5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81866986515015440" cstate="print"/>
+                    <a:blip r:embed="rId562269a226716fad3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4086,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10945235">
+  <w:abstractNum w:abstractNumId="59365742">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32657654">
+    <w:lvl w:ilvl="0" w:tplc="13762619">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32657654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13762619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10945234">
+  <w:abstractNum w:abstractNumId="59365741">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55594488">
+    <w:lvl w:ilvl="0" w:tplc="78426322">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4968,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10945234">
-    <w:abstractNumId w:val="10945234"/>
+  <w:num w:numId="59365741">
+    <w:abstractNumId w:val="59365741"/>
   </w:num>
-  <w:num w:numId="10945235">
-    <w:abstractNumId w:val="10945235"/>
+  <w:num w:numId="59365742">
+    <w:abstractNumId w:val="59365742"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16566,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId315664718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661422075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6852698651501360f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId94626986515013684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId88506986515014afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId50166986515014dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId69066986515014f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId34206986515014f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId512969865150151b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId120769865150152c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId413969865150153d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId81866986515015440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81866986515015440.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId956351593" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409567849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId212169a226716c468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId361669a226716c4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId846269a226716ed72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId380069a226716f118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId531469a226716f2c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId830469a226716f31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId216669a226716f608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId743869a226716f795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968769a226716fa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId181769a226716dca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181769a226716dca1.jpg"/><Relationship Id="rId562269a226716fad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId562269a226716fad3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>