--- v7 (2026-02-27)
+++ v8 (2026-03-20)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Ebsary, Vrain &amp; Graham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212169a226716c468" w:history="1">
+            <w:hyperlink r:id="rId428269bcf7c7e131f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -321,51 +321,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361669a226716c4d0" w:history="1">
+            <w:hyperlink r:id="rId153269bcf7c7e1394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1010,63 +1010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994) and California (Cho &amp; Robbins, 1991), USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33556374" name="name865069a226716dca5" descr="XIPHBC_distribution_map.jpg"/>
+            <wp:docPr id="55745099" name="name377769bcf7c7e23aa" descr="XIPHBC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHBC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId181769a226716dca1" cstate="print"/>
+                    <a:blip r:embed="rId222269bcf7c7e23a8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2566,51 +2566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846269a226716ed72" w:history="1">
+      <w:hyperlink r:id="rId174969bcf7c7e31a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2997,51 +2997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380069a226716f118" w:history="1">
+      <w:hyperlink r:id="rId539469bcf7c7e345b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3221,101 +3221,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531469a226716f2c6" w:history="1">
+      <w:hyperlink r:id="rId680869bcf7c7e35c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830469a226716f31a" w:history="1">
+      <w:hyperlink r:id="rId309469bcf7c7e361b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3611,51 +3611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216669a226716f608" w:history="1">
+      <w:hyperlink r:id="rId274669bcf7c7e383f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3779,51 +3779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema bricolense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743869a226716f795" w:history="1">
+      <w:hyperlink r:id="rId795669bcf7c7e3961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3946,81 +3946,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968769a226716fa78" w:history="1">
+      <w:hyperlink r:id="rId708569bcf7c7e3a7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5455706" name="name690069a226716fad5" descr="eu_funding_250.png"/>
+            <wp:docPr id="21843035" name="name616369bcf7c7e3ae1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId562269a226716fad3" cstate="print"/>
+                    <a:blip r:embed="rId759269bcf7c7e3ae0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4118,137 +4118,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59365742">
+  <w:abstractNum w:abstractNumId="39825112">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13762619">
+    <w:lvl w:ilvl="0" w:tplc="39332271">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13762619" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39332271" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59365741">
+  <w:abstractNum w:abstractNumId="39825111">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78426322">
+    <w:lvl w:ilvl="0" w:tplc="99130830">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5000,55 +5000,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59365741">
-    <w:abstractNumId w:val="59365741"/>
+  <w:num w:numId="39825111">
+    <w:abstractNumId w:val="39825111"/>
   </w:num>
-  <w:num w:numId="59365742">
-    <w:abstractNumId w:val="59365742"/>
+  <w:num w:numId="39825112">
+    <w:abstractNumId w:val="39825112"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16598,51 +16598,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId956351593" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409567849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId212169a226716c468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId361669a226716c4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId846269a226716ed72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId380069a226716f118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId531469a226716f2c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId830469a226716f31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId216669a226716f608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId743869a226716f795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968769a226716fa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId181769a226716dca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181769a226716dca1.jpg"/><Relationship Id="rId562269a226716fad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId562269a226716fad3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId517889188" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281973281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId428269bcf7c7e131f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/" TargetMode="External"/><Relationship Id="rId153269bcf7c7e1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHBC/categorization" TargetMode="External"/><Relationship Id="rId174969bcf7c7e31a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId539469bcf7c7e345b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId680869bcf7c7e35c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId309469bcf7c7e361b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId274669bcf7c7e383f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId795669bcf7c7e3961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId708569bcf7c7e3a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId222269bcf7c7e23a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId222269bcf7c7e23a8.jpg"/><Relationship Id="rId759269bcf7c7e3ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId759269bcf7c7e3ae0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>