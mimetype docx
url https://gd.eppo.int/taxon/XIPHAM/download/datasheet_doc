--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Cobb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId562468e20ccb40388" w:history="1">
+            <w:hyperlink r:id="rId9940690bbe2e678e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3194,51 +3194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dagger nematode). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425368e20ccb41798" w:history="1">
+      <w:hyperlink r:id="rId9396690bbe2e68caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.57023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3342,51 +3342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205268e20ccb41896" w:history="1">
+      <w:hyperlink r:id="rId3910690bbe2e68d9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3528,51 +3528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929868e20ccb419c7" w:history="1">
+      <w:hyperlink r:id="rId5058690bbe2e68eda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3676,51 +3676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695968e20ccb41ab7" w:history="1">
+      <w:hyperlink r:id="rId8129690bbe2e68fc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4134,101 +4134,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217368e20ccb41dc1" w:history="1">
+      <w:hyperlink r:id="rId9333690bbe2e69307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157768e20ccb41e14" w:history="1">
+      <w:hyperlink r:id="rId4569690bbe2e6943c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4854,51 +4854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152568e20ccb4224e" w:history="1">
+      <w:hyperlink r:id="rId9301690bbe2e698d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842768e20ccb423a0" w:history="1">
+      <w:hyperlink r:id="rId8407690bbe2e69a58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5209,81 +5209,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853768e20ccb42493" w:history="1">
+      <w:hyperlink r:id="rId8291690bbe2e69b84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54111501" name="name530468e20ccb42b0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="1508018" name="name1513690bbe2e69d3d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId587768e20ccb42b0c" cstate="print"/>
+                    <a:blip r:embed="rId8912690bbe2e69d3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5381,137 +5381,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51871314">
+  <w:abstractNum w:abstractNumId="91058587">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29842324">
+    <w:lvl w:ilvl="0" w:tplc="99952623">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29842324" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99952623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51871313">
+  <w:abstractNum w:abstractNumId="91058586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78940725">
+    <w:lvl w:ilvl="0" w:tplc="81048588">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6263,55 +6263,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51871313">
-    <w:abstractNumId w:val="51871313"/>
+  <w:num w:numId="91058586">
+    <w:abstractNumId w:val="91058586"/>
   </w:num>
-  <w:num w:numId="51871314">
-    <w:abstractNumId w:val="51871314"/>
+  <w:num w:numId="91058587">
+    <w:abstractNumId w:val="91058587"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17861,51 +17861,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId601614344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962134380" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId562468e20ccb40388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId425368e20ccb41798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId205268e20ccb41896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId929868e20ccb419c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId695968e20ccb41ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId217368e20ccb41dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId157768e20ccb41e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId152568e20ccb4224e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId842768e20ccb423a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId853768e20ccb42493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId587768e20ccb42b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587768e20ccb42b0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId428910654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId683517734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9940690bbe2e678e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId9396690bbe2e68caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId3910690bbe2e68d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId5058690bbe2e68eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId8129690bbe2e68fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId9333690bbe2e69307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId4569690bbe2e6943c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId9301690bbe2e698d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId8407690bbe2e69a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8291690bbe2e69b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId8912690bbe2e69d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8912690bbe2e69d3b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>