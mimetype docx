--- v1 (2025-11-05)
+++ v2 (2025-12-05)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Cobb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9940690bbe2e678e6" w:history="1">
+            <w:hyperlink r:id="rId54466933014eb0462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3194,51 +3194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dagger nematode). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9396690bbe2e68caa" w:history="1">
+      <w:hyperlink r:id="rId61366933014eb17d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.57023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3342,51 +3342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3910690bbe2e68d9e" w:history="1">
+      <w:hyperlink r:id="rId79106933014eb18ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3528,51 +3528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5058690bbe2e68eda" w:history="1">
+      <w:hyperlink r:id="rId16616933014eb19f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3676,51 +3676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8129690bbe2e68fc9" w:history="1">
+      <w:hyperlink r:id="rId46416933014eb1ae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4134,101 +4134,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9333690bbe2e69307" w:history="1">
+      <w:hyperlink r:id="rId24376933014eb1de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4569690bbe2e6943c" w:history="1">
+      <w:hyperlink r:id="rId98426933014eb1e35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4854,51 +4854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9301690bbe2e698d8" w:history="1">
+      <w:hyperlink r:id="rId15616933014eb2267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8407690bbe2e69a58" w:history="1">
+      <w:hyperlink r:id="rId57016933014eb23b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5209,81 +5209,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8291690bbe2e69b84" w:history="1">
+      <w:hyperlink r:id="rId67856933014eb24a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1508018" name="name1513690bbe2e69d3d" descr="eu_funding_250.png"/>
+            <wp:docPr id="33921530" name="name56566933014eb2510" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8912690bbe2e69d3b" cstate="print"/>
+                    <a:blip r:embed="rId34446933014eb250f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5381,137 +5381,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91058587">
+  <w:abstractNum w:abstractNumId="39215753">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99952623">
+    <w:lvl w:ilvl="0" w:tplc="14446952">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99952623" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14446952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91058586">
+  <w:abstractNum w:abstractNumId="39215752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81048588">
+    <w:lvl w:ilvl="0" w:tplc="27796974">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6263,55 +6263,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91058586">
-    <w:abstractNumId w:val="91058586"/>
+  <w:num w:numId="39215752">
+    <w:abstractNumId w:val="39215752"/>
   </w:num>
-  <w:num w:numId="91058587">
-    <w:abstractNumId w:val="91058587"/>
+  <w:num w:numId="39215753">
+    <w:abstractNumId w:val="39215753"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17861,51 +17861,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId428910654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId683517734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9940690bbe2e678e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId9396690bbe2e68caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId3910690bbe2e68d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId5058690bbe2e68eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId8129690bbe2e68fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId9333690bbe2e69307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId4569690bbe2e6943c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId9301690bbe2e698d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId8407690bbe2e69a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8291690bbe2e69b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId8912690bbe2e69d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8912690bbe2e69d3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId183500836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734075199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId54466933014eb0462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId61366933014eb17d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId79106933014eb18ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId16616933014eb19f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId46416933014eb1ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId24376933014eb1de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId98426933014eb1e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId15616933014eb2267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId57016933014eb23b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67856933014eb24a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId34446933014eb250f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34446933014eb250f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>