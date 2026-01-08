--- v2 (2025-12-05)
+++ v3 (2026-01-08)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Cobb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54466933014eb0462" w:history="1">
+            <w:hyperlink r:id="rId6820695fed049fb3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3194,51 +3194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dagger nematode). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61366933014eb17d9" w:history="1">
+      <w:hyperlink r:id="rId2964695fed04a0eb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.57023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3342,51 +3342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79106933014eb18ce" w:history="1">
+      <w:hyperlink r:id="rId1223695fed04a0fab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3528,51 +3528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16616933014eb19f7" w:history="1">
+      <w:hyperlink r:id="rId4213695fed04a10d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3676,51 +3676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46416933014eb1ae4" w:history="1">
+      <w:hyperlink r:id="rId2746695fed04a11be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4134,101 +4134,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24376933014eb1de2" w:history="1">
+      <w:hyperlink r:id="rId5079695fed04a14a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98426933014eb1e35" w:history="1">
+      <w:hyperlink r:id="rId5640695fed04a1508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4854,51 +4854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15616933014eb2267" w:history="1">
+      <w:hyperlink r:id="rId5313695fed04a1933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5040,73 +5040,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57016933014eb23b7" w:history="1">
+      <w:hyperlink r:id="rId1288695fed04a1a85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5209,81 +5209,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67856933014eb24a9" w:history="1">
+      <w:hyperlink r:id="rId3474695fed04a1b77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33921530" name="name56566933014eb2510" descr="eu_funding_250.png"/>
+            <wp:docPr id="53428188" name="name6238695fed04a1c52" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34446933014eb250f" cstate="print"/>
+                    <a:blip r:embed="rId2465695fed04a1c51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5381,137 +5381,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39215753">
+  <w:abstractNum w:abstractNumId="76719087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14446952">
+    <w:lvl w:ilvl="0" w:tplc="73413583">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14446952" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73413583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39215752">
+  <w:abstractNum w:abstractNumId="76719086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27796974">
+    <w:lvl w:ilvl="0" w:tplc="30952985">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6263,55 +6263,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39215752">
-    <w:abstractNumId w:val="39215752"/>
+  <w:num w:numId="76719086">
+    <w:abstractNumId w:val="76719086"/>
   </w:num>
-  <w:num w:numId="39215753">
-    <w:abstractNumId w:val="39215753"/>
+  <w:num w:numId="76719087">
+    <w:abstractNumId w:val="76719087"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17861,51 +17861,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId183500836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734075199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId54466933014eb0462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId61366933014eb17d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId79106933014eb18ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId16616933014eb19f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId46416933014eb1ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId24376933014eb1de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId98426933014eb1e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId15616933014eb2267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId57016933014eb23b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67856933014eb24a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId34446933014eb250f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34446933014eb250f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731986837" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId561209791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6820695fed049fb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId2964695fed04a0eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId1223695fed04a0fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId4213695fed04a10d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId2746695fed04a11be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId5079695fed04a14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId5640695fed04a1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId5313695fed04a1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId1288695fed04a1a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3474695fed04a1b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId2465695fed04a1c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2465695fed04a1c51.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>