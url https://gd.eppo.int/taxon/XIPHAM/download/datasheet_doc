--- v3 (2026-01-08)
+++ v4 (2026-02-06)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Cobb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6820695fed049fb3f" w:history="1">
+            <w:hyperlink r:id="rId699469865150e13a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3194,51 +3194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dagger nematode). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2964695fed04a0eb8" w:history="1">
+      <w:hyperlink r:id="rId463269865150e2bb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.57023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3342,51 +3342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1223695fed04a0fab" w:history="1">
+      <w:hyperlink r:id="rId182569865150e2d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3528,51 +3528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4213695fed04a10d2" w:history="1">
+      <w:hyperlink r:id="rId320269865150e2e3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3676,51 +3676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2746695fed04a11be" w:history="1">
+      <w:hyperlink r:id="rId450269865150e303b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4134,101 +4134,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5079695fed04a14a9" w:history="1">
+      <w:hyperlink r:id="rId573169865150e33a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5640695fed04a1508" w:history="1">
+      <w:hyperlink r:id="rId173369865150e33f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4854,51 +4854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5313695fed04a1933" w:history="1">
+      <w:hyperlink r:id="rId624869865150e391c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1288695fed04a1a85" w:history="1">
+      <w:hyperlink r:id="rId589969865150e3aa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5209,81 +5209,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3474695fed04a1b77" w:history="1">
+      <w:hyperlink r:id="rId836069865150e3b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53428188" name="name6238695fed04a1c52" descr="eu_funding_250.png"/>
+            <wp:docPr id="73853156" name="name724569865150e3c7b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2465695fed04a1c51" cstate="print"/>
+                    <a:blip r:embed="rId977469865150e3c79" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5381,137 +5381,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76719087">
+  <w:abstractNum w:abstractNumId="49738677">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73413583">
+    <w:lvl w:ilvl="0" w:tplc="83096033">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73413583" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83096033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76719086">
+  <w:abstractNum w:abstractNumId="49738676">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30952985">
+    <w:lvl w:ilvl="0" w:tplc="84919345">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6263,55 +6263,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76719086">
-    <w:abstractNumId w:val="76719086"/>
+  <w:num w:numId="49738676">
+    <w:abstractNumId w:val="49738676"/>
   </w:num>
-  <w:num w:numId="76719087">
-    <w:abstractNumId w:val="76719087"/>
+  <w:num w:numId="49738677">
+    <w:abstractNumId w:val="49738677"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17861,51 +17861,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731986837" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId561209791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6820695fed049fb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId2964695fed04a0eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId1223695fed04a0fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId4213695fed04a10d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId2746695fed04a11be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId5079695fed04a14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId5640695fed04a1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId5313695fed04a1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId1288695fed04a1a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3474695fed04a1b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId2465695fed04a1c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2465695fed04a1c51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910668483" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820944794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId699469865150e13a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId463269865150e2bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId182569865150e2d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId320269865150e2e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId450269865150e303b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId573169865150e33a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId173369865150e33f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId624869865150e391c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId589969865150e3aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId836069865150e3b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId977469865150e3c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977469865150e3c79.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>