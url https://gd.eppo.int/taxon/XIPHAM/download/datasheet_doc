--- v4 (2026-02-06)
+++ v5 (2026-03-20)
@@ -261,51 +261,51 @@
               <w:t xml:space="preserve"> Cobb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Nematoda: Enoplea: Dorylaimida: Longidoridae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId699469865150e13a6" w:history="1">
+            <w:hyperlink r:id="rId757069bcf6e18639e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3194,51 +3194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dagger nematode). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463269865150e2bb9" w:history="1">
+      <w:hyperlink r:id="rId248869bcf6e1876e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.57023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3342,51 +3342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182569865150e2d08" w:history="1">
+      <w:hyperlink r:id="rId191569bcf6e1877d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3528,51 +3528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FERA (2014) Rapid Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320269865150e2e3a" w:history="1">
+      <w:hyperlink r:id="rId618669bcf6e1878f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3676,51 +3676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450269865150e303b" w:history="1">
+      <w:hyperlink r:id="rId248369bcf6e1879e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4134,101 +4134,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573169865150e33a3" w:history="1">
+      <w:hyperlink r:id="rId487069bcf6e187cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173369865150e33f8" w:history="1">
+      <w:hyperlink r:id="rId124369bcf6e187d2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4854,51 +4854,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624869865150e391c" w:history="1">
+      <w:hyperlink r:id="rId243969bcf6e18814f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589969865150e3aa0" w:history="1">
+      <w:hyperlink r:id="rId289969bcf6e18829a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5209,81 +5209,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836069865150e3b94" w:history="1">
+      <w:hyperlink r:id="rId798869bcf6e188389" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73853156" name="name724569865150e3c7b" descr="eu_funding_250.png"/>
+            <wp:docPr id="9321545" name="name646669bcf6e188798" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId977469865150e3c79" cstate="print"/>
+                    <a:blip r:embed="rId545169bcf6e188796" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5381,137 +5381,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49738677">
+  <w:abstractNum w:abstractNumId="67473760">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83096033">
+    <w:lvl w:ilvl="0" w:tplc="59387973">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83096033" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59387973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49738676">
+  <w:abstractNum w:abstractNumId="67473759">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84919345">
+    <w:lvl w:ilvl="0" w:tplc="96462611">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6263,55 +6263,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49738676">
-    <w:abstractNumId w:val="49738676"/>
+  <w:num w:numId="67473759">
+    <w:abstractNumId w:val="67473759"/>
   </w:num>
-  <w:num w:numId="49738677">
-    <w:abstractNumId w:val="49738677"/>
+  <w:num w:numId="67473760">
+    <w:abstractNumId w:val="67473760"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17861,51 +17861,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910668483" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820944794" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId699469865150e13a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId463269865150e2bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId182569865150e2d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId320269865150e2e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId450269865150e303b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId573169865150e33a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId173369865150e33f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId624869865150e391c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId589969865150e3aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId836069865150e3b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId977469865150e3c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977469865150e3c79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId770732636" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590216711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId757069bcf6e18639e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAM/" TargetMode="External"/><Relationship Id="rId248869bcf6e1876e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.57023" TargetMode="External"/><Relationship Id="rId191569bcf6e1877d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId618669bcf6e1878f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId248369bcf6e1879e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId487069bcf6e187cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId124369bcf6e187d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId243969bcf6e18814f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId289969bcf6e18829a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId798869bcf6e188389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId545169bcf6e188796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545169bcf6e188796.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>