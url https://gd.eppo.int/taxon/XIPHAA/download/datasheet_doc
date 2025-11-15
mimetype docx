--- v0 (2025-10-09)
+++ v1 (2025-11-15)
@@ -351,51 +351,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American dagger nematode, tobacco ring nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756568e771ff5fd2c" w:history="1">
+            <w:hyperlink r:id="rId78156918909beb72d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -411,51 +411,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId799168e771ff5fd96" w:history="1">
+            <w:hyperlink r:id="rId63016918909beb849" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1261,63 +1261,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. americanum s.s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North America and has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67483027" name="name535768e771ff60d93" descr="XIPHAA_distribution_map.jpg"/>
+            <wp:docPr id="16660305" name="name69776918909bed956" descr="XIPHAA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHAA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId485268e771ff60d90" cstate="print"/>
+                    <a:blip r:embed="rId12496918909bed953" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3059,51 +3059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966468e771ff61ba1" w:history="1">
+      <w:hyperlink r:id="rId31196918909bee891" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3265,51 +3265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971568e771ff61cf2" w:history="1">
+      <w:hyperlink r:id="rId41456918909beea04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916168e771ff61f30" w:history="1">
+      <w:hyperlink r:id="rId29666918909beec65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3909,101 +3909,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411268e771ff620f5" w:history="1">
+      <w:hyperlink r:id="rId11746918909beee52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986968e771ff62147" w:history="1">
+      <w:hyperlink r:id="rId94096918909beeebf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4368,51 +4368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129568e771ff62739" w:history="1">
+      <w:hyperlink r:id="rId10486918909bef18b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4478,51 +4478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399568e771ff62856" w:history="1">
+      <w:hyperlink r:id="rId41806918909bef25c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4645,81 +4645,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185968e771ff629ca" w:history="1">
+      <w:hyperlink r:id="rId54176918909bef39e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48500378" name="name214868e771ff62b69" descr="eu_funding_250.png"/>
+            <wp:docPr id="22598126" name="name25846918909bef41a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId160668e771ff62b67" cstate="print"/>
+                    <a:blip r:embed="rId82536918909bef419" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4817,137 +4817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14303128">
+  <w:abstractNum w:abstractNumId="73110616">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84475714">
+    <w:lvl w:ilvl="0" w:tplc="12697893">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84475714" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12697893" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14303127">
+  <w:abstractNum w:abstractNumId="73110615">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21908935">
+    <w:lvl w:ilvl="0" w:tplc="39594750">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5699,55 +5699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14303127">
-    <w:abstractNumId w:val="14303127"/>
+  <w:num w:numId="73110615">
+    <w:abstractNumId w:val="73110615"/>
   </w:num>
-  <w:num w:numId="14303128">
-    <w:abstractNumId w:val="14303128"/>
+  <w:num w:numId="73110616">
+    <w:abstractNumId w:val="73110616"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17297,51 +17297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId863355424" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId816725120" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId756568e771ff5fd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId799168e771ff5fd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId966468e771ff61ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId971568e771ff61cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId916168e771ff61f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId411268e771ff620f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId986968e771ff62147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId129568e771ff62739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId399568e771ff62856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId185968e771ff629ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId485268e771ff60d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485268e771ff60d90.jpg"/><Relationship Id="rId160668e771ff62b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId160668e771ff62b67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943100601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId393979867" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78156918909beb72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId63016918909beb849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId31196918909bee891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId41456918909beea04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId29666918909beec65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId11746918909beee52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId94096918909beeebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId10486918909bef18b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId41806918909bef25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54176918909bef39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId12496918909bed953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12496918909bed953.jpg"/><Relationship Id="rId82536918909bef419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82536918909bef419.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>