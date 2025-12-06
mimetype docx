--- v1 (2025-11-15)
+++ v2 (2025-12-06)
@@ -351,51 +351,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American dagger nematode, tobacco ring nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78156918909beb72d" w:history="1">
+            <w:hyperlink r:id="rId48996933bc910b6a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -411,51 +411,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63016918909beb849" w:history="1">
+            <w:hyperlink r:id="rId50796933bc910b710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1261,63 +1261,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. americanum s.s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North America and has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16660305" name="name69776918909bed956" descr="XIPHAA_distribution_map.jpg"/>
+            <wp:docPr id="49119858" name="name47536933bc910d204" descr="XIPHAA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHAA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12496918909bed953" cstate="print"/>
+                    <a:blip r:embed="rId71876933bc910d201" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3059,51 +3059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31196918909bee891" w:history="1">
+      <w:hyperlink r:id="rId10116933bc910e2f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3265,51 +3265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41456918909beea04" w:history="1">
+      <w:hyperlink r:id="rId62816933bc910e4a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29666918909beec65" w:history="1">
+      <w:hyperlink r:id="rId79886933bc910e73e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3909,101 +3909,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11746918909beee52" w:history="1">
+      <w:hyperlink r:id="rId85216933bc910eae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94096918909beeebf" w:history="1">
+      <w:hyperlink r:id="rId60866933bc910eb62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4368,51 +4368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10486918909bef18b" w:history="1">
+      <w:hyperlink r:id="rId52056933bc910ee24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4478,51 +4478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41806918909bef25c" w:history="1">
+      <w:hyperlink r:id="rId98076933bc910eee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4645,81 +4645,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54176918909bef39e" w:history="1">
+      <w:hyperlink r:id="rId63836933bc910eff8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22598126" name="name25846918909bef41a" descr="eu_funding_250.png"/>
+            <wp:docPr id="34833859" name="name72516933bc910f09a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82536918909bef419" cstate="print"/>
+                    <a:blip r:embed="rId64476933bc910f099" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4817,137 +4817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73110616">
+  <w:abstractNum w:abstractNumId="19695332">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12697893">
+    <w:lvl w:ilvl="0" w:tplc="72304123">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12697893" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72304123" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73110615">
+  <w:abstractNum w:abstractNumId="19695331">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39594750">
+    <w:lvl w:ilvl="0" w:tplc="81954368">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5699,55 +5699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73110615">
-    <w:abstractNumId w:val="73110615"/>
+  <w:num w:numId="19695331">
+    <w:abstractNumId w:val="19695331"/>
   </w:num>
-  <w:num w:numId="73110616">
-    <w:abstractNumId w:val="73110616"/>
+  <w:num w:numId="19695332">
+    <w:abstractNumId w:val="19695332"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17297,51 +17297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943100601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId393979867" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78156918909beb72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId63016918909beb849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId31196918909bee891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId41456918909beea04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId29666918909beec65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId11746918909beee52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId94096918909beeebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId10486918909bef18b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId41806918909bef25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54176918909bef39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId12496918909bed953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12496918909bed953.jpg"/><Relationship Id="rId82536918909bef419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82536918909bef419.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527563888" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168477052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48996933bc910b6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId50796933bc910b710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId10116933bc910e2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId62816933bc910e4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId79886933bc910e73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId85216933bc910eae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId60866933bc910eb62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId52056933bc910ee24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId98076933bc910eee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63836933bc910eff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId71876933bc910d201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71876933bc910d201.jpg"/><Relationship Id="rId64476933bc910f099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64476933bc910f099.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>