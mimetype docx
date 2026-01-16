--- v2 (2025-12-06)
+++ v3 (2026-01-16)
@@ -351,51 +351,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American dagger nematode, tobacco ring nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48996933bc910b6a5" w:history="1">
+            <w:hyperlink r:id="rId7626696a8e1bde98c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -411,51 +411,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50796933bc910b710" w:history="1">
+            <w:hyperlink r:id="rId1325696a8e1bdeab6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1261,63 +1261,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. americanum s.s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North America and has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49119858" name="name47536933bc910d204" descr="XIPHAA_distribution_map.jpg"/>
+            <wp:docPr id="71659277" name="name5423696a8e1bdfe36" descr="XIPHAA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHAA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId71876933bc910d201" cstate="print"/>
+                    <a:blip r:embed="rId6085696a8e1bdfe34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3059,51 +3059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10116933bc910e2f4" w:history="1">
+      <w:hyperlink r:id="rId1593696a8e1be105a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3265,51 +3265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62816933bc910e4a5" w:history="1">
+      <w:hyperlink r:id="rId2682696a8e1be11a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79886933bc910e73e" w:history="1">
+      <w:hyperlink r:id="rId7192696a8e1be14bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3909,101 +3909,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85216933bc910eae4" w:history="1">
+      <w:hyperlink r:id="rId6603696a8e1be168e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60866933bc910eb62" w:history="1">
+      <w:hyperlink r:id="rId5050696a8e1be16e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4368,51 +4368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52056933bc910ee24" w:history="1">
+      <w:hyperlink r:id="rId6570696a8e1be19ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4456,73 +4456,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98076933bc910eee4" w:history="1">
+      <w:hyperlink r:id="rId5537696a8e1be1a6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4645,81 +4645,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63836933bc910eff8" w:history="1">
+      <w:hyperlink r:id="rId4380696a8e1be1b88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34833859" name="name72516933bc910f09a" descr="eu_funding_250.png"/>
+            <wp:docPr id="2060383" name="name2423696a8e1be1be2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64476933bc910f099" cstate="print"/>
+                    <a:blip r:embed="rId9664696a8e1be1be1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4817,137 +4817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19695332">
+  <w:abstractNum w:abstractNumId="45232422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72304123">
+    <w:lvl w:ilvl="0" w:tplc="37098388">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72304123" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37098388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19695331">
+  <w:abstractNum w:abstractNumId="45232421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81954368">
+    <w:lvl w:ilvl="0" w:tplc="21419227">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5699,55 +5699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19695331">
-    <w:abstractNumId w:val="19695331"/>
+  <w:num w:numId="45232421">
+    <w:abstractNumId w:val="45232421"/>
   </w:num>
-  <w:num w:numId="19695332">
-    <w:abstractNumId w:val="19695332"/>
+  <w:num w:numId="45232422">
+    <w:abstractNumId w:val="45232422"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17297,51 +17297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527563888" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168477052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48996933bc910b6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId50796933bc910b710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId10116933bc910e2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId62816933bc910e4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId79886933bc910e73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId85216933bc910eae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId60866933bc910eb62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId52056933bc910ee24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId98076933bc910eee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63836933bc910eff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId71876933bc910d201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71876933bc910d201.jpg"/><Relationship Id="rId64476933bc910f099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64476933bc910f099.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId955934854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703457572" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7626696a8e1bde98c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId1325696a8e1bdeab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId1593696a8e1be105a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId2682696a8e1be11a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId7192696a8e1be14bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId6603696a8e1be168e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId5050696a8e1be16e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId6570696a8e1be19ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId5537696a8e1be1a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4380696a8e1be1b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId6085696a8e1bdfe34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6085696a8e1bdfe34.jpg"/><Relationship Id="rId9664696a8e1be1be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9664696a8e1be1be1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>