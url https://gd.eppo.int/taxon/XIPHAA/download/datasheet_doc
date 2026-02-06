--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -351,51 +351,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American dagger nematode, tobacco ring nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7626696a8e1bde98c" w:history="1">
+            <w:hyperlink r:id="rId8452698651500449a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -409,53 +409,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1325696a8e1bdeab6" w:history="1">
+            <w:hyperlink r:id="rId98596986515004504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1261,63 +1261,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. americanum s.s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North America and has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71659277" name="name5423696a8e1bdfe36" descr="XIPHAA_distribution_map.jpg"/>
+            <wp:docPr id="74777517" name="name14546986515005117" descr="XIPHAA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHAA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6085696a8e1bdfe34" cstate="print"/>
+                    <a:blip r:embed="rId37696986515005115" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3059,51 +3059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1593696a8e1be105a" w:history="1">
+      <w:hyperlink r:id="rId66196986515005f74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3265,51 +3265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2682696a8e1be11a7" w:history="1">
+      <w:hyperlink r:id="rId350969865150060d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7192696a8e1be14bc" w:history="1">
+      <w:hyperlink r:id="rId9653698651500632b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3909,101 +3909,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6603696a8e1be168e" w:history="1">
+      <w:hyperlink r:id="rId728669865150064f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5050696a8e1be16e0" w:history="1">
+      <w:hyperlink r:id="rId4826698651500654a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4368,51 +4368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6570696a8e1be19ae" w:history="1">
+      <w:hyperlink r:id="rId76006986515006805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4478,51 +4478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5537696a8e1be1a6d" w:history="1">
+      <w:hyperlink r:id="rId661369865150068cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4645,81 +4645,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4380696a8e1be1b88" w:history="1">
+      <w:hyperlink r:id="rId125269865150069ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2060383" name="name2423696a8e1be1be2" descr="eu_funding_250.png"/>
+            <wp:docPr id="88938489" name="name13986986515006a4c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9664696a8e1be1be1" cstate="print"/>
+                    <a:blip r:embed="rId19066986515006a4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4817,137 +4817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45232422">
+  <w:abstractNum w:abstractNumId="83662518">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37098388">
+    <w:lvl w:ilvl="0" w:tplc="70511118">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37098388" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70511118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45232421">
+  <w:abstractNum w:abstractNumId="83662517">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21419227">
+    <w:lvl w:ilvl="0" w:tplc="71495188">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5699,55 +5699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45232421">
-    <w:abstractNumId w:val="45232421"/>
+  <w:num w:numId="83662517">
+    <w:abstractNumId w:val="83662517"/>
   </w:num>
-  <w:num w:numId="45232422">
-    <w:abstractNumId w:val="45232422"/>
+  <w:num w:numId="83662518">
+    <w:abstractNumId w:val="83662518"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17297,51 +17297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId955934854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703457572" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7626696a8e1bde98c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId1325696a8e1bdeab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId1593696a8e1be105a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId2682696a8e1be11a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId7192696a8e1be14bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId6603696a8e1be168e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId5050696a8e1be16e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId6570696a8e1be19ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId5537696a8e1be1a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4380696a8e1be1b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId6085696a8e1bdfe34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6085696a8e1bdfe34.jpg"/><Relationship Id="rId9664696a8e1be1be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9664696a8e1be1be1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId304960975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId271988541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8452698651500449a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId98596986515004504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId66196986515005f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId350969865150060d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId9653698651500632b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId728669865150064f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId4826698651500654a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId76006986515006805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId661369865150068cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId125269865150069ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId37696986515005115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37696986515005115.jpg"/><Relationship Id="rId19066986515006a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19066986515006a4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>