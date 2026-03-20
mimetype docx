--- v4 (2026-02-06)
+++ v5 (2026-03-20)
@@ -351,51 +351,51 @@
               <w:t xml:space="preserve"> Lamberti &amp; Bleve-Zacheo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American dagger nematode, tobacco ring nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8452698651500449a" w:history="1">
+            <w:hyperlink r:id="rId651569bcc4c9cd893" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -411,51 +411,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98596986515004504" w:history="1">
+            <w:hyperlink r:id="rId845269bcc4c9cd8fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1261,63 +1261,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. americanum s.s.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been reported from North America and has not been reported in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74777517" name="name14546986515005117" descr="XIPHAA_distribution_map.jpg"/>
+            <wp:docPr id="48248719" name="name382669bcc4c9cf0f1" descr="XIPHAA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XIPHAA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37696986515005115" cstate="print"/>
+                    <a:blip r:embed="rId315869bcc4c9cf0ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3059,51 +3059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66196986515005f74" w:history="1">
+      <w:hyperlink r:id="rId793469bcc4c9cfeb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3265,51 +3265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (European populations). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350969865150060d9" w:history="1">
+      <w:hyperlink r:id="rId338069bcc4c9d000a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3627,51 +3627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heve WK, Crow WT &amp; Mengistu T (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. - dagger nematode. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9653698651500632b" w:history="1">
+      <w:hyperlink r:id="rId903269bcc4c9d025e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3909,101 +3909,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e0217506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728669865150064f7" w:history="1">
+      <w:hyperlink r:id="rId474669bcc4c9d0420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0217506</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NVWA (The Netherlands Food and Consumer Product Safety Authority) (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum s.l.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4826698651500654a" w:history="1">
+      <w:hyperlink r:id="rId143169bcc4c9d0472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4368,51 +4368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of nematology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76006986515006805" w:history="1">
+      <w:hyperlink r:id="rId552169bcc4c9d0708" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21307/jofnem-2019-007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4478,51 +4478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xiphinema americanum sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661369865150068cc" w:history="1">
+      <w:hyperlink r:id="rId238669bcc4c9d080f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4645,81 +4645,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125269865150069ed" w:history="1">
+      <w:hyperlink r:id="rId973869bcc4c9d0920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01984.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88938489" name="name13986986515006a4c" descr="eu_funding_250.png"/>
+            <wp:docPr id="70758979" name="name790169bcc4c9d09af" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19066986515006a4b" cstate="print"/>
+                    <a:blip r:embed="rId865669bcc4c9d09ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4817,137 +4817,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83662518">
+  <w:abstractNum w:abstractNumId="20594548">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70511118">
+    <w:lvl w:ilvl="0" w:tplc="22602690">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70511118" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22602690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83662517">
+  <w:abstractNum w:abstractNumId="20594547">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71495188">
+    <w:lvl w:ilvl="0" w:tplc="59927292">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5699,55 +5699,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83662517">
-    <w:abstractNumId w:val="83662517"/>
+  <w:num w:numId="20594547">
+    <w:abstractNumId w:val="20594547"/>
   </w:num>
-  <w:num w:numId="83662518">
-    <w:abstractNumId w:val="83662518"/>
+  <w:num w:numId="20594548">
+    <w:abstractNumId w:val="20594548"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17297,51 +17297,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId304960975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId271988541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8452698651500449a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId98596986515004504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId66196986515005f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId350969865150060d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId9653698651500632b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId728669865150064f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId4826698651500654a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId76006986515006805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId661369865150068cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId125269865150069ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId37696986515005115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37696986515005115.jpg"/><Relationship Id="rId19066986515006a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19066986515006a4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId513038406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745948725" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId651569bcc4c9cd893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/" TargetMode="External"/><Relationship Id="rId845269bcc4c9cd8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XIPHAA/categorization" TargetMode="External"/><Relationship Id="rId793469bcc4c9cfeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId338069bcc4c9d000a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/" TargetMode="External"/><Relationship Id="rId903269bcc4c9d025e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ifas.ufl.edu/creatures/nematode/dagger_nematode.htm" TargetMode="External"/><Relationship Id="rId474669bcc4c9d0420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217506" TargetMode="External"/><Relationship Id="rId143169bcc4c9d0472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1eb7d285-8ce3-4170-8f95-9a1b44547555" TargetMode="External"/><Relationship Id="rId552169bcc4c9d0708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21307/jofnem-2019-007" TargetMode="External"/><Relationship Id="rId238669bcc4c9d080f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973869bcc4c9d0920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01984.x" TargetMode="External"/><Relationship Id="rId315869bcc4c9cf0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId315869bcc4c9cf0ee.jpg"/><Relationship Id="rId865669bcc4c9d09ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865669bcc4c9d09ae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>