--- v0 (2025-10-20)
+++ v1 (2026-02-05)
@@ -605,51 +605,51 @@
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>