--- v1 (2026-02-05)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="XANTVE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
@@ -480,50 +480,56 @@
     <t>Virgin Islands (US)</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Karnataka</t>
   </si>
   <si>
     <t>kt</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JO</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PH</t>
   </si>
@@ -1100,51 +1106,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F116"/>
+  <dimension ref="A1:F117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2361,51 +2367,51 @@
       <c r="B72" t="s">
         <v>154</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>155</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>156</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>157</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>149</v>
       </c>
       <c r="B74" t="s">
         <v>158</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
         <v>159</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>149</v>
       </c>
       <c r="B75" t="s">
         <v>160</v>
       </c>
@@ -2425,718 +2431,734 @@
       <c r="B76" t="s">
         <v>162</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>163</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>149</v>
       </c>
       <c r="B77" t="s">
         <v>164</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>165</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
+        <v>149</v>
+      </c>
+      <c r="B78" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B79" t="s">
         <v>169</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>170</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B80" t="s">
         <v>171</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>172</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B81" t="s">
         <v>173</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>174</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>175</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>176</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>177</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>178</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B84" t="s">
         <v>179</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>180</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B85" t="s">
         <v>181</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>182</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B86" t="s">
         <v>183</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>184</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B87" t="s">
         <v>185</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>186</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B88" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C88" t="s">
         <v>187</v>
       </c>
+      <c r="C88"/>
       <c r="D88" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="E88" t="s">
         <v>188</v>
       </c>
+      <c r="E88"/>
       <c r="F88" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B89" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C89" t="s">
         <v>189</v>
       </c>
       <c r="D89" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E89" t="s">
-        <v>71</v>
+        <v>190</v>
       </c>
       <c r="F89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B90" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="C90"/>
+        <v>187</v>
+      </c>
+      <c r="C90" t="s">
+        <v>191</v>
+      </c>
       <c r="D90" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="E90"/>
+        <v>188</v>
+      </c>
+      <c r="E90" t="s">
+        <v>71</v>
+      </c>
       <c r="F90" t="s">
-        <v>192</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B91" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>9</v>
+        <v>194</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B92" t="s">
         <v>195</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>196</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B93" t="s">
         <v>197</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>198</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B94" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="C94" t="s">
         <v>199</v>
       </c>
+      <c r="C94"/>
       <c r="D94" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="E94" t="s">
         <v>200</v>
       </c>
+      <c r="E94"/>
       <c r="F94" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B95" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C95" t="s">
         <v>201</v>
       </c>
       <c r="D95" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E95" t="s">
         <v>202</v>
       </c>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B96" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C96" t="s">
         <v>203</v>
       </c>
       <c r="D96" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E96" t="s">
         <v>204</v>
       </c>
       <c r="F96" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B97" t="s">
+        <v>199</v>
+      </c>
+      <c r="C97" t="s">
         <v>205</v>
       </c>
-      <c r="C97"/>
       <c r="D97" t="s">
+        <v>200</v>
+      </c>
+      <c r="E97" t="s">
         <v>206</v>
       </c>
-      <c r="E97"/>
       <c r="F97" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B98" t="s">
         <v>207</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>208</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B99" t="s">
         <v>209</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>210</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B100" t="s">
         <v>211</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>212</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B101" t="s">
         <v>213</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>214</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>215</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B102" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>22</v>
+        <v>217</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B103" t="s">
         <v>218</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>219</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B104" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="C104" t="s">
         <v>220</v>
       </c>
+      <c r="C104"/>
       <c r="D104" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="E104" t="s">
         <v>221</v>
       </c>
+      <c r="E104"/>
       <c r="F104" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>168</v>
+      </c>
+      <c r="B105" t="s">
+        <v>220</v>
+      </c>
+      <c r="C105" t="s">
         <v>222</v>
       </c>
-      <c r="B105" t="s">
+      <c r="D105" t="s">
+        <v>221</v>
+      </c>
+      <c r="E105" t="s">
         <v>223</v>
       </c>
-      <c r="C105"/>
-[...3 lines deleted...]
-      <c r="E105"/>
       <c r="F105" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B106" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C106" t="s">
         <v>225</v>
       </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="E106" t="s">
         <v>226</v>
       </c>
+      <c r="E106"/>
       <c r="F106" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B107" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C107" t="s">
         <v>227</v>
       </c>
       <c r="D107" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E107" t="s">
         <v>228</v>
       </c>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B108" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C108" t="s">
         <v>229</v>
       </c>
       <c r="D108" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E108" t="s">
         <v>230</v>
       </c>
       <c r="F108" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B109" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C109" t="s">
         <v>231</v>
       </c>
       <c r="D109" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E109" t="s">
         <v>232</v>
       </c>
       <c r="F109" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B110" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C110" t="s">
         <v>233</v>
       </c>
       <c r="D110" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E110" t="s">
         <v>234</v>
       </c>
       <c r="F110" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B111" t="s">
+        <v>225</v>
+      </c>
+      <c r="C111" t="s">
         <v>235</v>
       </c>
-      <c r="C111"/>
       <c r="D111" t="s">
+        <v>226</v>
+      </c>
+      <c r="E111" t="s">
         <v>236</v>
       </c>
-      <c r="E111"/>
       <c r="F111" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B112" t="s">
         <v>237</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>238</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B113" t="s">
         <v>239</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>240</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B114" t="s">
         <v>241</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
         <v>242</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B115" t="s">
         <v>243</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>244</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B116" t="s">
         <v>245</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>246</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>224</v>
+      </c>
+      <c r="B117" t="s">
+        <v>247</v>
+      </c>
+      <c r="C117"/>
+      <c r="D117" t="s">
+        <v>248</v>
+      </c>
+      <c r="E117"/>
+      <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>