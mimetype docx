--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId655868e58bf67cfd1" w:history="1">
+            <w:hyperlink r:id="rId9941690099ae4cc2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236968e58bf67d03e" w:history="1">
+            <w:hyperlink r:id="rId3857690099ae4cc95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94947709" name="name941868e58bf67d870" descr="2517.jpg"/>
+                  <wp:docPr id="21887116" name="name6765690099ae4d533" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId347368e58bf67d86f" cstate="print"/>
+                          <a:blip r:embed="rId9841690099ae4d531" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId346868e58bf67da00" w:history="1">
+            <w:hyperlink r:id="rId9372690099ae4d651" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,92 +2556,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757668e58bf67e7da" w:history="1">
+      <w:hyperlink r:id="rId9894690099ae4e3d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2280016" name="name747468e58bf67f4f4" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="50459782" name="name4674690099ae4f070" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId121168e58bf67f4f1" cstate="print"/>
+                    <a:blip r:embed="rId8039690099ae4f06c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731868e58bf6804c2" w:history="1">
+      <w:hyperlink r:id="rId8169690099ae5020a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976268e58bf680558" w:history="1">
+      <w:hyperlink r:id="rId8161690099ae502a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298968e58bf6805de" w:history="1">
+      <w:hyperlink r:id="rId1853690099ae50356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849768e58bf680635" w:history="1">
+      <w:hyperlink r:id="rId7235690099ae503b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773568e58bf680689" w:history="1">
+      <w:hyperlink r:id="rId1257690099ae5040b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149668e58bf680736" w:history="1">
+      <w:hyperlink r:id="rId3698690099ae504de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639268e58bf680802" w:history="1">
+      <w:hyperlink r:id="rId3007690099ae505c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121168e58bf6808cd" w:history="1">
+      <w:hyperlink r:id="rId3908690099ae50699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333268e58bf6809bf" w:history="1">
+      <w:hyperlink r:id="rId1350690099ae507ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621068e58bf680a71" w:history="1">
+      <w:hyperlink r:id="rId2629690099ae50864" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId259668e58bf680b41" w:history="1">
+      <w:hyperlink r:id="rId9531690099ae50915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955168e58bf680cc3" w:history="1">
+      <w:hyperlink r:id="rId4851690099ae50a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367168e58bf680d73" w:history="1">
+      <w:hyperlink r:id="rId6000690099ae50b45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545168e58bf680de7" w:history="1">
+      <w:hyperlink r:id="rId9164690099ae50bdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521968e58bf680ecf" w:history="1">
+      <w:hyperlink r:id="rId6336690099ae50cbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477168e58bf68103f" w:history="1">
+      <w:hyperlink r:id="rId8464690099ae50e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698168e58bf681184" w:history="1">
+      <w:hyperlink r:id="rId3207690099ae50fd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326668e58bf681236" w:history="1">
+      <w:hyperlink r:id="rId8070690099ae51083" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId422368e58bf6812c6" w:history="1">
+      <w:hyperlink r:id="rId2373690099ae51125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246368e58bf6813f6" w:history="1">
+      <w:hyperlink r:id="rId1355690099ae51255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497568e58bf68154a" w:history="1">
+      <w:hyperlink r:id="rId8517690099ae513d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480868e58bf681698" w:history="1">
+      <w:hyperlink r:id="rId4768690099ae5155c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916568e58bf681715" w:history="1">
+      <w:hyperlink r:id="rId6699690099ae515fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699668e58bf6817aa" w:history="1">
+      <w:hyperlink r:id="rId6668690099ae51693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911968e58bf68181c" w:history="1">
+      <w:hyperlink r:id="rId2151690099ae51707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724768e58bf6818aa" w:history="1">
+      <w:hyperlink r:id="rId3169690099ae517ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330768e58bf6819d2" w:history="1">
+      <w:hyperlink r:id="rId1626690099ae51914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107568e58bf681a80" w:history="1">
+      <w:hyperlink r:id="rId9449690099ae519c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114168e58bf681b1d" w:history="1">
+      <w:hyperlink r:id="rId6955690099ae51a8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616568e58bf681b91" w:history="1">
+      <w:hyperlink r:id="rId5647690099ae51b10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660368e58bf681c1f" w:history="1">
+      <w:hyperlink r:id="rId4702690099ae51ba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874068e58bf681c90" w:history="1">
+      <w:hyperlink r:id="rId4102690099ae51c45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928968e58bf681e08" w:history="1">
+      <w:hyperlink r:id="rId2972690099ae51de0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559468e58bf681e7c" w:history="1">
+      <w:hyperlink r:id="rId7313690099ae51e57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946968e58bf681f39" w:history="1">
+      <w:hyperlink r:id="rId6900690099ae51f2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959168e58bf681fad" w:history="1">
+      <w:hyperlink r:id="rId5696690099ae5207a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825868e58bf68201f" w:history="1">
+      <w:hyperlink r:id="rId9481690099ae520f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316768e58bf6820c4" w:history="1">
+      <w:hyperlink r:id="rId2232690099ae52189" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452768e58bf682131" w:history="1">
+      <w:hyperlink r:id="rId2754690099ae521f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441468e58bf68223e" w:history="1">
+      <w:hyperlink r:id="rId8442690099ae522fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589868e58bf6822ec" w:history="1">
+      <w:hyperlink r:id="rId2048690099ae5238f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269968e58bf6823bf" w:history="1">
+      <w:hyperlink r:id="rId6879690099ae5245c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281568e58bf682470" w:history="1">
+      <w:hyperlink r:id="rId1449690099ae524ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313768e58bf68253d" w:history="1">
+      <w:hyperlink r:id="rId1529690099ae5259a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786368e58bf6825c7" w:history="1">
+      <w:hyperlink r:id="rId8297690099ae5260a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491068e58bf682684" w:history="1">
+      <w:hyperlink r:id="rId5219690099ae526a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303368e58bf6827b7" w:history="1">
+      <w:hyperlink r:id="rId4569690099ae527d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203768e58bf68288c" w:history="1">
+      <w:hyperlink r:id="rId1689690099ae528a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252568e58bf68291e" w:history="1">
+      <w:hyperlink r:id="rId4709690099ae5292e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874768e58bf6829f0" w:history="1">
+      <w:hyperlink r:id="rId3842690099ae529fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,51 +10432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522368e58bf682ac0" w:history="1">
+      <w:hyperlink r:id="rId1104690099ae52ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186268e58bf682c34" w:history="1">
+      <w:hyperlink r:id="rId4635690099ae52c37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75149321" name="name417868e58bf682cc1" descr="eu_funding_250.png"/>
+            <wp:docPr id="36210043" name="name8103690099ae53115" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId619668e58bf682cbf" cstate="print"/>
+                    <a:blip r:embed="rId7745690099ae53114" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51043761">
+  <w:abstractNum w:abstractNumId="55991413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10740652">
+    <w:lvl w:ilvl="0" w:tplc="58944105">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10740652" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58944105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51043760">
+  <w:abstractNum w:abstractNumId="55991412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39345356">
+    <w:lvl w:ilvl="0" w:tplc="89042497">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51043760">
-    <w:abstractNumId w:val="51043760"/>
+  <w:num w:numId="55991412">
+    <w:abstractNumId w:val="55991412"/>
   </w:num>
-  <w:num w:numId="51043761">
-    <w:abstractNumId w:val="51043761"/>
+  <w:num w:numId="55991413">
+    <w:abstractNumId w:val="55991413"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId251628175" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346738824" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId655868e58bf67cfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId236968e58bf67d03e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId346868e58bf67da00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId757668e58bf67e7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId731868e58bf6804c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId976268e58bf680558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId298968e58bf6805de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId849768e58bf680635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId773568e58bf680689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId149668e58bf680736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId639268e58bf680802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId121168e58bf6808cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId333268e58bf6809bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId621068e58bf680a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId259668e58bf680b41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId955168e58bf680cc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId367168e58bf680d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId545168e58bf680de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId521968e58bf680ecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId477168e58bf68103f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId698168e58bf681184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId326668e58bf681236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId422368e58bf6812c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId246368e58bf6813f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId497568e58bf68154a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId480868e58bf681698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId916568e58bf681715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId699668e58bf6817aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId911968e58bf68181c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId724768e58bf6818aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId330768e58bf6819d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId107568e58bf681a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId114168e58bf681b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId616568e58bf681b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId660368e58bf681c1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId874068e58bf681c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId928968e58bf681e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId559468e58bf681e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId946968e58bf681f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId959168e58bf681fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId825868e58bf68201f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId316768e58bf6820c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId452768e58bf682131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId441468e58bf68223e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId589868e58bf6822ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId269968e58bf6823bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId281568e58bf682470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId313768e58bf68253d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId786368e58bf6825c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId491068e58bf682684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId303368e58bf6827b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId203768e58bf68288c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId252568e58bf68291e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId874768e58bf6829f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId522368e58bf682ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId186268e58bf682c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId347368e58bf67d86f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId347368e58bf67d86f.jpg"/><Relationship Id="rId121168e58bf67f4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121168e58bf67f4f1.jpg"/><Relationship Id="rId619668e58bf682cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619668e58bf682cbf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId919174367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589874404" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9941690099ae4cc2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId3857690099ae4cc95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId9372690099ae4d651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId9894690099ae4e3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId8169690099ae5020a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId8161690099ae502a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId1853690099ae50356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId7235690099ae503b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId1257690099ae5040b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3698690099ae504de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId3007690099ae505c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId3908690099ae50699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId1350690099ae507ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId2629690099ae50864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId9531690099ae50915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId4851690099ae50a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId6000690099ae50b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId9164690099ae50bdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId6336690099ae50cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId8464690099ae50e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId3207690099ae50fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId8070690099ae51083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId2373690099ae51125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId1355690099ae51255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId8517690099ae513d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId4768690099ae5155c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId6699690099ae515fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId6668690099ae51693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId2151690099ae51707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId3169690099ae517ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId1626690099ae51914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId9449690099ae519c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId6955690099ae51a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId5647690099ae51b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId4702690099ae51ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId4102690099ae51c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2972690099ae51de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId7313690099ae51e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6900690099ae51f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId5696690099ae5207a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId9481690099ae520f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId2232690099ae52189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId2754690099ae521f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId8442690099ae522fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId2048690099ae5238f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6879690099ae5245c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId1449690099ae524ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId1529690099ae5259a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId8297690099ae5260a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId5219690099ae526a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId4569690099ae527d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId1689690099ae528a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId4709690099ae5292e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId3842690099ae529fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId1104690099ae52ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4635690099ae52c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId9841690099ae4d531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9841690099ae4d531.jpg"/><Relationship Id="rId8039690099ae4f06c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8039690099ae4f06c.jpg"/><Relationship Id="rId7745690099ae53114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7745690099ae53114.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>