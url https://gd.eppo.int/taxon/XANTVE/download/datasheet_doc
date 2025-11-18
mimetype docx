--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9941690099ae4cc2b" w:history="1">
+            <w:hyperlink r:id="rId5529691cc4fc509f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3857690099ae4cc95" w:history="1">
+            <w:hyperlink r:id="rId5421691cc4fc50a5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21887116" name="name6765690099ae4d533" descr="2517.jpg"/>
+                  <wp:docPr id="6576015" name="name3672691cc4fc50e7f" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9841690099ae4d531" cstate="print"/>
+                          <a:blip r:embed="rId2618691cc4fc50e7d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9372690099ae4d651" w:history="1">
+            <w:hyperlink r:id="rId8803691cc4fc50f8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,92 +2556,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9894690099ae4e3d3" w:history="1">
+      <w:hyperlink r:id="rId6580691cc4fc51cef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50459782" name="name4674690099ae4f070" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="73538414" name="name4601691cc4fc52ae9" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8039690099ae4f06c" cstate="print"/>
+                    <a:blip r:embed="rId9865691cc4fc52ae6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8169690099ae5020a" w:history="1">
+      <w:hyperlink r:id="rId8991691cc4fc53a77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8161690099ae502a4" w:history="1">
+      <w:hyperlink r:id="rId5185691cc4fc53b10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1853690099ae50356" w:history="1">
+      <w:hyperlink r:id="rId4641691cc4fc53b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7235690099ae503b3" w:history="1">
+      <w:hyperlink r:id="rId3911691cc4fc53bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1257690099ae5040b" w:history="1">
+      <w:hyperlink r:id="rId1314691cc4fc53c44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3698690099ae504de" w:history="1">
+      <w:hyperlink r:id="rId7603691cc4fc53cfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3007690099ae505c6" w:history="1">
+      <w:hyperlink r:id="rId4441691cc4fc53dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3908690099ae50699" w:history="1">
+      <w:hyperlink r:id="rId2020691cc4fc53e9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1350690099ae507ad" w:history="1">
+      <w:hyperlink r:id="rId6555691cc4fc53f91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2629690099ae50864" w:history="1">
+      <w:hyperlink r:id="rId1353691cc4fc5405c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9531690099ae50915" w:history="1">
+      <w:hyperlink r:id="rId8893691cc4fc54115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4851690099ae50a93" w:history="1">
+      <w:hyperlink r:id="rId5711691cc4fc54296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6000690099ae50b45" w:history="1">
+      <w:hyperlink r:id="rId3151691cc4fc543a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9164690099ae50bdd" w:history="1">
+      <w:hyperlink r:id="rId7866691cc4fc54420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6336690099ae50cbd" w:history="1">
+      <w:hyperlink r:id="rId9522691cc4fc544f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8464690099ae50e5e" w:history="1">
+      <w:hyperlink r:id="rId2120691cc4fc54661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3207690099ae50fd3" w:history="1">
+      <w:hyperlink r:id="rId5486691cc4fc547a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8070690099ae51083" w:history="1">
+      <w:hyperlink r:id="rId8791691cc4fc54852" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2373690099ae51125" w:history="1">
+      <w:hyperlink r:id="rId7249691cc4fc548e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1355690099ae51255" w:history="1">
+      <w:hyperlink r:id="rId3232691cc4fc54a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8517690099ae513d7" w:history="1">
+      <w:hyperlink r:id="rId7712691cc4fc54b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4768690099ae5155c" w:history="1">
+      <w:hyperlink r:id="rId6668691cc4fc54cb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6699690099ae515fb" w:history="1">
+      <w:hyperlink r:id="rId2647691cc4fc54d27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6668690099ae51693" w:history="1">
+      <w:hyperlink r:id="rId1042691cc4fc54dba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2151690099ae51707" w:history="1">
+      <w:hyperlink r:id="rId4383691cc4fc54e2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3169690099ae517ac" w:history="1">
+      <w:hyperlink r:id="rId1759691cc4fc54ebb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1626690099ae51914" w:history="1">
+      <w:hyperlink r:id="rId2111691cc4fc54ffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9449690099ae519c9" w:history="1">
+      <w:hyperlink r:id="rId7020691cc4fc550ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6955690099ae51a8f" w:history="1">
+      <w:hyperlink r:id="rId1586691cc4fc55140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5647690099ae51b10" w:history="1">
+      <w:hyperlink r:id="rId1287691cc4fc551b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4702690099ae51ba3" w:history="1">
+      <w:hyperlink r:id="rId8457691cc4fc55245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4102690099ae51c45" w:history="1">
+      <w:hyperlink r:id="rId7401691cc4fc552b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2972690099ae51de0" w:history="1">
+      <w:hyperlink r:id="rId7595691cc4fc55431" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7313690099ae51e57" w:history="1">
+      <w:hyperlink r:id="rId5235691cc4fc554b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6900690099ae51f2a" w:history="1">
+      <w:hyperlink r:id="rId1729691cc4fc55578" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5696690099ae5207a" w:history="1">
+      <w:hyperlink r:id="rId6937691cc4fc555ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9481690099ae520f5" w:history="1">
+      <w:hyperlink r:id="rId1419691cc4fc55661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2232690099ae52189" w:history="1">
+      <w:hyperlink r:id="rId9184691cc4fc556fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2754690099ae521f1" w:history="1">
+      <w:hyperlink r:id="rId8242691cc4fc55766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8442690099ae522fe" w:history="1">
+      <w:hyperlink r:id="rId9509691cc4fc55876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2048690099ae5238f" w:history="1">
+      <w:hyperlink r:id="rId2815691cc4fc55909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6879690099ae5245c" w:history="1">
+      <w:hyperlink r:id="rId6925691cc4fc559d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1449690099ae524ec" w:history="1">
+      <w:hyperlink r:id="rId5604691cc4fc55a6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1529690099ae5259a" w:history="1">
+      <w:hyperlink r:id="rId8688691cc4fc55b18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8297690099ae5260a" w:history="1">
+      <w:hyperlink r:id="rId7466691cc4fc55b8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5219690099ae526a5" w:history="1">
+      <w:hyperlink r:id="rId8836691cc4fc55c19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4569690099ae527d0" w:history="1">
+      <w:hyperlink r:id="rId5935691cc4fc55d45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1689690099ae528a0" w:history="1">
+      <w:hyperlink r:id="rId5906691cc4fc55e14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4709690099ae5292e" w:history="1">
+      <w:hyperlink r:id="rId7452691cc4fc55ea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3842690099ae529fc" w:history="1">
+      <w:hyperlink r:id="rId8796691cc4fc55fb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,51 +10432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1104690099ae52ab9" w:history="1">
+      <w:hyperlink r:id="rId7111691cc4fc56097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4635690099ae52c37" w:history="1">
+      <w:hyperlink r:id="rId3314691cc4fc56221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36210043" name="name8103690099ae53115" descr="eu_funding_250.png"/>
+            <wp:docPr id="91202447" name="name3971691cc4fc562e6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7745690099ae53114" cstate="print"/>
+                    <a:blip r:embed="rId7195691cc4fc562e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55991413">
+  <w:abstractNum w:abstractNumId="34980870">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58944105">
+    <w:lvl w:ilvl="0" w:tplc="67639967">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58944105" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67639967" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55991412">
+  <w:abstractNum w:abstractNumId="34980869">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89042497">
+    <w:lvl w:ilvl="0" w:tplc="97662677">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55991412">
-    <w:abstractNumId w:val="55991412"/>
+  <w:num w:numId="34980869">
+    <w:abstractNumId w:val="34980869"/>
   </w:num>
-  <w:num w:numId="55991413">
-    <w:abstractNumId w:val="55991413"/>
+  <w:num w:numId="34980870">
+    <w:abstractNumId w:val="34980870"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId919174367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589874404" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9941690099ae4cc2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId3857690099ae4cc95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId9372690099ae4d651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId9894690099ae4e3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId8169690099ae5020a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId8161690099ae502a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId1853690099ae50356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId7235690099ae503b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId1257690099ae5040b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3698690099ae504de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId3007690099ae505c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId3908690099ae50699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId1350690099ae507ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId2629690099ae50864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId9531690099ae50915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId4851690099ae50a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId6000690099ae50b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId9164690099ae50bdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId6336690099ae50cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId8464690099ae50e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId3207690099ae50fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId8070690099ae51083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId2373690099ae51125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId1355690099ae51255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId8517690099ae513d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId4768690099ae5155c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId6699690099ae515fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId6668690099ae51693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId2151690099ae51707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId3169690099ae517ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId1626690099ae51914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId9449690099ae519c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId6955690099ae51a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId5647690099ae51b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId4702690099ae51ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId4102690099ae51c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2972690099ae51de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId7313690099ae51e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6900690099ae51f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId5696690099ae5207a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId9481690099ae520f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId2232690099ae52189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId2754690099ae521f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId8442690099ae522fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId2048690099ae5238f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6879690099ae5245c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId1449690099ae524ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId1529690099ae5259a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId8297690099ae5260a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId5219690099ae526a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId4569690099ae527d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId1689690099ae528a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId4709690099ae5292e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId3842690099ae529fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId1104690099ae52ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4635690099ae52c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId9841690099ae4d531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9841690099ae4d531.jpg"/><Relationship Id="rId8039690099ae4f06c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8039690099ae4f06c.jpg"/><Relationship Id="rId7745690099ae53114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7745690099ae53114.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537387139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168742070" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5529691cc4fc509f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId5421691cc4fc50a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId8803691cc4fc50f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId6580691cc4fc51cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId8991691cc4fc53a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId5185691cc4fc53b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId4641691cc4fc53b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId3911691cc4fc53bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId1314691cc4fc53c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7603691cc4fc53cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId4441691cc4fc53dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId2020691cc4fc53e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId6555691cc4fc53f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId1353691cc4fc5405c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId8893691cc4fc54115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId5711691cc4fc54296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId3151691cc4fc543a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId7866691cc4fc54420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId9522691cc4fc544f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId2120691cc4fc54661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId5486691cc4fc547a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId8791691cc4fc54852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId7249691cc4fc548e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId3232691cc4fc54a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId7712691cc4fc54b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId6668691cc4fc54cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId2647691cc4fc54d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId1042691cc4fc54dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId4383691cc4fc54e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId1759691cc4fc54ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId2111691cc4fc54ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId7020691cc4fc550ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId1586691cc4fc55140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId1287691cc4fc551b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId8457691cc4fc55245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId7401691cc4fc552b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId7595691cc4fc55431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId5235691cc4fc554b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId1729691cc4fc55578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId6937691cc4fc555ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId1419691cc4fc55661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId9184691cc4fc556fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId8242691cc4fc55766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9509691cc4fc55876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId2815691cc4fc55909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6925691cc4fc559d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId5604691cc4fc55a6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId8688691cc4fc55b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7466691cc4fc55b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId8836691cc4fc55c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId5935691cc4fc55d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId5906691cc4fc55e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId7452691cc4fc55ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId8796691cc4fc55fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId7111691cc4fc56097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3314691cc4fc56221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId2618691cc4fc50e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2618691cc4fc50e7d.jpg"/><Relationship Id="rId9865691cc4fc52ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9865691cc4fc52ae6.jpg"/><Relationship Id="rId7195691cc4fc562e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7195691cc4fc562e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>