--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5529691cc4fc509f3" w:history="1">
+            <w:hyperlink r:id="rId58486939c5a8ca69e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5421691cc4fc50a5f" w:history="1">
+            <w:hyperlink r:id="rId83066939c5a8ca710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6576015" name="name3672691cc4fc50e7f" descr="2517.jpg"/>
+                  <wp:docPr id="18679727" name="name50306939c5a8ca7cf" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2618691cc4fc50e7d" cstate="print"/>
+                          <a:blip r:embed="rId45166939c5a8ca7cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8803691cc4fc50f8d" w:history="1">
+            <w:hyperlink r:id="rId50216939c5a8ca8b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,92 +2556,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6580691cc4fc51cef" w:history="1">
+      <w:hyperlink r:id="rId92856939c5a8cb692" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73538414" name="name4601691cc4fc52ae9" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="34916685" name="name39236939c5a8cc0f7" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9865691cc4fc52ae6" cstate="print"/>
+                    <a:blip r:embed="rId93076939c5a8cc0f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8991691cc4fc53a77" w:history="1">
+      <w:hyperlink r:id="rId15686939c5a8ccf84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5185691cc4fc53b10" w:history="1">
+      <w:hyperlink r:id="rId23016939c5a8cd017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4641691cc4fc53b97" w:history="1">
+      <w:hyperlink r:id="rId82316939c5a8cd099" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3911691cc4fc53bef" w:history="1">
+      <w:hyperlink r:id="rId12876939c5a8cd0ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1314691cc4fc53c44" w:history="1">
+      <w:hyperlink r:id="rId52816939c5a8cd15c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7603691cc4fc53cfb" w:history="1">
+      <w:hyperlink r:id="rId78036939c5a8cd20a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4441691cc4fc53dce" w:history="1">
+      <w:hyperlink r:id="rId39056939c5a8cd2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2020691cc4fc53e9e" w:history="1">
+      <w:hyperlink r:id="rId31946939c5a8cd39f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6555691cc4fc53f91" w:history="1">
+      <w:hyperlink r:id="rId35526939c5a8cd476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1353691cc4fc5405c" w:history="1">
+      <w:hyperlink r:id="rId58456939c5a8cd524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8893691cc4fc54115" w:history="1">
+      <w:hyperlink r:id="rId43236939c5a8cd5cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5711691cc4fc54296" w:history="1">
+      <w:hyperlink r:id="rId38346939c5a8cd74e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3151691cc4fc543a7" w:history="1">
+      <w:hyperlink r:id="rId20616939c5a8cd801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7866691cc4fc54420" w:history="1">
+      <w:hyperlink r:id="rId21006939c5a8cd873" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9522691cc4fc544f4" w:history="1">
+      <w:hyperlink r:id="rId11336939c5a8cd93f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2120691cc4fc54661" w:history="1">
+      <w:hyperlink r:id="rId17496939c5a8cdaa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5486691cc4fc547a2" w:history="1">
+      <w:hyperlink r:id="rId19836939c5a8cdbdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8791691cc4fc54852" w:history="1">
+      <w:hyperlink r:id="rId78416939c5a8cdc88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7249691cc4fc548e2" w:history="1">
+      <w:hyperlink r:id="rId27266939c5a8cdd15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3232691cc4fc54a0f" w:history="1">
+      <w:hyperlink r:id="rId52136939c5a8cde40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7712691cc4fc54b68" w:history="1">
+      <w:hyperlink r:id="rId77546939c5a8cdf89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6668691cc4fc54cb3" w:history="1">
+      <w:hyperlink r:id="rId89336939c5a8ce0e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2647691cc4fc54d27" w:history="1">
+      <w:hyperlink r:id="rId57726939c5a8ce159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1042691cc4fc54dba" w:history="1">
+      <w:hyperlink r:id="rId14456939c5a8ce1eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4383691cc4fc54e2c" w:history="1">
+      <w:hyperlink r:id="rId64326939c5a8ce25b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1759691cc4fc54ebb" w:history="1">
+      <w:hyperlink r:id="rId26596939c5a8ce2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2111691cc4fc54ffc" w:history="1">
+      <w:hyperlink r:id="rId56236939c5a8ce41d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7020691cc4fc550ad" w:history="1">
+      <w:hyperlink r:id="rId28916939c5a8ce4ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1586691cc4fc55140" w:history="1">
+      <w:hyperlink r:id="rId98326939c5a8ce55a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1287691cc4fc551b3" w:history="1">
+      <w:hyperlink r:id="rId98856939c5a8ce5ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8457691cc4fc55245" w:history="1">
+      <w:hyperlink r:id="rId60706939c5a8ce657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7401691cc4fc552b7" w:history="1">
+      <w:hyperlink r:id="rId29256939c5a8ce6c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7595691cc4fc55431" w:history="1">
+      <w:hyperlink r:id="rId10066939c5a8ce82b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5235691cc4fc554b1" w:history="1">
+      <w:hyperlink r:id="rId69816939c5a8ce899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1729691cc4fc55578" w:history="1">
+      <w:hyperlink r:id="rId49206939c5a8ce952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6937691cc4fc555ef" w:history="1">
+      <w:hyperlink r:id="rId13586939c5a8ce9c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1419691cc4fc55661" w:history="1">
+      <w:hyperlink r:id="rId14416939c5a8cea51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9184691cc4fc556fc" w:history="1">
+      <w:hyperlink r:id="rId48876939c5a8ceae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8242691cc4fc55766" w:history="1">
+      <w:hyperlink r:id="rId13366939c5a8ceb4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9509691cc4fc55876" w:history="1">
+      <w:hyperlink r:id="rId53406939c5a8cec56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2815691cc4fc55909" w:history="1">
+      <w:hyperlink r:id="rId51876939c5a8cece6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6925691cc4fc559d9" w:history="1">
+      <w:hyperlink r:id="rId66116939c5a8cedb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5604691cc4fc55a6a" w:history="1">
+      <w:hyperlink r:id="rId81346939c5a8cee41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8688691cc4fc55b18" w:history="1">
+      <w:hyperlink r:id="rId15556939c5a8ceef8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7466691cc4fc55b8a" w:history="1">
+      <w:hyperlink r:id="rId71396939c5a8cef69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8836691cc4fc55c19" w:history="1">
+      <w:hyperlink r:id="rId43026939c5a8ceff9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5935691cc4fc55d45" w:history="1">
+      <w:hyperlink r:id="rId46756939c5a8cf13a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5906691cc4fc55e14" w:history="1">
+      <w:hyperlink r:id="rId18536939c5a8cf20c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7452691cc4fc55ea2" w:history="1">
+      <w:hyperlink r:id="rId45356939c5a8cf29a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8796691cc4fc55fb4" w:history="1">
+      <w:hyperlink r:id="rId31916939c5a8cf367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,51 +10432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7111691cc4fc56097" w:history="1">
+      <w:hyperlink r:id="rId61046939c5a8cf424" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3314691cc4fc56221" w:history="1">
+      <w:hyperlink r:id="rId40996939c5a8cf593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91202447" name="name3971691cc4fc562e6" descr="eu_funding_250.png"/>
+            <wp:docPr id="66196688" name="name36936939c5a8cf5f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7195691cc4fc562e5" cstate="print"/>
+                    <a:blip r:embed="rId84786939c5a8cf5f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34980870">
+  <w:abstractNum w:abstractNumId="21759789">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67639967">
+    <w:lvl w:ilvl="0" w:tplc="59714258">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67639967" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59714258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34980869">
+  <w:abstractNum w:abstractNumId="21759788">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97662677">
+    <w:lvl w:ilvl="0" w:tplc="38704970">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34980869">
-    <w:abstractNumId w:val="34980869"/>
+  <w:num w:numId="21759788">
+    <w:abstractNumId w:val="21759788"/>
   </w:num>
-  <w:num w:numId="34980870">
-    <w:abstractNumId w:val="34980870"/>
+  <w:num w:numId="21759789">
+    <w:abstractNumId w:val="21759789"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537387139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168742070" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5529691cc4fc509f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId5421691cc4fc50a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId8803691cc4fc50f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId6580691cc4fc51cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId8991691cc4fc53a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId5185691cc4fc53b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId4641691cc4fc53b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId3911691cc4fc53bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId1314691cc4fc53c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7603691cc4fc53cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId4441691cc4fc53dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId2020691cc4fc53e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId6555691cc4fc53f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId1353691cc4fc5405c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId8893691cc4fc54115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId5711691cc4fc54296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId3151691cc4fc543a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId7866691cc4fc54420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId9522691cc4fc544f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId2120691cc4fc54661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId5486691cc4fc547a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId8791691cc4fc54852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId7249691cc4fc548e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId3232691cc4fc54a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId7712691cc4fc54b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId6668691cc4fc54cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId2647691cc4fc54d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId1042691cc4fc54dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId4383691cc4fc54e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId1759691cc4fc54ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId2111691cc4fc54ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId7020691cc4fc550ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId1586691cc4fc55140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId1287691cc4fc551b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId8457691cc4fc55245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId7401691cc4fc552b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId7595691cc4fc55431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId5235691cc4fc554b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId1729691cc4fc55578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId6937691cc4fc555ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId1419691cc4fc55661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId9184691cc4fc556fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId8242691cc4fc55766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9509691cc4fc55876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId2815691cc4fc55909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6925691cc4fc559d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId5604691cc4fc55a6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId8688691cc4fc55b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7466691cc4fc55b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId8836691cc4fc55c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId5935691cc4fc55d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId5906691cc4fc55e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId7452691cc4fc55ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId8796691cc4fc55fb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId7111691cc4fc56097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3314691cc4fc56221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId2618691cc4fc50e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2618691cc4fc50e7d.jpg"/><Relationship Id="rId9865691cc4fc52ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9865691cc4fc52ae6.jpg"/><Relationship Id="rId7195691cc4fc562e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7195691cc4fc562e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId829985043" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512691193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58486939c5a8ca69e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId83066939c5a8ca710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId50216939c5a8ca8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId92856939c5a8cb692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId15686939c5a8ccf84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId23016939c5a8cd017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId82316939c5a8cd099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId12876939c5a8cd0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId52816939c5a8cd15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId78036939c5a8cd20a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId39056939c5a8cd2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId31946939c5a8cd39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId35526939c5a8cd476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId58456939c5a8cd524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId43236939c5a8cd5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId38346939c5a8cd74e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId20616939c5a8cd801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId21006939c5a8cd873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId11336939c5a8cd93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId17496939c5a8cdaa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId19836939c5a8cdbdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId78416939c5a8cdc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId27266939c5a8cdd15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId52136939c5a8cde40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId77546939c5a8cdf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId89336939c5a8ce0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId57726939c5a8ce159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId14456939c5a8ce1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId64326939c5a8ce25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId26596939c5a8ce2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId56236939c5a8ce41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId28916939c5a8ce4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId98326939c5a8ce55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId98856939c5a8ce5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId60706939c5a8ce657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId29256939c5a8ce6c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId10066939c5a8ce82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId69816939c5a8ce899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId49206939c5a8ce952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId13586939c5a8ce9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId14416939c5a8cea51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId48876939c5a8ceae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId13366939c5a8ceb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId53406939c5a8cec56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId51876939c5a8cece6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId66116939c5a8cedb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId81346939c5a8cee41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId15556939c5a8ceef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId71396939c5a8cef69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId43026939c5a8ceff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId46756939c5a8cf13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId18536939c5a8cf20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId45356939c5a8cf29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId31916939c5a8cf367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId61046939c5a8cf424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40996939c5a8cf593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId45166939c5a8ca7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45166939c5a8ca7cd.jpg"/><Relationship Id="rId93076939c5a8cc0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93076939c5a8cc0f5.jpg"/><Relationship Id="rId84786939c5a8cf5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84786939c5a8cf5f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>