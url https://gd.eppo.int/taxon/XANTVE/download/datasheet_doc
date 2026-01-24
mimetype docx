--- v3 (2025-12-10)
+++ v4 (2026-01-24)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58486939c5a8ca69e" w:history="1">
+            <w:hyperlink r:id="rId950969752ea506497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83066939c5a8ca710" w:history="1">
+            <w:hyperlink r:id="rId570569752ea50651a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18679727" name="name50306939c5a8ca7cf" descr="2517.jpg"/>
+                  <wp:docPr id="82904542" name="name201969752ea5065f8" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45166939c5a8ca7cd" cstate="print"/>
+                          <a:blip r:embed="rId575369752ea5065f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId50216939c5a8ca8b1" w:history="1">
+            <w:hyperlink r:id="rId518169752ea506a8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,92 +2556,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92856939c5a8cb692" w:history="1">
+      <w:hyperlink r:id="rId208369752ea5077a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34916685" name="name39236939c5a8cc0f7" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="17813138" name="name239469752ea50834e" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93076939c5a8cc0f5" cstate="print"/>
+                    <a:blip r:embed="rId119169752ea50834b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15686939c5a8ccf84" w:history="1">
+      <w:hyperlink r:id="rId492469752ea50923b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23016939c5a8cd017" w:history="1">
+      <w:hyperlink r:id="rId149469752ea5092d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82316939c5a8cd099" w:history="1">
+      <w:hyperlink r:id="rId565369752ea509356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12876939c5a8cd0ee" w:history="1">
+      <w:hyperlink r:id="rId675369752ea5093ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52816939c5a8cd15c" w:history="1">
+      <w:hyperlink r:id="rId975869752ea509400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78036939c5a8cd20a" w:history="1">
+      <w:hyperlink r:id="rId499069752ea5094af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39056939c5a8cd2d5" w:history="1">
+      <w:hyperlink r:id="rId368969752ea50957c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31946939c5a8cd39f" w:history="1">
+      <w:hyperlink r:id="rId880769752ea509647" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35526939c5a8cd476" w:history="1">
+      <w:hyperlink r:id="rId919169752ea50971f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58456939c5a8cd524" w:history="1">
+      <w:hyperlink r:id="rId905069752ea5097d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43236939c5a8cd5cf" w:history="1">
+      <w:hyperlink r:id="rId356769752ea50988a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38346939c5a8cd74e" w:history="1">
+      <w:hyperlink r:id="rId963669752ea509a03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20616939c5a8cd801" w:history="1">
+      <w:hyperlink r:id="rId441369752ea509ab2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21006939c5a8cd873" w:history="1">
+      <w:hyperlink r:id="rId273369752ea509b23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11336939c5a8cd93f" w:history="1">
+      <w:hyperlink r:id="rId530169752ea509bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17496939c5a8cdaa1" w:history="1">
+      <w:hyperlink r:id="rId968169752ea509d6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19836939c5a8cdbdd" w:history="1">
+      <w:hyperlink r:id="rId983169752ea509eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78416939c5a8cdc88" w:history="1">
+      <w:hyperlink r:id="rId872169752ea509f59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27266939c5a8cdd15" w:history="1">
+      <w:hyperlink r:id="rId950669752ea509fe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52136939c5a8cde40" w:history="1">
+      <w:hyperlink r:id="rId228269752ea50a117" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77546939c5a8cdf89" w:history="1">
+      <w:hyperlink r:id="rId260869752ea50a25f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89336939c5a8ce0e0" w:history="1">
+      <w:hyperlink r:id="rId292869752ea50a3c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57726939c5a8ce159" w:history="1">
+      <w:hyperlink r:id="rId191669752ea50a433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14456939c5a8ce1eb" w:history="1">
+      <w:hyperlink r:id="rId520469752ea50a4c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64326939c5a8ce25b" w:history="1">
+      <w:hyperlink r:id="rId797369752ea50a536" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26596939c5a8ce2e9" w:history="1">
+      <w:hyperlink r:id="rId790869752ea50a5c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56236939c5a8ce41d" w:history="1">
+      <w:hyperlink r:id="rId508669752ea50a6ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28916939c5a8ce4ca" w:history="1">
+      <w:hyperlink r:id="rId390569752ea50a79b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98326939c5a8ce55a" w:history="1">
+      <w:hyperlink r:id="rId179669752ea50a82a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98856939c5a8ce5ca" w:history="1">
+      <w:hyperlink r:id="rId991569752ea50a89c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60706939c5a8ce657" w:history="1">
+      <w:hyperlink r:id="rId496469752ea50a929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29256939c5a8ce6c6" w:history="1">
+      <w:hyperlink r:id="rId623269752ea50a999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10066939c5a8ce82b" w:history="1">
+      <w:hyperlink r:id="rId166769752ea50aafe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69816939c5a8ce899" w:history="1">
+      <w:hyperlink r:id="rId183469752ea50ab6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49206939c5a8ce952" w:history="1">
+      <w:hyperlink r:id="rId808469752ea50ac31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13586939c5a8ce9c1" w:history="1">
+      <w:hyperlink r:id="rId628469752ea50aca5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14416939c5a8cea51" w:history="1">
+      <w:hyperlink r:id="rId812669752ea50ad18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48876939c5a8ceae5" w:history="1">
+      <w:hyperlink r:id="rId499969752ea50ada6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13366939c5a8ceb4a" w:history="1">
+      <w:hyperlink r:id="rId334969752ea50ae0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53406939c5a8cec56" w:history="1">
+      <w:hyperlink r:id="rId584369752ea50af50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51876939c5a8cece6" w:history="1">
+      <w:hyperlink r:id="rId114069752ea50b107" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66116939c5a8cedb2" w:history="1">
+      <w:hyperlink r:id="rId798169752ea50b1e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81346939c5a8cee41" w:history="1">
+      <w:hyperlink r:id="rId777669752ea50b27a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15556939c5a8ceef8" w:history="1">
+      <w:hyperlink r:id="rId600669752ea50b32a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71396939c5a8cef69" w:history="1">
+      <w:hyperlink r:id="rId816169752ea50b39a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43026939c5a8ceff9" w:history="1">
+      <w:hyperlink r:id="rId358769752ea50b429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46756939c5a8cf13a" w:history="1">
+      <w:hyperlink r:id="rId874669752ea50b57d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18536939c5a8cf20c" w:history="1">
+      <w:hyperlink r:id="rId784469752ea50b663" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45356939c5a8cf29a" w:history="1">
+      <w:hyperlink r:id="rId295869752ea50b6f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31916939c5a8cf367" w:history="1">
+      <w:hyperlink r:id="rId624069752ea50b7c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10410,73 +10410,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61046939c5a8cf424" w:history="1">
+      <w:hyperlink r:id="rId604769752ea50b88a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40996939c5a8cf593" w:history="1">
+      <w:hyperlink r:id="rId364669752ea50b9fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66196688" name="name36936939c5a8cf5f3" descr="eu_funding_250.png"/>
+            <wp:docPr id="12124625" name="name527669752ea50ba64" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84786939c5a8cf5f2" cstate="print"/>
+                    <a:blip r:embed="rId733569752ea50ba63" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21759789">
+  <w:abstractNum w:abstractNumId="23392699">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59714258">
+    <w:lvl w:ilvl="0" w:tplc="70832926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59714258" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70832926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21759788">
+  <w:abstractNum w:abstractNumId="23392698">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38704970">
+    <w:lvl w:ilvl="0" w:tplc="75744836">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21759788">
-    <w:abstractNumId w:val="21759788"/>
+  <w:num w:numId="23392698">
+    <w:abstractNumId w:val="23392698"/>
   </w:num>
-  <w:num w:numId="21759789">
-    <w:abstractNumId w:val="21759789"/>
+  <w:num w:numId="23392699">
+    <w:abstractNumId w:val="23392699"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId829985043" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512691193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58486939c5a8ca69e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId83066939c5a8ca710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId50216939c5a8ca8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId92856939c5a8cb692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId15686939c5a8ccf84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId23016939c5a8cd017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId82316939c5a8cd099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId12876939c5a8cd0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId52816939c5a8cd15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId78036939c5a8cd20a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId39056939c5a8cd2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId31946939c5a8cd39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId35526939c5a8cd476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId58456939c5a8cd524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId43236939c5a8cd5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId38346939c5a8cd74e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId20616939c5a8cd801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId21006939c5a8cd873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId11336939c5a8cd93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId17496939c5a8cdaa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId19836939c5a8cdbdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId78416939c5a8cdc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId27266939c5a8cdd15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId52136939c5a8cde40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId77546939c5a8cdf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId89336939c5a8ce0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId57726939c5a8ce159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId14456939c5a8ce1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId64326939c5a8ce25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId26596939c5a8ce2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId56236939c5a8ce41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId28916939c5a8ce4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId98326939c5a8ce55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId98856939c5a8ce5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId60706939c5a8ce657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId29256939c5a8ce6c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId10066939c5a8ce82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId69816939c5a8ce899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId49206939c5a8ce952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId13586939c5a8ce9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId14416939c5a8cea51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId48876939c5a8ceae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId13366939c5a8ceb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId53406939c5a8cec56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId51876939c5a8cece6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId66116939c5a8cedb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId81346939c5a8cee41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId15556939c5a8ceef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId71396939c5a8cef69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId43026939c5a8ceff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId46756939c5a8cf13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId18536939c5a8cf20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId45356939c5a8cf29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId31916939c5a8cf367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId61046939c5a8cf424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40996939c5a8cf593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId45166939c5a8ca7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45166939c5a8ca7cd.jpg"/><Relationship Id="rId93076939c5a8cc0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93076939c5a8cc0f5.jpg"/><Relationship Id="rId84786939c5a8cf5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84786939c5a8cf5f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990059342" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId372681534" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId950969752ea506497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId570569752ea50651a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId518169752ea506a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId208369752ea5077a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId492469752ea50923b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId149469752ea5092d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId565369752ea509356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId675369752ea5093ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId975869752ea509400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId499069752ea5094af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId368969752ea50957c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId880769752ea509647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId919169752ea50971f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId905069752ea5097d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId356769752ea50988a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId963669752ea509a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId441369752ea509ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId273369752ea509b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId530169752ea509bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId968169752ea509d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId983169752ea509eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId872169752ea509f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId950669752ea509fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId228269752ea50a117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId260869752ea50a25f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId292869752ea50a3c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId191669752ea50a433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId520469752ea50a4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId797369752ea50a536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId790869752ea50a5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId508669752ea50a6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId390569752ea50a79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId179669752ea50a82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId991569752ea50a89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId496469752ea50a929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId623269752ea50a999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId166769752ea50aafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId183469752ea50ab6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId808469752ea50ac31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId628469752ea50aca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId812669752ea50ad18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId499969752ea50ada6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId334969752ea50ae0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId584369752ea50af50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId114069752ea50b107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId798169752ea50b1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId777669752ea50b27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId600669752ea50b32a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId816169752ea50b39a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId358769752ea50b429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId874669752ea50b57d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId784469752ea50b663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId295869752ea50b6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId624069752ea50b7c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId604769752ea50b88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId364669752ea50b9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId575369752ea5065f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId575369752ea5065f6.jpg"/><Relationship Id="rId119169752ea50834b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119169752ea50834b.jpg"/><Relationship Id="rId733569752ea50ba63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId733569752ea50ba63.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>