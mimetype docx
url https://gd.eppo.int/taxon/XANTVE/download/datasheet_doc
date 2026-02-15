--- v4 (2026-01-24)
+++ v5 (2026-02-15)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId950969752ea506497" w:history="1">
+            <w:hyperlink r:id="rId255569917354ea3eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -463,53 +463,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570569752ea50651a" w:history="1">
+            <w:hyperlink r:id="rId256869917354ea452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82904542" name="name201969752ea5065f8" descr="2517.jpg"/>
+                  <wp:docPr id="56328133" name="name416769917354ea9ec" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId575369752ea5065f6" cstate="print"/>
+                          <a:blip r:embed="rId318369917354ea9ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId518169752ea506a8b" w:history="1">
+            <w:hyperlink r:id="rId230269917354eaae1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,134 +2556,134 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208369752ea5077a9" w:history="1">
+      <w:hyperlink r:id="rId930069917354eb7c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17813138" name="name239469752ea50834e" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="56199720" name="name371369917354ec149" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId119169752ea50834b" cstate="print"/>
+                    <a:blip r:embed="rId746369917354ec147" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Bulgaria, Czechia, France (mainland), Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Kazakhstan, Morocco, Poland, Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Bulgaria, Czechia, France (mainland), Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Kazakhstan, Morocco, Poland, Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Ethiopia, Ghana, Kenya, Madagascar, Malawi, Morocco, Mozambique, Niger, Nigeria, Reunion, Senegal, Seychelles, South Africa, Tanzania, United Republic of, Togo, Tunisia, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492469752ea50923b" w:history="1">
+      <w:hyperlink r:id="rId264969917354ed024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149469752ea5092d1" w:history="1">
+      <w:hyperlink r:id="rId817569917354ed0ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565369752ea509356" w:history="1">
+      <w:hyperlink r:id="rId744069917354ed140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675369752ea5093ac" w:history="1">
+      <w:hyperlink r:id="rId484869917354ed195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975869752ea509400" w:history="1">
+      <w:hyperlink r:id="rId148669917354ed1e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499069752ea5094af" w:history="1">
+      <w:hyperlink r:id="rId585369917354ed298" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368969752ea50957c" w:history="1">
+      <w:hyperlink r:id="rId706069917354ed366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880769752ea509647" w:history="1">
+      <w:hyperlink r:id="rId549969917354ed433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919169752ea50971f" w:history="1">
+      <w:hyperlink r:id="rId654969917354ed522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905069752ea5097d8" w:history="1">
+      <w:hyperlink r:id="rId253169917354ed5e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356769752ea50988a" w:history="1">
+      <w:hyperlink r:id="rId953669917354ed6bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963669752ea509a03" w:history="1">
+      <w:hyperlink r:id="rId647069917354ed840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441369752ea509ab2" w:history="1">
+      <w:hyperlink r:id="rId412369917354ed8f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273369752ea509b23" w:history="1">
+      <w:hyperlink r:id="rId619069917354ed966" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530169752ea509bef" w:history="1">
+      <w:hyperlink r:id="rId107869917354eda36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968169752ea509d6e" w:history="1">
+      <w:hyperlink r:id="rId901169917354edb9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983169752ea509eac" w:history="1">
+      <w:hyperlink r:id="rId694069917354edcdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872169752ea509f59" w:history="1">
+      <w:hyperlink r:id="rId720869917354edd8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950669752ea509fe8" w:history="1">
+      <w:hyperlink r:id="rId975369917354ede1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228269752ea50a117" w:history="1">
+      <w:hyperlink r:id="rId796469917354edf4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260869752ea50a25f" w:history="1">
+      <w:hyperlink r:id="rId825969917354ee09b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292869752ea50a3c1" w:history="1">
+      <w:hyperlink r:id="rId964469917354ee1e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191669752ea50a433" w:history="1">
+      <w:hyperlink r:id="rId781269917354ee261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520469752ea50a4c5" w:history="1">
+      <w:hyperlink r:id="rId500669917354ee2f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797369752ea50a536" w:history="1">
+      <w:hyperlink r:id="rId640969917354ee365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790869752ea50a5c5" w:history="1">
+      <w:hyperlink r:id="rId389369917354ee3f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508669752ea50a6ec" w:history="1">
+      <w:hyperlink r:id="rId905969917354ee533" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390569752ea50a79b" w:history="1">
+      <w:hyperlink r:id="rId239669917354ee5e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179669752ea50a82a" w:history="1">
+      <w:hyperlink r:id="rId431369917354ee673" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991569752ea50a89c" w:history="1">
+      <w:hyperlink r:id="rId882669917354ee6e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496469752ea50a929" w:history="1">
+      <w:hyperlink r:id="rId721869917354ee770" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623269752ea50a999" w:history="1">
+      <w:hyperlink r:id="rId567969917354ee7e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166769752ea50aafe" w:history="1">
+      <w:hyperlink r:id="rId214669917354ee944" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183469752ea50ab6c" w:history="1">
+      <w:hyperlink r:id="rId533969917354ee9b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808469752ea50ac31" w:history="1">
+      <w:hyperlink r:id="rId274369917354eea61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628469752ea50aca5" w:history="1">
+      <w:hyperlink r:id="rId174569917354eead0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812669752ea50ad18" w:history="1">
+      <w:hyperlink r:id="rId276069917354eeb40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499969752ea50ada6" w:history="1">
+      <w:hyperlink r:id="rId703069917354eebcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334969752ea50ae0b" w:history="1">
+      <w:hyperlink r:id="rId565569917354eec31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584369752ea50af50" w:history="1">
+      <w:hyperlink r:id="rId324469917354eed37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114069752ea50b107" w:history="1">
+      <w:hyperlink r:id="rId965869917354eedce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798169752ea50b1e4" w:history="1">
+      <w:hyperlink r:id="rId199569917354eee9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777669752ea50b27a" w:history="1">
+      <w:hyperlink r:id="rId641369917354eef2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600669752ea50b32a" w:history="1">
+      <w:hyperlink r:id="rId851869917354eefd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816169752ea50b39a" w:history="1">
+      <w:hyperlink r:id="rId545969917354ef046" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358769752ea50b429" w:history="1">
+      <w:hyperlink r:id="rId986369917354ef0d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874669752ea50b57d" w:history="1">
+      <w:hyperlink r:id="rId112269917354ef1fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784469752ea50b663" w:history="1">
+      <w:hyperlink r:id="rId556969917354ef2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295869752ea50b6f7" w:history="1">
+      <w:hyperlink r:id="rId105269917354ef355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624069752ea50b7c9" w:history="1">
+      <w:hyperlink r:id="rId818869917354ef430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,51 +10432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604769752ea50b88a" w:history="1">
+      <w:hyperlink r:id="rId377169917354ef4ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364669752ea50b9fb" w:history="1">
+      <w:hyperlink r:id="rId514169917354ef65a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12124625" name="name527669752ea50ba64" descr="eu_funding_250.png"/>
+            <wp:docPr id="91314078" name="name498169917354ef92f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId733569752ea50ba63" cstate="print"/>
+                    <a:blip r:embed="rId358469917354ef92e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23392699">
+  <w:abstractNum w:abstractNumId="47983763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70832926">
+    <w:lvl w:ilvl="0" w:tplc="73469033">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70832926" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73469033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23392698">
+  <w:abstractNum w:abstractNumId="47983762">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75744836">
+    <w:lvl w:ilvl="0" w:tplc="76476647">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23392698">
-    <w:abstractNumId w:val="23392698"/>
+  <w:num w:numId="47983762">
+    <w:abstractNumId w:val="47983762"/>
   </w:num>
-  <w:num w:numId="23392699">
-    <w:abstractNumId w:val="23392699"/>
+  <w:num w:numId="47983763">
+    <w:abstractNumId w:val="47983763"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990059342" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId372681534" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId950969752ea506497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId570569752ea50651a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId518169752ea506a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId208369752ea5077a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId492469752ea50923b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId149469752ea5092d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId565369752ea509356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId675369752ea5093ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId975869752ea509400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId499069752ea5094af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId368969752ea50957c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId880769752ea509647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId919169752ea50971f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId905069752ea5097d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId356769752ea50988a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId963669752ea509a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId441369752ea509ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId273369752ea509b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId530169752ea509bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId968169752ea509d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId983169752ea509eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId872169752ea509f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId950669752ea509fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId228269752ea50a117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId260869752ea50a25f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId292869752ea50a3c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId191669752ea50a433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId520469752ea50a4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId797369752ea50a536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId790869752ea50a5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId508669752ea50a6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId390569752ea50a79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId179669752ea50a82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId991569752ea50a89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId496469752ea50a929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId623269752ea50a999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId166769752ea50aafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId183469752ea50ab6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId808469752ea50ac31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId628469752ea50aca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId812669752ea50ad18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId499969752ea50ada6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId334969752ea50ae0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId584369752ea50af50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId114069752ea50b107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId798169752ea50b1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId777669752ea50b27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId600669752ea50b32a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId816169752ea50b39a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId358769752ea50b429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId874669752ea50b57d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId784469752ea50b663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId295869752ea50b6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId624069752ea50b7c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId604769752ea50b88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId364669752ea50b9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId575369752ea5065f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId575369752ea5065f6.jpg"/><Relationship Id="rId119169752ea50834b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119169752ea50834b.jpg"/><Relationship Id="rId733569752ea50ba63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId733569752ea50ba63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349065594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId982078721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId255569917354ea3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId256869917354ea452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId230269917354eaae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId930069917354eb7c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId264969917354ed024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId817569917354ed0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId744069917354ed140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId484869917354ed195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId148669917354ed1e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId585369917354ed298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId706069917354ed366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId549969917354ed433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId654969917354ed522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId253169917354ed5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId953669917354ed6bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId647069917354ed840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId412369917354ed8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId619069917354ed966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId107869917354eda36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId901169917354edb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId694069917354edcdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId720869917354edd8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId975369917354ede1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId796469917354edf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId825969917354ee09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId964469917354ee1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId781269917354ee261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId500669917354ee2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId640969917354ee365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId389369917354ee3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId905969917354ee533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId239669917354ee5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId431369917354ee673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId882669917354ee6e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId721869917354ee770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId567969917354ee7e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId214669917354ee944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId533969917354ee9b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId274369917354eea61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId174569917354eead0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId276069917354eeb40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId703069917354eebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId565569917354eec31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId324469917354eed37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId965869917354eedce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId199569917354eee9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId641369917354eef2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId851869917354eefd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId545969917354ef046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId986369917354ef0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId112269917354ef1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId556969917354ef2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId105269917354ef355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId818869917354ef430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId377169917354ef4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId514169917354ef65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId318369917354ea9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId318369917354ea9ea.jpg"/><Relationship Id="rId746369917354ec147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746369917354ec147.jpg"/><Relationship Id="rId358469917354ef92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358469917354ef92e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>