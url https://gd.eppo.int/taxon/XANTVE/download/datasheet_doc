--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255569917354ea3eb" w:history="1">
+            <w:hyperlink r:id="rId347269ac3fc8ba73a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256869917354ea452" w:history="1">
+            <w:hyperlink r:id="rId404469ac3fc8ba7a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56328133" name="name416769917354ea9ec" descr="2517.jpg"/>
+                  <wp:docPr id="58362106" name="name957769ac3fc8badfc" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId318369917354ea9ea" cstate="print"/>
+                          <a:blip r:embed="rId406169ac3fc8badfa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId230269917354eaae1" w:history="1">
+            <w:hyperlink r:id="rId927569ac3fc8baf3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,176 +2556,176 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930069917354eb7c1" w:history="1">
+      <w:hyperlink r:id="rId943769ac3fc8bbc84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56199720" name="name371369917354ec149" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="26450619" name="name711369ac3fc8bcbb1" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId746369917354ec147" cstate="print"/>
+                    <a:blip r:embed="rId794769ac3fc8bcbae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Bulgaria, Czechia, France (mainland), Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Kazakhstan, Morocco, Poland, Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Austria, Azerbaijan, Belarus, Bulgaria, Czechia, France (mainland), Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kazakhstan, Morocco, Poland, Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Ethiopia, Ghana, Kenya, Madagascar, Malawi, Morocco, Mozambique, Niger, Nigeria, Reunion, Senegal, Seychelles, South Africa, Tanzania, United Republic of, Togo, Tunisia, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> India (Karnataka), Israel, Kazakhstan, Nepal, Pakistan, Philippines, Taiwan</w:t>
+        <w:t xml:space="preserve"> India (Karnataka), Israel, Jordan, Kazakhstan, Nepal, Pakistan, Philippines, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Arizona, California, Georgia, Hawaii, Iowa, Michigan, New Mexico, Ohio, Oklahoma)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264969917354ed024" w:history="1">
+      <w:hyperlink r:id="rId898169ac3fc8bdaea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817569917354ed0ba" w:history="1">
+      <w:hyperlink r:id="rId307669ac3fc8bdb82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744069917354ed140" w:history="1">
+      <w:hyperlink r:id="rId977369ac3fc8bdc07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484869917354ed195" w:history="1">
+      <w:hyperlink r:id="rId898469ac3fc8bdc5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148669917354ed1e9" w:history="1">
+      <w:hyperlink r:id="rId858269ac3fc8bdcb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585369917354ed298" w:history="1">
+      <w:hyperlink r:id="rId599769ac3fc8bdd63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706069917354ed366" w:history="1">
+      <w:hyperlink r:id="rId708169ac3fc8bde2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549969917354ed433" w:history="1">
+      <w:hyperlink r:id="rId125969ac3fc8bdefb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654969917354ed522" w:history="1">
+      <w:hyperlink r:id="rId932969ac3fc8bdfd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253169917354ed5e6" w:history="1">
+      <w:hyperlink r:id="rId777869ac3fc8be080" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953669917354ed6bc" w:history="1">
+      <w:hyperlink r:id="rId232769ac3fc8be12d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647069917354ed840" w:history="1">
+      <w:hyperlink r:id="rId417169ac3fc8be2ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412369917354ed8f3" w:history="1">
+      <w:hyperlink r:id="rId938069ac3fc8be36a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619069917354ed966" w:history="1">
+      <w:hyperlink r:id="rId833569ac3fc8be3db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107869917354eda36" w:history="1">
+      <w:hyperlink r:id="rId325769ac3fc8be4a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901169917354edb9f" w:history="1">
+      <w:hyperlink r:id="rId707769ac3fc8be645" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694069917354edcdf" w:history="1">
+      <w:hyperlink r:id="rId287869ac3fc8be79f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720869917354edd8d" w:history="1">
+      <w:hyperlink r:id="rId126869ac3fc8be84f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975369917354ede1d" w:history="1">
+      <w:hyperlink r:id="rId627069ac3fc8be8df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796469917354edf4f" w:history="1">
+      <w:hyperlink r:id="rId325169ac3fc8bea0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825969917354ee09b" w:history="1">
+      <w:hyperlink r:id="rId290369ac3fc8beb57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964469917354ee1e5" w:history="1">
+      <w:hyperlink r:id="rId220269ac3fc8bec9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781269917354ee261" w:history="1">
+      <w:hyperlink r:id="rId220769ac3fc8bed0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500669917354ee2f4" w:history="1">
+      <w:hyperlink r:id="rId948069ac3fc8beda9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640969917354ee365" w:history="1">
+      <w:hyperlink r:id="rId963669ac3fc8bee1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389369917354ee3f4" w:history="1">
+      <w:hyperlink r:id="rId440169ac3fc8beeaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905969917354ee533" w:history="1">
+      <w:hyperlink r:id="rId814469ac3fc8bf081" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239669917354ee5e2" w:history="1">
+      <w:hyperlink r:id="rId423569ac3fc8bf132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431369917354ee673" w:history="1">
+      <w:hyperlink r:id="rId998069ac3fc8bf1c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882669917354ee6e3" w:history="1">
+      <w:hyperlink r:id="rId900969ac3fc8bf235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721869917354ee770" w:history="1">
+      <w:hyperlink r:id="rId252769ac3fc8bf2c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567969917354ee7e1" w:history="1">
+      <w:hyperlink r:id="rId564369ac3fc8bf334" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214669917354ee944" w:history="1">
+      <w:hyperlink r:id="rId733369ac3fc8bf499" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533969917354ee9b4" w:history="1">
+      <w:hyperlink r:id="rId242169ac3fc8bf519" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274369917354eea61" w:history="1">
+      <w:hyperlink r:id="rId122169ac3fc8bf5c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174569917354eead0" w:history="1">
+      <w:hyperlink r:id="rId856769ac3fc8bf63a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276069917354eeb40" w:history="1">
+      <w:hyperlink r:id="rId939769ac3fc8bf6d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703069917354eebcd" w:history="1">
+      <w:hyperlink r:id="rId991969ac3fc8bf761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565569917354eec31" w:history="1">
+      <w:hyperlink r:id="rId660969ac3fc8bf7c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324469917354eed37" w:history="1">
+      <w:hyperlink r:id="rId429169ac3fc8bf8d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965869917354eedce" w:history="1">
+      <w:hyperlink r:id="rId735569ac3fc8bf96c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199569917354eee9c" w:history="1">
+      <w:hyperlink r:id="rId773469ac3fc8bfa3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641369917354eef2a" w:history="1">
+      <w:hyperlink r:id="rId889169ac3fc8bface" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851869917354eefd6" w:history="1">
+      <w:hyperlink r:id="rId690469ac3fc8bfb7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545969917354ef046" w:history="1">
+      <w:hyperlink r:id="rId756969ac3fc8bfbeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986369917354ef0d4" w:history="1">
+      <w:hyperlink r:id="rId867069ac3fc8bfc79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112269917354ef1fc" w:history="1">
+      <w:hyperlink r:id="rId542269ac3fc8bfda5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556969917354ef2c9" w:history="1">
+      <w:hyperlink r:id="rId988169ac3fc8bfe74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105269917354ef355" w:history="1">
+      <w:hyperlink r:id="rId375869ac3fc8bff02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818869917354ef430" w:history="1">
+      <w:hyperlink r:id="rId902069ac3fc8bffcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,51 +10432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377169917354ef4ed" w:history="1">
+      <w:hyperlink r:id="rId403469ac3fc8c008b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514169917354ef65a" w:history="1">
+      <w:hyperlink r:id="rId541369ac3fc8c01fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91314078" name="name498169917354ef92f" descr="eu_funding_250.png"/>
+            <wp:docPr id="78388236" name="name285469ac3fc8c0265" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358469917354ef92e" cstate="print"/>
+                    <a:blip r:embed="rId831369ac3fc8c0264" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47983763">
+  <w:abstractNum w:abstractNumId="75461245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73469033">
+    <w:lvl w:ilvl="0" w:tplc="63951606">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73469033" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63951606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47983762">
+  <w:abstractNum w:abstractNumId="75461244">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76476647">
+    <w:lvl w:ilvl="0" w:tplc="94105942">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47983762">
-    <w:abstractNumId w:val="47983762"/>
+  <w:num w:numId="75461244">
+    <w:abstractNumId w:val="75461244"/>
   </w:num>
-  <w:num w:numId="47983763">
-    <w:abstractNumId w:val="47983763"/>
+  <w:num w:numId="75461245">
+    <w:abstractNumId w:val="75461245"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349065594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId982078721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId255569917354ea3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId256869917354ea452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId230269917354eaae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId930069917354eb7c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId264969917354ed024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId817569917354ed0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId744069917354ed140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId484869917354ed195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId148669917354ed1e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId585369917354ed298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId706069917354ed366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId549969917354ed433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId654969917354ed522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId253169917354ed5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId953669917354ed6bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId647069917354ed840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId412369917354ed8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId619069917354ed966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId107869917354eda36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId901169917354edb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId694069917354edcdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId720869917354edd8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId975369917354ede1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId796469917354edf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId825969917354ee09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId964469917354ee1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId781269917354ee261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId500669917354ee2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId640969917354ee365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId389369917354ee3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId905969917354ee533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId239669917354ee5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId431369917354ee673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId882669917354ee6e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId721869917354ee770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId567969917354ee7e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId214669917354ee944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId533969917354ee9b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId274369917354eea61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId174569917354eead0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId276069917354eeb40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId703069917354eebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId565569917354eec31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId324469917354eed37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId965869917354eedce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId199569917354eee9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId641369917354eef2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId851869917354eefd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId545969917354ef046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId986369917354ef0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId112269917354ef1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId556969917354ef2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId105269917354ef355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId818869917354ef430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId377169917354ef4ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId514169917354ef65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId318369917354ea9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId318369917354ea9ea.jpg"/><Relationship Id="rId746369917354ec147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746369917354ec147.jpg"/><Relationship Id="rId358469917354ef92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358469917354ef92e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910585893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103691263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId347269ac3fc8ba73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId404469ac3fc8ba7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId927569ac3fc8baf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId943769ac3fc8bbc84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId898169ac3fc8bdaea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId307669ac3fc8bdb82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId977369ac3fc8bdc07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId898469ac3fc8bdc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId858269ac3fc8bdcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId599769ac3fc8bdd63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId708169ac3fc8bde2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId125969ac3fc8bdefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId932969ac3fc8bdfd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId777869ac3fc8be080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId232769ac3fc8be12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId417169ac3fc8be2ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId938069ac3fc8be36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId833569ac3fc8be3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId325769ac3fc8be4a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId707769ac3fc8be645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId287869ac3fc8be79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId126869ac3fc8be84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId627069ac3fc8be8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId325169ac3fc8bea0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId290369ac3fc8beb57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId220269ac3fc8bec9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId220769ac3fc8bed0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId948069ac3fc8beda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId963669ac3fc8bee1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId440169ac3fc8beeaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId814469ac3fc8bf081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId423569ac3fc8bf132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId998069ac3fc8bf1c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId900969ac3fc8bf235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId252769ac3fc8bf2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId564369ac3fc8bf334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId733369ac3fc8bf499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId242169ac3fc8bf519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId122169ac3fc8bf5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId856769ac3fc8bf63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId939769ac3fc8bf6d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId991969ac3fc8bf761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId660969ac3fc8bf7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId429169ac3fc8bf8d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId735569ac3fc8bf96c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId773469ac3fc8bfa3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId889169ac3fc8bface" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId690469ac3fc8bfb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId756969ac3fc8bfbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId867069ac3fc8bfc79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId542269ac3fc8bfda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId988169ac3fc8bfe74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId375869ac3fc8bff02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId902069ac3fc8bffcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId403469ac3fc8c008b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId541369ac3fc8c01fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId406169ac3fc8badfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406169ac3fc8badfa.jpg"/><Relationship Id="rId794769ac3fc8bcbae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId794769ac3fc8bcbae.jpg"/><Relationship Id="rId831369ac3fc8c0264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId831369ac3fc8c0264.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>