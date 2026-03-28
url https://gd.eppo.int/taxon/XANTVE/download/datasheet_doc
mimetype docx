--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (Doidge) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347269ac3fc8ba73a" w:history="1">
+            <w:hyperlink r:id="rId382869c7976c58080" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404469ac3fc8ba7a6" w:history="1">
+            <w:hyperlink r:id="rId192269c7976c580ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58362106" name="name957769ac3fc8badfc" descr="2517.jpg"/>
+                  <wp:docPr id="40536134" name="name247369c7976c58ae7" descr="2517.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2517.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId406169ac3fc8badfa" cstate="print"/>
+                          <a:blip r:embed="rId966769c7976c58ae6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId927569ac3fc8baf3c" w:history="1">
+            <w:hyperlink r:id="rId265169c7976c58c57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2556,92 +2556,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943769ac3fc8bbc84" w:history="1">
+      <w:hyperlink r:id="rId835469c7976c5a018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26450619" name="name711369ac3fc8bcbb1" descr="XANTVE_distribution_map.jpg"/>
+            <wp:docPr id="53781786" name="name941869c7976c5ae56" descr="XANTVE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTVE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId794769ac3fc8bcbae" cstate="print"/>
+                    <a:blip r:embed="rId551269c7976c5ae54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4629,51 +4629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898169ac3fc8bdaea" w:history="1">
+      <w:hyperlink r:id="rId348569c7976c5be3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4719,51 +4719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307669ac3fc8bdb82" w:history="1">
+      <w:hyperlink r:id="rId599569c7976c5bed5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4800,151 +4800,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977369ac3fc8bdc07" w:history="1">
+      <w:hyperlink r:id="rId625969c7976c5bf5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898469ac3fc8bdc5d" w:history="1">
+      <w:hyperlink r:id="rId296769c7976c5bfb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858269ac3fc8bdcb2" w:history="1">
+      <w:hyperlink r:id="rId432669c7976c5c008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5010,51 +5010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599769ac3fc8bdd63" w:history="1">
+      <w:hyperlink r:id="rId805069c7976c5c0b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5140,51 +5140,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708169ac3fc8bde2f" w:history="1">
+      <w:hyperlink r:id="rId883369c7976c5c182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5270,51 +5270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125969ac3fc8bdefb" w:history="1">
+      <w:hyperlink r:id="rId476769c7976c5c24f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5411,51 +5411,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932969ac3fc8bdfd3" w:history="1">
+      <w:hyperlink r:id="rId641869c7976c5c328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5521,51 +5521,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777869ac3fc8be080" w:history="1">
+      <w:hyperlink r:id="rId896869c7976c5c3d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5631,51 +5631,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232769ac3fc8be12d" w:history="1">
+      <w:hyperlink r:id="rId631969c7976c5c482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5870,51 +5870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417169ac3fc8be2ba" w:history="1">
+      <w:hyperlink r:id="rId969169c7976c5c5f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5980,51 +5980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938069ac3fc8be36a" w:history="1">
+      <w:hyperlink r:id="rId398169c7976c5c6a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6050,51 +6050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833569ac3fc8be3db" w:history="1">
+      <w:hyperlink r:id="rId637869c7976c5c717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6180,51 +6180,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325769ac3fc8be4a8" w:history="1">
+      <w:hyperlink r:id="rId761569c7976c5c7ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6406,51 +6406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707769ac3fc8be645" w:history="1">
+      <w:hyperlink r:id="rId370669c7976c5c968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6603,51 +6603,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287869ac3fc8be79f" w:history="1">
+      <w:hyperlink r:id="rId578769c7976c5caaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6713,51 +6713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126869ac3fc8be84f" w:history="1">
+      <w:hyperlink r:id="rId391069c7976c5cb88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6803,51 +6803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627069ac3fc8be8df" w:history="1">
+      <w:hyperlink r:id="rId876269c7976c5cc1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6995,51 +6995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325169ac3fc8bea0d" w:history="1">
+      <w:hyperlink r:id="rId253369c7976c5cd62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7201,51 +7201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290369ac3fc8beb57" w:history="1">
+      <w:hyperlink r:id="rId254269c7976c5cead" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7405,51 +7405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220269ac3fc8bec9e" w:history="1">
+      <w:hyperlink r:id="rId634469c7976c5cff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7475,51 +7475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId220769ac3fc8bed0f" w:history="1">
+      <w:hyperlink r:id="rId236769c7976c5d06a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7565,51 +7565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948069ac3fc8beda9" w:history="1">
+      <w:hyperlink r:id="rId507669c7976c5d0fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7635,51 +7635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963669ac3fc8bee1b" w:history="1">
+      <w:hyperlink r:id="rId846269c7976c5d16d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7725,51 +7725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440169ac3fc8beeaa" w:history="1">
+      <w:hyperlink r:id="rId741169c7976c5d1fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814469ac3fc8bf081" w:history="1">
+      <w:hyperlink r:id="rId358069c7976c5d324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8021,51 +8021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423569ac3fc8bf132" w:history="1">
+      <w:hyperlink r:id="rId597669c7976c5d3dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8111,51 +8111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998069ac3fc8bf1c3" w:history="1">
+      <w:hyperlink r:id="rId158869c7976c5d472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8181,51 +8181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900969ac3fc8bf235" w:history="1">
+      <w:hyperlink r:id="rId362269c7976c5d4e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8271,51 +8271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252769ac3fc8bf2c4" w:history="1">
+      <w:hyperlink r:id="rId854669c7976c5d572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8341,51 +8341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564369ac3fc8bf334" w:history="1">
+      <w:hyperlink r:id="rId361869c7976c5d5e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733369ac3fc8bf499" w:history="1">
+      <w:hyperlink r:id="rId423869c7976c5d748" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242169ac3fc8bf519" w:history="1">
+      <w:hyperlink r:id="rId868469c7976c5d7b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8749,51 +8749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122169ac3fc8bf5c9" w:history="1">
+      <w:hyperlink r:id="rId551369c7976c5d865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8819,51 +8819,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856769ac3fc8bf63a" w:history="1">
+      <w:hyperlink r:id="rId220469c7976c5d8d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8889,51 +8889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939769ac3fc8bf6d0" w:history="1">
+      <w:hyperlink r:id="rId579069c7976c5d943" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8979,51 +8979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991969ac3fc8bf761" w:history="1">
+      <w:hyperlink r:id="rId302369c7976c5d9d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9040,51 +9040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660969ac3fc8bf7c8" w:history="1">
+      <w:hyperlink r:id="rId609569c7976c5da35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429169ac3fc8bf8d1" w:history="1">
+      <w:hyperlink r:id="rId527969c7976c5db49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9298,51 +9298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735569ac3fc8bf96c" w:history="1">
+      <w:hyperlink r:id="rId703269c7976c5dc05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9428,51 +9428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773469ac3fc8bfa3e" w:history="1">
+      <w:hyperlink r:id="rId196369c7976c5dcd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889169ac3fc8bface" w:history="1">
+      <w:hyperlink r:id="rId619369c7976c5dd6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9628,51 +9628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690469ac3fc8bfb7b" w:history="1">
+      <w:hyperlink r:id="rId567469c7976c5de19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9698,51 +9698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756969ac3fc8bfbeb" w:history="1">
+      <w:hyperlink r:id="rId922069c7976c5de88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9788,51 +9788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867069ac3fc8bfc79" w:history="1">
+      <w:hyperlink r:id="rId123569c7976c5df19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9976,51 +9976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542269ac3fc8bfda5" w:history="1">
+      <w:hyperlink r:id="rId279369c7976c5e054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10104,51 +10104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988169ac3fc8bfe74" w:history="1">
+      <w:hyperlink r:id="rId733969c7976c5e124" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10194,51 +10194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375869ac3fc8bff02" w:history="1">
+      <w:hyperlink r:id="rId163269c7976c5e1b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10322,51 +10322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902069ac3fc8bffcf" w:history="1">
+      <w:hyperlink r:id="rId290269c7976c5e280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,51 +10432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403469ac3fc8c008b" w:history="1">
+      <w:hyperlink r:id="rId461169c7976c5e33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10661,81 +10661,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541369ac3fc8c01fb" w:history="1">
+      <w:hyperlink r:id="rId315269c7976c5e4af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78388236" name="name285469ac3fc8c0265" descr="eu_funding_250.png"/>
+            <wp:docPr id="76298625" name="name710269c7976c5e54b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId831369ac3fc8c0264" cstate="print"/>
+                    <a:blip r:embed="rId341369c7976c5e54a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10833,137 +10833,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75461245">
+  <w:abstractNum w:abstractNumId="20926369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63951606">
+    <w:lvl w:ilvl="0" w:tplc="21105369">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63951606" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21105369" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75461244">
+  <w:abstractNum w:abstractNumId="20926368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94105942">
+    <w:lvl w:ilvl="0" w:tplc="44021833">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11715,55 +11715,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75461244">
-    <w:abstractNumId w:val="75461244"/>
+  <w:num w:numId="20926368">
+    <w:abstractNumId w:val="20926368"/>
   </w:num>
-  <w:num w:numId="75461245">
-    <w:abstractNumId w:val="75461245"/>
+  <w:num w:numId="20926369">
+    <w:abstractNumId w:val="20926369"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23313,51 +23313,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId910585893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103691263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId347269ac3fc8ba73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId404469ac3fc8ba7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId927569ac3fc8baf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId943769ac3fc8bbc84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId898169ac3fc8bdaea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId307669ac3fc8bdb82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId977369ac3fc8bdc07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId898469ac3fc8bdc5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId858269ac3fc8bdcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId599769ac3fc8bdd63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId708169ac3fc8bde2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId125969ac3fc8bdefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId932969ac3fc8bdfd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId777869ac3fc8be080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId232769ac3fc8be12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId417169ac3fc8be2ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId938069ac3fc8be36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId833569ac3fc8be3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId325769ac3fc8be4a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId707769ac3fc8be645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId287869ac3fc8be79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId126869ac3fc8be84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId627069ac3fc8be8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId325169ac3fc8bea0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId290369ac3fc8beb57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId220269ac3fc8bec9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId220769ac3fc8bed0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId948069ac3fc8beda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId963669ac3fc8bee1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId440169ac3fc8beeaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId814469ac3fc8bf081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId423569ac3fc8bf132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId998069ac3fc8bf1c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId900969ac3fc8bf235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId252769ac3fc8bf2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId564369ac3fc8bf334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId733369ac3fc8bf499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId242169ac3fc8bf519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId122169ac3fc8bf5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId856769ac3fc8bf63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId939769ac3fc8bf6d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId991969ac3fc8bf761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId660969ac3fc8bf7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId429169ac3fc8bf8d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId735569ac3fc8bf96c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId773469ac3fc8bfa3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId889169ac3fc8bface" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId690469ac3fc8bfb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId756969ac3fc8bfbeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId867069ac3fc8bfc79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId542269ac3fc8bfda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId988169ac3fc8bfe74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId375869ac3fc8bff02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId902069ac3fc8bffcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId403469ac3fc8c008b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId541369ac3fc8c01fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId406169ac3fc8badfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406169ac3fc8badfa.jpg"/><Relationship Id="rId794769ac3fc8bcbae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId794769ac3fc8bcbae.jpg"/><Relationship Id="rId831369ac3fc8c0264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId831369ac3fc8c0264.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId890431865" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107671884" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId382869c7976c58080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/" TargetMode="External"/><Relationship Id="rId192269c7976c580ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/categorization" TargetMode="External"/><Relationship Id="rId265169c7976c58c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTVE/photos" TargetMode="External"/><Relationship Id="rId835469c7976c5a018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId348569c7976c5be3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId599569c7976c5bed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId625969c7976c5bf5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId296769c7976c5bfb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId432669c7976c5c008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId805069c7976c5c0b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId883369c7976c5c182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId476769c7976c5c24f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId641869c7976c5c328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId896869c7976c5c3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId631969c7976c5c482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId969169c7976c5c5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId398169c7976c5c6a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId637869c7976c5c717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId761569c7976c5c7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId370669c7976c5c968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId578769c7976c5caaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId391069c7976c5cb88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId876269c7976c5cc1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId253369c7976c5cd62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId254269c7976c5cead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId634469c7976c5cff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId236769c7976c5d06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId507669c7976c5d0fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId846269c7976c5d16d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId741169c7976c5d1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId358069c7976c5d324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId597669c7976c5d3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId158869c7976c5d472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId362269c7976c5d4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId854669c7976c5d572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId361869c7976c5d5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId423869c7976c5d748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId868469c7976c5d7b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId551369c7976c5d865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId220469c7976c5d8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId579069c7976c5d943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId302369c7976c5d9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId609569c7976c5da35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId527969c7976c5db49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId703269c7976c5dc05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId196369c7976c5dcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId619369c7976c5dd6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId567469c7976c5de19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId922069c7976c5de88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId123569c7976c5df19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId279369c7976c5e054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId733969c7976c5e124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId163269c7976c5e1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId290269c7976c5e280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId461169c7976c5e33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId315269c7976c5e4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId966769c7976c58ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966769c7976c58ae6.jpg"/><Relationship Id="rId551269c7976c5ae54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId551269c7976c5ae54.jpg"/><Relationship Id="rId341369c7976c5e54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId341369c7976c5e54a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>