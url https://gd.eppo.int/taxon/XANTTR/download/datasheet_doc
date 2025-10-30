--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Hagborg) Dye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bLS, bacterial leaf streak of barley, bacterial leaf streak of wheat, black chaff of cereals</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394768e8d31abcb6e" w:history="1">
+            <w:hyperlink r:id="rId58526903903442c7c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId886768e8d31abcbb4" w:history="1">
+            <w:hyperlink r:id="rId18886903903442cc1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45534656" name="name850168e8d31abd46e" descr="10676.jpg"/>
+                  <wp:docPr id="92651807" name="name56296903903442d8f" descr="10676.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10676.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId481568e8d31abd46c" cstate="print"/>
+                          <a:blip r:embed="rId57426903903442d8e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId440368e8d31abd5a1" w:history="1">
+            <w:hyperlink r:id="rId97226903903442e90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1761,63 +1761,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have acted as the founding population in other countries, inferring that the centre of origin of the pathogen is from the Middle East and was disseminated in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14982687" name="name475868e8d31abea19" descr="XANTTR_distribution_map.jpg"/>
+            <wp:docPr id="2251043" name="name8168690390344464c" descr="XANTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId789168e8d31abea16" cstate="print"/>
+                    <a:blip r:embed="rId8320690390344464a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5117,101 +5117,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683768e8d31ac0135" w:history="1">
+      <w:hyperlink r:id="rId52496903903445f09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-22-2112-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boosalis MG (1951) The epidemiology of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (J.J. and R.) Dowson on cereals and grasses. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442968e8d31ac0190" w:history="1">
+      <w:hyperlink r:id="rId55756903903445f64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/224738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed September 19, 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature Communications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471168e8d31ac04cb" w:history="1">
+      <w:hyperlink r:id="rId813669039034462b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41467-022-29840-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2740–2753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725968e8d31ac074a" w:history="1">
+      <w:hyperlink r:id="rId34466903903446559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/ismej.2017.124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6293,51 +6293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, eabc4516. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765668e8d31ac08b9" w:history="1">
+      <w:hyperlink r:id="rId111469039034466cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/sciadv.abc4516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6383,51 +6383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 817815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996368e8d31ac0948" w:history="1">
+      <w:hyperlink r:id="rId1058690390344675e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.817815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6453,51 +6453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral dissertation, Montana State University-Bozeman, College of Agriculture.  Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339268e8d31ac09bc" w:history="1">
+      <w:hyperlink r:id="rId283369039034467d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6523,51 +6523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows overall genomic similarity but virulence factor diversity (preprint). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226668e8d31ac0a2e" w:history="1">
+      <w:hyperlink r:id="rId93206903903446849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2022.04.05.487151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6709,51 +6709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e01518-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228468e8d31ac0b61" w:history="1">
+      <w:hyperlink r:id="rId22586903903446985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01518-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6897,51 +6897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 519–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700968e8d31ac0c96" w:history="1">
+      <w:hyperlink r:id="rId54386903903446ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-16-0286-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7016,51 +7016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1114–1121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135168e8d31ac0d53" w:history="1">
+      <w:hyperlink r:id="rId32566903903446b99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-20-0337-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 887-891.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritzinger M (2022) Identification and genetic characterization of bacterial leaf streak resistance in barley. Thesis, 245 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913068e8d31ac0e21" w:history="1">
+      <w:hyperlink r:id="rId59536903903446c70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/227901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed July 13, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7323,51 +7323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2110-2118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293268e8d31ac0f42" w:history="1">
+      <w:hyperlink r:id="rId43666903903446d96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-22-0262-SA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7473,51 +7473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2876-2883. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247668e8d31ac102c" w:history="1">
+      <w:hyperlink r:id="rId86376903903446e87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0574-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8327,51 +8327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens pv. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784868e8d31ac1573" w:history="1">
+      <w:hyperlink r:id="rId90216903903447446" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8446,63 +8446,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43194007" name="name486468e8d31ac1686" descr="eu_funding_250.png"/>
+            <wp:docPr id="4246283" name="name10656903903447569" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId442768e8d31ac1685" cstate="print"/>
+                    <a:blip r:embed="rId60756903903447568" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8600,137 +8600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50497573">
+  <w:abstractNum w:abstractNumId="23730500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67775061">
+    <w:lvl w:ilvl="0" w:tplc="43801688">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67775061" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43801688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50497572">
+  <w:abstractNum w:abstractNumId="23730499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41140779">
+    <w:lvl w:ilvl="0" w:tplc="64458541">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9482,55 +9482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50497572">
-    <w:abstractNumId w:val="50497572"/>
+  <w:num w:numId="23730499">
+    <w:abstractNumId w:val="23730499"/>
   </w:num>
-  <w:num w:numId="50497573">
-    <w:abstractNumId w:val="50497573"/>
+  <w:num w:numId="23730500">
+    <w:abstractNumId w:val="23730500"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21080,51 +21080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369788435" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659997896" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId394768e8d31abcb6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId886768e8d31abcbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId440368e8d31abd5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId683768e8d31ac0135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId442968e8d31ac0190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId471168e8d31ac04cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId725968e8d31ac074a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId765668e8d31ac08b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId996368e8d31ac0948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId339268e8d31ac09bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId226668e8d31ac0a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId228468e8d31ac0b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId700968e8d31ac0c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId135168e8d31ac0d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId913068e8d31ac0e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId293268e8d31ac0f42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId247668e8d31ac102c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId784868e8d31ac1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId481568e8d31abd46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId481568e8d31abd46c.jpg"/><Relationship Id="rId789168e8d31abea16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId789168e8d31abea16.jpg"/><Relationship Id="rId442768e8d31ac1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId442768e8d31ac1685.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591056652" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104087790" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58526903903442c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId18886903903442cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId97226903903442e90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId52496903903445f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId55756903903445f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId813669039034462b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId34466903903446559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId111469039034466cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId1058690390344675e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId283369039034467d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId93206903903446849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId22586903903446985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId54386903903446ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId32566903903446b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId59536903903446c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId43666903903446d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId86376903903446e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId90216903903447446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57426903903442d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57426903903442d8e.jpg"/><Relationship Id="rId8320690390344464a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8320690390344464a.jpg"/><Relationship Id="rId60756903903447568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60756903903447568.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>