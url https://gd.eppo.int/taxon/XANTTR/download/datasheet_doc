--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Hagborg) Dye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bLS, bacterial leaf streak of barley, bacterial leaf streak of wheat, black chaff of cereals</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58526903903442c7c" w:history="1">
+            <w:hyperlink r:id="rId1280691f1110a68b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18886903903442cc1" w:history="1">
+            <w:hyperlink r:id="rId2910691f1110a68f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92651807" name="name56296903903442d8f" descr="10676.jpg"/>
+                  <wp:docPr id="43178372" name="name1526691f1110a69d9" descr="10676.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10676.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57426903903442d8e" cstate="print"/>
+                          <a:blip r:embed="rId9353691f1110a69d8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId97226903903442e90" w:history="1">
+            <w:hyperlink r:id="rId3129691f1110a6ab4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1761,63 +1761,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have acted as the founding population in other countries, inferring that the centre of origin of the pathogen is from the Middle East and was disseminated in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2251043" name="name8168690390344464c" descr="XANTTR_distribution_map.jpg"/>
+            <wp:docPr id="24010325" name="name7501691f1110a86a1" descr="XANTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8320690390344464a" cstate="print"/>
+                    <a:blip r:embed="rId1879691f1110a869f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5117,101 +5117,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52496903903445f09" w:history="1">
+      <w:hyperlink r:id="rId5740691f1110aa0f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-22-2112-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boosalis MG (1951) The epidemiology of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (J.J. and R.) Dowson on cereals and grasses. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55756903903445f64" w:history="1">
+      <w:hyperlink r:id="rId6027691f1110aa153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/224738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed September 19, 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature Communications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813669039034462b1" w:history="1">
+      <w:hyperlink r:id="rId1415691f1110aa489" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41467-022-29840-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2740–2753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34466903903446559" w:history="1">
+      <w:hyperlink r:id="rId4669691f1110aa6e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/ismej.2017.124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6293,51 +6293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, eabc4516. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111469039034466cc" w:history="1">
+      <w:hyperlink r:id="rId3626691f1110aa854" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/sciadv.abc4516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6383,51 +6383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 817815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1058690390344675e" w:history="1">
+      <w:hyperlink r:id="rId4427691f1110aa8e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.817815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6453,51 +6453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral dissertation, Montana State University-Bozeman, College of Agriculture.  Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283369039034467d5" w:history="1">
+      <w:hyperlink r:id="rId9381691f1110aa956" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6523,51 +6523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows overall genomic similarity but virulence factor diversity (preprint). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93206903903446849" w:history="1">
+      <w:hyperlink r:id="rId1239691f1110aa9fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2022.04.05.487151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6709,51 +6709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e01518-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22586903903446985" w:history="1">
+      <w:hyperlink r:id="rId2974691f1110aab2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01518-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6897,51 +6897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 519–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54386903903446ad1" w:history="1">
+      <w:hyperlink r:id="rId2728691f1110aac57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-16-0286-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7016,51 +7016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1114–1121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32566903903446b99" w:history="1">
+      <w:hyperlink r:id="rId1938691f1110aad11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-20-0337-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 887-891.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritzinger M (2022) Identification and genetic characterization of bacterial leaf streak resistance in barley. Thesis, 245 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59536903903446c70" w:history="1">
+      <w:hyperlink r:id="rId7009691f1110aadde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/227901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed July 13, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7323,51 +7323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2110-2118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43666903903446d96" w:history="1">
+      <w:hyperlink r:id="rId2707691f1110aaf38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-22-0262-SA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7473,51 +7473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2876-2883. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86376903903446e87" w:history="1">
+      <w:hyperlink r:id="rId3626691f1110ab028" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0574-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8327,51 +8327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens pv. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90216903903447446" w:history="1">
+      <w:hyperlink r:id="rId3453691f1110ab59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8446,63 +8446,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4246283" name="name10656903903447569" descr="eu_funding_250.png"/>
+            <wp:docPr id="558510" name="name9972691f1110ab6bb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60756903903447568" cstate="print"/>
+                    <a:blip r:embed="rId5926691f1110ab6ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8600,137 +8600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23730500">
+  <w:abstractNum w:abstractNumId="50700239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43801688">
+    <w:lvl w:ilvl="0" w:tplc="64087312">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43801688" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64087312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23730499">
+  <w:abstractNum w:abstractNumId="50700238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64458541">
+    <w:lvl w:ilvl="0" w:tplc="66139927">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9482,55 +9482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23730499">
-    <w:abstractNumId w:val="23730499"/>
+  <w:num w:numId="50700238">
+    <w:abstractNumId w:val="50700238"/>
   </w:num>
-  <w:num w:numId="23730500">
-    <w:abstractNumId w:val="23730500"/>
+  <w:num w:numId="50700239">
+    <w:abstractNumId w:val="50700239"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21080,51 +21080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591056652" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104087790" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58526903903442c7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId18886903903442cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId97226903903442e90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId52496903903445f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId55756903903445f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId813669039034462b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId34466903903446559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId111469039034466cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId1058690390344675e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId283369039034467d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId93206903903446849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId22586903903446985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId54386903903446ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId32566903903446b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId59536903903446c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId43666903903446d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId86376903903446e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId90216903903447446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57426903903442d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57426903903442d8e.jpg"/><Relationship Id="rId8320690390344464a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8320690390344464a.jpg"/><Relationship Id="rId60756903903447568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60756903903447568.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806245092" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145593235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1280691f1110a68b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId2910691f1110a68f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId3129691f1110a6ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId5740691f1110aa0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId6027691f1110aa153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId1415691f1110aa489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId4669691f1110aa6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId3626691f1110aa854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId4427691f1110aa8e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId9381691f1110aa956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId1239691f1110aa9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId2974691f1110aab2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId2728691f1110aac57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId1938691f1110aad11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId7009691f1110aadde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId2707691f1110aaf38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId3626691f1110ab028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId3453691f1110ab59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9353691f1110a69d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9353691f1110a69d8.jpg"/><Relationship Id="rId1879691f1110a869f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1879691f1110a869f.jpg"/><Relationship Id="rId5926691f1110ab6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5926691f1110ab6ba.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>