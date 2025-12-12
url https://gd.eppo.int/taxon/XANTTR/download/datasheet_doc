--- v2 (2025-11-20)
+++ v3 (2025-12-12)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Hagborg) Dye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bLS, bacterial leaf streak of barley, bacterial leaf streak of wheat, black chaff of cereals</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1280691f1110a68b1" w:history="1">
+            <w:hyperlink r:id="rId4294693c7ee805bfb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2910691f1110a68f4" w:history="1">
+            <w:hyperlink r:id="rId7171693c7ee805c41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43178372" name="name1526691f1110a69d9" descr="10676.jpg"/>
+                  <wp:docPr id="77118740" name="name1120693c7ee807cfb" descr="10676.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10676.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9353691f1110a69d8" cstate="print"/>
+                          <a:blip r:embed="rId8393693c7ee807cf8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3129691f1110a6ab4" w:history="1">
+            <w:hyperlink r:id="rId1779693c7ee807e59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1761,63 +1761,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have acted as the founding population in other countries, inferring that the centre of origin of the pathogen is from the Middle East and was disseminated in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24010325" name="name7501691f1110a86a1" descr="XANTTR_distribution_map.jpg"/>
+            <wp:docPr id="28144876" name="name5763693c7ee80984b" descr="XANTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1879691f1110a869f" cstate="print"/>
+                    <a:blip r:embed="rId5128693c7ee809848" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5117,101 +5117,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5740691f1110aa0f6" w:history="1">
+      <w:hyperlink r:id="rId6606693c7ee80afd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-22-2112-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boosalis MG (1951) The epidemiology of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (J.J. and R.) Dowson on cereals and grasses. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6027691f1110aa153" w:history="1">
+      <w:hyperlink r:id="rId1620693c7ee80b02b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/224738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed September 19, 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature Communications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1415691f1110aa489" w:history="1">
+      <w:hyperlink r:id="rId1632693c7ee80b37b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41467-022-29840-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2740–2753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4669691f1110aa6e2" w:history="1">
+      <w:hyperlink r:id="rId1672693c7ee80b5d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/ismej.2017.124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6293,51 +6293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, eabc4516. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3626691f1110aa854" w:history="1">
+      <w:hyperlink r:id="rId1124693c7ee80b73f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/sciadv.abc4516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6383,51 +6383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 817815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4427691f1110aa8e5" w:history="1">
+      <w:hyperlink r:id="rId4147693c7ee80b7ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.817815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6453,51 +6453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral dissertation, Montana State University-Bozeman, College of Agriculture.  Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9381691f1110aa956" w:history="1">
+      <w:hyperlink r:id="rId3586693c7ee80b840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6523,51 +6523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows overall genomic similarity but virulence factor diversity (preprint). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1239691f1110aa9fb" w:history="1">
+      <w:hyperlink r:id="rId9475693c7ee80b8bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2022.04.05.487151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6709,51 +6709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e01518-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2974691f1110aab2c" w:history="1">
+      <w:hyperlink r:id="rId5965693c7ee80b9ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01518-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6897,51 +6897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 519–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2728691f1110aac57" w:history="1">
+      <w:hyperlink r:id="rId5803693c7ee80dbab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-16-0286-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7016,51 +7016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1114–1121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1938691f1110aad11" w:history="1">
+      <w:hyperlink r:id="rId3304693c7ee80dc76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-20-0337-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 887-891.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritzinger M (2022) Identification and genetic characterization of bacterial leaf streak resistance in barley. Thesis, 245 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7009691f1110aadde" w:history="1">
+      <w:hyperlink r:id="rId6769693c7ee80dd4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/227901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed July 13, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7323,51 +7323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2110-2118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2707691f1110aaf38" w:history="1">
+      <w:hyperlink r:id="rId5028693c7ee80de6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-22-0262-SA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7473,51 +7473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2876-2883. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3626691f1110ab028" w:history="1">
+      <w:hyperlink r:id="rId6127693c7ee80df5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0574-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8327,51 +8327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens pv. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3453691f1110ab59b" w:history="1">
+      <w:hyperlink r:id="rId5292693c7ee80e4af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8446,63 +8446,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="558510" name="name9972691f1110ab6bb" descr="eu_funding_250.png"/>
+            <wp:docPr id="3499004" name="name3546693c7ee80e5c6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5926691f1110ab6ba" cstate="print"/>
+                    <a:blip r:embed="rId8320693c7ee80e5c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8600,137 +8600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50700239">
+  <w:abstractNum w:abstractNumId="30420337">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64087312">
+    <w:lvl w:ilvl="0" w:tplc="40773588">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64087312" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40773588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50700238">
+  <w:abstractNum w:abstractNumId="30420336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66139927">
+    <w:lvl w:ilvl="0" w:tplc="83959900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9482,55 +9482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50700238">
-    <w:abstractNumId w:val="50700238"/>
+  <w:num w:numId="30420336">
+    <w:abstractNumId w:val="30420336"/>
   </w:num>
-  <w:num w:numId="50700239">
-    <w:abstractNumId w:val="50700239"/>
+  <w:num w:numId="30420337">
+    <w:abstractNumId w:val="30420337"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21080,51 +21080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806245092" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145593235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1280691f1110a68b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId2910691f1110a68f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId3129691f1110a6ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId5740691f1110aa0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId6027691f1110aa153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId1415691f1110aa489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId4669691f1110aa6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId3626691f1110aa854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId4427691f1110aa8e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId9381691f1110aa956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId1239691f1110aa9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId2974691f1110aab2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId2728691f1110aac57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId1938691f1110aad11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId7009691f1110aadde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId2707691f1110aaf38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId3626691f1110ab028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId3453691f1110ab59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9353691f1110a69d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9353691f1110a69d8.jpg"/><Relationship Id="rId1879691f1110a869f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1879691f1110a869f.jpg"/><Relationship Id="rId5926691f1110ab6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5926691f1110ab6ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId610515782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444290986" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4294693c7ee805bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId7171693c7ee805c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId1779693c7ee807e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId6606693c7ee80afd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId1620693c7ee80b02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId1632693c7ee80b37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId1672693c7ee80b5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId1124693c7ee80b73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId4147693c7ee80b7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId3586693c7ee80b840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId9475693c7ee80b8bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId5965693c7ee80b9ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId5803693c7ee80dbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId3304693c7ee80dc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId6769693c7ee80dd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId5028693c7ee80de6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId6127693c7ee80df5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId5292693c7ee80e4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8393693c7ee807cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8393693c7ee807cf8.jpg"/><Relationship Id="rId5128693c7ee809848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5128693c7ee809848.jpg"/><Relationship Id="rId8320693c7ee80e5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8320693c7ee80e5c5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>