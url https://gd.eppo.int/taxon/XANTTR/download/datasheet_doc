--- v3 (2025-12-12)
+++ v4 (2026-02-11)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Hagborg) Dye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bLS, bacterial leaf streak of barley, bacterial leaf streak of wheat, black chaff of cereals</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4294693c7ee805bfb" w:history="1">
+            <w:hyperlink r:id="rId7446698c50fee791c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7171693c7ee805c41" w:history="1">
+            <w:hyperlink r:id="rId8440698c50fee795e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77118740" name="name1120693c7ee807cfb" descr="10676.jpg"/>
+                  <wp:docPr id="23253189" name="name8638698c50fee7f2e" descr="10676.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10676.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8393693c7ee807cf8" cstate="print"/>
+                          <a:blip r:embed="rId1226698c50fee7f2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1779693c7ee807e59" w:history="1">
+            <w:hyperlink r:id="rId5057698c50fee8007" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1761,105 +1761,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have acted as the founding population in other countries, inferring that the centre of origin of the pathogen is from the Middle East and was disseminated in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28144876" name="name5763693c7ee80984b" descr="XANTTR_distribution_map.jpg"/>
+            <wp:docPr id="71209793" name="name4522698c50fee95d4" descr="XANTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5128693c7ee809848" cstate="print"/>
+                    <a:blip r:embed="rId5402698c50fee95d2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Azerbaijan, Georgia, Israel, Jordan, Kazakhstan, Morocco, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Southern Russia, Western Siberia), Tunisia, Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Azerbaijan, Georgia, Israel, Jordan, Kazakhstan, Morocco, Romania, Russian Federation (Central Russia, Eastern Siberia, Southern Russia, Western Siberia), Tunisia, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ethiopia, Kenya, Libya, Morocco, South Africa, Tanzania, United Republic of, Tunisia, Zambia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5117,101 +5117,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6606693c7ee80afd2" w:history="1">
+      <w:hyperlink r:id="rId8593698c50feeac9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-22-2112-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boosalis MG (1951) The epidemiology of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (J.J. and R.) Dowson on cereals and grasses. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1620693c7ee80b02b" w:history="1">
+      <w:hyperlink r:id="rId8508698c50feeacf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/224738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed September 19, 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature Communications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1632693c7ee80b37b" w:history="1">
+      <w:hyperlink r:id="rId3824698c50feeb043" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41467-022-29840-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2740–2753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1672693c7ee80b5d7" w:history="1">
+      <w:hyperlink r:id="rId5323698c50feeb2a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/ismej.2017.124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6293,51 +6293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, eabc4516. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1124693c7ee80b73f" w:history="1">
+      <w:hyperlink r:id="rId3524698c50feeb408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/sciadv.abc4516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6383,51 +6383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 817815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4147693c7ee80b7ce" w:history="1">
+      <w:hyperlink r:id="rId4181698c50feeb496" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.817815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6453,51 +6453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral dissertation, Montana State University-Bozeman, College of Agriculture.  Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3586693c7ee80b840" w:history="1">
+      <w:hyperlink r:id="rId5812698c50feeb508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6523,51 +6523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows overall genomic similarity but virulence factor diversity (preprint). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9475693c7ee80b8bf" w:history="1">
+      <w:hyperlink r:id="rId4241698c50feeb594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2022.04.05.487151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6709,51 +6709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e01518-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5965693c7ee80b9ec" w:history="1">
+      <w:hyperlink r:id="rId9639698c50feeb6c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01518-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6897,51 +6897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 519–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5803693c7ee80dbab" w:history="1">
+      <w:hyperlink r:id="rId1487698c50feeb7ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-16-0286-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7016,51 +7016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1114–1121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3304693c7ee80dc76" w:history="1">
+      <w:hyperlink r:id="rId5493698c50feeb8a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-20-0337-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 887-891.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritzinger M (2022) Identification and genetic characterization of bacterial leaf streak resistance in barley. Thesis, 245 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6769693c7ee80dd4a" w:history="1">
+      <w:hyperlink r:id="rId7051698c50feeb97f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/227901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed July 13, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7323,51 +7323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2110-2118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5028693c7ee80de6f" w:history="1">
+      <w:hyperlink r:id="rId1592698c50feebaa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-22-0262-SA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7473,51 +7473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2876-2883. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6127693c7ee80df5c" w:history="1">
+      <w:hyperlink r:id="rId4508698c50feebb8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0574-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8305,73 +8305,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens pv. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5292693c7ee80e4af" w:history="1">
+      <w:hyperlink r:id="rId1270698c50feec0da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8446,63 +8446,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3499004" name="name3546693c7ee80e5c6" descr="eu_funding_250.png"/>
+            <wp:docPr id="99258045" name="name9077698c50feec204" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8320693c7ee80e5c5" cstate="print"/>
+                    <a:blip r:embed="rId8062698c50feec203" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8600,137 +8600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30420337">
+  <w:abstractNum w:abstractNumId="44335482">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40773588">
+    <w:lvl w:ilvl="0" w:tplc="85081221">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40773588" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85081221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30420336">
+  <w:abstractNum w:abstractNumId="44335481">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83959900">
+    <w:lvl w:ilvl="0" w:tplc="18330217">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9482,55 +9482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30420336">
-    <w:abstractNumId w:val="30420336"/>
+  <w:num w:numId="44335481">
+    <w:abstractNumId w:val="44335481"/>
   </w:num>
-  <w:num w:numId="30420337">
-    <w:abstractNumId w:val="30420337"/>
+  <w:num w:numId="44335482">
+    <w:abstractNumId w:val="44335482"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21080,51 +21080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId610515782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444290986" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4294693c7ee805bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId7171693c7ee805c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId1779693c7ee807e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId6606693c7ee80afd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId1620693c7ee80b02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId1632693c7ee80b37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId1672693c7ee80b5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId1124693c7ee80b73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId4147693c7ee80b7ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId3586693c7ee80b840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId9475693c7ee80b8bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId5965693c7ee80b9ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId5803693c7ee80dbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId3304693c7ee80dc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId6769693c7ee80dd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId5028693c7ee80de6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId6127693c7ee80df5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId5292693c7ee80e4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8393693c7ee807cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8393693c7ee807cf8.jpg"/><Relationship Id="rId5128693c7ee809848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5128693c7ee809848.jpg"/><Relationship Id="rId8320693c7ee80e5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8320693c7ee80e5c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId986842923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId921549776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7446698c50fee791c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId8440698c50fee795e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId5057698c50fee8007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId8593698c50feeac9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId8508698c50feeacf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId3824698c50feeb043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId5323698c50feeb2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId3524698c50feeb408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId4181698c50feeb496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId5812698c50feeb508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId4241698c50feeb594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId9639698c50feeb6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId1487698c50feeb7ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId5493698c50feeb8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId7051698c50feeb97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId1592698c50feebaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId4508698c50feebb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId1270698c50feec0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1226698c50fee7f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1226698c50fee7f2c.jpg"/><Relationship Id="rId5402698c50fee95d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5402698c50fee95d2.jpg"/><Relationship Id="rId8062698c50feec203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8062698c50feec203.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>