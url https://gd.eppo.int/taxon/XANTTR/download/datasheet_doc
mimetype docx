--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Hagborg) Dye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bLS, bacterial leaf streak of barley, bacterial leaf streak of wheat, black chaff of cereals</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7446698c50fee791c" w:history="1">
+            <w:hyperlink r:id="rId745969a6e994410f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8440698c50fee795e" w:history="1">
+            <w:hyperlink r:id="rId571669a6e9944114b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23253189" name="name8638698c50fee7f2e" descr="10676.jpg"/>
+                  <wp:docPr id="97087753" name="name924169a6e994419ad" descr="10676.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10676.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1226698c50fee7f2c" cstate="print"/>
+                          <a:blip r:embed="rId914569a6e994419ac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5057698c50fee8007" w:history="1">
+            <w:hyperlink r:id="rId720769a6e99441b38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1761,63 +1761,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have acted as the founding population in other countries, inferring that the centre of origin of the pathogen is from the Middle East and was disseminated in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71209793" name="name4522698c50fee95d4" descr="XANTTR_distribution_map.jpg"/>
+            <wp:docPr id="91969385" name="name290969a6e9944336e" descr="XANTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5402698c50fee95d2" cstate="print"/>
+                    <a:blip r:embed="rId963069a6e9944336b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5117,101 +5117,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8593698c50feeac9e" w:history="1">
+      <w:hyperlink r:id="rId510469a6e99444c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-22-2112-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boosalis MG (1951) The epidemiology of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (J.J. and R.) Dowson on cereals and grasses. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8508698c50feeacf5" w:history="1">
+      <w:hyperlink r:id="rId601569a6e99444ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/224738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed September 19, 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature Communications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3824698c50feeb043" w:history="1">
+      <w:hyperlink r:id="rId208269a6e9944500d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41467-022-29840-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2740–2753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5323698c50feeb2a3" w:history="1">
+      <w:hyperlink r:id="rId159669a6e9944527c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/ismej.2017.124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6293,51 +6293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, eabc4516. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3524698c50feeb408" w:history="1">
+      <w:hyperlink r:id="rId760469a6e994453f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/sciadv.abc4516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6383,51 +6383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 817815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4181698c50feeb496" w:history="1">
+      <w:hyperlink r:id="rId875869a6e99445484" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.817815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6453,51 +6453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral dissertation, Montana State University-Bozeman, College of Agriculture.  Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5812698c50feeb508" w:history="1">
+      <w:hyperlink r:id="rId800069a6e994454f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6523,51 +6523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows overall genomic similarity but virulence factor diversity (preprint). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4241698c50feeb594" w:history="1">
+      <w:hyperlink r:id="rId795069a6e9944557e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2022.04.05.487151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6709,51 +6709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e01518-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9639698c50feeb6c5" w:history="1">
+      <w:hyperlink r:id="rId714669a6e99445851" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01518-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6897,51 +6897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 519–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1487698c50feeb7ed" w:history="1">
+      <w:hyperlink r:id="rId503069a6e99445985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-16-0286-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7016,51 +7016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1114–1121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5493698c50feeb8a5" w:history="1">
+      <w:hyperlink r:id="rId768069a6e99445a42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-20-0337-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 887-891.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritzinger M (2022) Identification and genetic characterization of bacterial leaf streak resistance in barley. Thesis, 245 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7051698c50feeb97f" w:history="1">
+      <w:hyperlink r:id="rId515569a6e99445b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/227901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed July 13, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7323,51 +7323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2110-2118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1592698c50feebaa2" w:history="1">
+      <w:hyperlink r:id="rId215669a6e99445c36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-22-0262-SA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7473,51 +7473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2876-2883. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4508698c50feebb8c" w:history="1">
+      <w:hyperlink r:id="rId867269a6e99445d23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0574-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8327,51 +8327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens pv. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1270698c50feec0da" w:history="1">
+      <w:hyperlink r:id="rId432069a6e99446294" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8446,63 +8446,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99258045" name="name9077698c50feec204" descr="eu_funding_250.png"/>
+            <wp:docPr id="3914810" name="name447569a6e994463dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8062698c50feec203" cstate="print"/>
+                    <a:blip r:embed="rId585069a6e994463db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8600,137 +8600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44335482">
+  <w:abstractNum w:abstractNumId="91405717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85081221">
+    <w:lvl w:ilvl="0" w:tplc="59966061">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85081221" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59966061" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44335481">
+  <w:abstractNum w:abstractNumId="91405716">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18330217">
+    <w:lvl w:ilvl="0" w:tplc="79009460">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9482,55 +9482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44335481">
-    <w:abstractNumId w:val="44335481"/>
+  <w:num w:numId="91405716">
+    <w:abstractNumId w:val="91405716"/>
   </w:num>
-  <w:num w:numId="44335482">
-    <w:abstractNumId w:val="44335482"/>
+  <w:num w:numId="91405717">
+    <w:abstractNumId w:val="91405717"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21080,51 +21080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId986842923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId921549776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7446698c50fee791c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId8440698c50fee795e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId5057698c50fee8007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId8593698c50feeac9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId8508698c50feeacf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId3824698c50feeb043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId5323698c50feeb2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId3524698c50feeb408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId4181698c50feeb496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId5812698c50feeb508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId4241698c50feeb594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId9639698c50feeb6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId1487698c50feeb7ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId5493698c50feeb8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId7051698c50feeb97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId1592698c50feebaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId4508698c50feebb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId1270698c50feec0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1226698c50fee7f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1226698c50fee7f2c.jpg"/><Relationship Id="rId5402698c50fee95d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5402698c50fee95d2.jpg"/><Relationship Id="rId8062698c50feec203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8062698c50feec203.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415657531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId649263941" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId745969a6e994410f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId571669a6e9944114b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId720769a6e99441b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId510469a6e99444c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId601569a6e99444ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId208269a6e9944500d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId159669a6e9944527c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId760469a6e994453f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId875869a6e99445484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId800069a6e994454f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId795069a6e9944557e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId714669a6e99445851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId503069a6e99445985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId768069a6e99445a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId515569a6e99445b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId215669a6e99445c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId867269a6e99445d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId432069a6e99446294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId914569a6e994419ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId914569a6e994419ac.jpg"/><Relationship Id="rId963069a6e9944336b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963069a6e9944336b.jpg"/><Relationship Id="rId585069a6e994463db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId585069a6e994463db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>