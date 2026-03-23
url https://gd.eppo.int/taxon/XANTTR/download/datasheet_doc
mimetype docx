--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (Hagborg) Dye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bLS, bacterial leaf streak of barley, bacterial leaf streak of wheat, black chaff of cereals</w:t>
             </w:r>
-            <w:hyperlink r:id="rId745969a6e994410f8" w:history="1">
+            <w:hyperlink r:id="rId529469c16acf4efcb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571669a6e9944114b" w:history="1">
+            <w:hyperlink r:id="rId318069c16acf4f011" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97087753" name="name924169a6e994419ad" descr="10676.jpg"/>
+                  <wp:docPr id="9936488" name="name969469c16acf4f74c" descr="10676.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10676.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId914569a6e994419ac" cstate="print"/>
+                          <a:blip r:embed="rId414969c16acf4f74a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId720769a6e99441b38" w:history="1">
+            <w:hyperlink r:id="rId776969c16acf4f8f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1761,63 +1761,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">X. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have acted as the founding population in other countries, inferring that the centre of origin of the pathogen is from the Middle East and was disseminated in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91969385" name="name290969a6e9944336e" descr="XANTTR_distribution_map.jpg"/>
+            <wp:docPr id="99941972" name="name870369c16acf50a6e" descr="XANTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId963069a6e9944336b" cstate="print"/>
+                    <a:blip r:embed="rId542769c16acf50a6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5117,101 +5117,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510469a6e99444c73" w:history="1">
+      <w:hyperlink r:id="rId734769c16acf521e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-22-2112-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boosalis MG (1951) The epidemiology of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (J.J. and R.) Dowson on cereals and grasses. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601569a6e99444ccd" w:history="1">
+      <w:hyperlink r:id="rId193469c16acf5223d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/224738</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed September 19, 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nature Communications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208269a6e9944500d" w:history="1">
+      <w:hyperlink r:id="rId948869c16acf5257a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41467-022-29840-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6067,51 +6067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2740–2753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159669a6e9944527c" w:history="1">
+      <w:hyperlink r:id="rId447769c16acf527d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/ismej.2017.124</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6293,51 +6293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, eabc4516. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760469a6e994453f2" w:history="1">
+      <w:hyperlink r:id="rId175269c16acf52943" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/sciadv.abc4516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6383,51 +6383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 817815. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875869a6e99445484" w:history="1">
+      <w:hyperlink r:id="rId891769c16acf529d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.817815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6453,51 +6453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Doctoral dissertation, Montana State University-Bozeman, College of Agriculture.  Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800069a6e994454f8" w:history="1">
+      <w:hyperlink r:id="rId212369c16acf52a45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6523,51 +6523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows overall genomic similarity but virulence factor diversity (preprint). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId795069a6e9944557e" w:history="1">
+      <w:hyperlink r:id="rId481069c16acf52ab6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1101/2022.04.05.487151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6709,51 +6709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e01518-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714669a6e99445851" w:history="1">
+      <w:hyperlink r:id="rId838669c16acf52c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01518-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6897,51 +6897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 519–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503069a6e99445985" w:history="1">
+      <w:hyperlink r:id="rId117969c16acf52d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-16-0286-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7016,51 +7016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1114–1121. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768069a6e99445a42" w:history="1">
+      <w:hyperlink r:id="rId460669c16acf52df3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-20-0337-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7144,51 +7144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 887-891.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ritzinger M (2022) Identification and genetic characterization of bacterial leaf streak resistance in barley. Thesis, 245 pp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515569a6e99445b13" w:history="1">
+      <w:hyperlink r:id="rId133269c16acf52ec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://conservancy.umn.edu/handle/11299/227901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed July 13, 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7323,51 +7323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2110-2118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215669a6e99445c36" w:history="1">
+      <w:hyperlink r:id="rId953469c16acf52ff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-22-0262-SA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7473,51 +7473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2876-2883. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867269a6e99445d23" w:history="1">
+      <w:hyperlink r:id="rId196569c16acf530e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0574-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8327,51 +8327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas translucens pv. translucens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432069a6e99446294" w:history="1">
+      <w:hyperlink r:id="rId788869c16acf53641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8446,63 +8446,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3914810" name="name447569a6e994463dc" descr="eu_funding_250.png"/>
+            <wp:docPr id="37283339" name="name663069c16acf53769" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId585069a6e994463db" cstate="print"/>
+                    <a:blip r:embed="rId471269c16acf53767" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8600,137 +8600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91405717">
+  <w:abstractNum w:abstractNumId="15446524">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59966061">
+    <w:lvl w:ilvl="0" w:tplc="41698917">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59966061" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41698917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91405716">
+  <w:abstractNum w:abstractNumId="15446523">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79009460">
+    <w:lvl w:ilvl="0" w:tplc="94710411">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9482,55 +9482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91405716">
-    <w:abstractNumId w:val="91405716"/>
+  <w:num w:numId="15446523">
+    <w:abstractNumId w:val="15446523"/>
   </w:num>
-  <w:num w:numId="91405717">
-    <w:abstractNumId w:val="91405717"/>
+  <w:num w:numId="15446524">
+    <w:abstractNumId w:val="15446524"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21080,51 +21080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415657531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId649263941" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId745969a6e994410f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId571669a6e9944114b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId720769a6e99441b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId510469a6e99444c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId601569a6e99444ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId208269a6e9944500d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId159669a6e9944527c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId760469a6e994453f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId875869a6e99445484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId800069a6e994454f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId795069a6e9944557e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId714669a6e99445851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId503069a6e99445985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId768069a6e99445a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId515569a6e99445b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId215669a6e99445c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId867269a6e99445d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId432069a6e99446294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId914569a6e994419ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId914569a6e994419ac.jpg"/><Relationship Id="rId963069a6e9944336b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963069a6e9944336b.jpg"/><Relationship Id="rId585069a6e994463db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId585069a6e994463db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132598442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281942365" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId529469c16acf4efcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/" TargetMode="External"/><Relationship Id="rId318069c16acf4f011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/categorization" TargetMode="External"/><Relationship Id="rId776969c16acf4f8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTR/photos" TargetMode="External"/><Relationship Id="rId734769c16acf521e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-22-2112-PDN" TargetMode="External"/><Relationship Id="rId193469c16acf5223d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/224738" TargetMode="External"/><Relationship Id="rId948869c16acf5257a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-022-29840-1" TargetMode="External"/><Relationship Id="rId447769c16acf527d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ismej.2017.124" TargetMode="External"/><Relationship Id="rId175269c16acf52943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId891769c16acf529d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId212369c16acf52a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.montana.edu/xmlui/bitstream/handle/1/3685/31762001154135.pdf" TargetMode="External"/><Relationship Id="rId481069c16acf52ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2022.04.05.487151" TargetMode="External"/><Relationship Id="rId838669c16acf52c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId117969c16acf52d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId460669c16acf52df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-20-0337-R" TargetMode="External"/><Relationship Id="rId133269c16acf52ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conservancy.umn.edu/handle/11299/227901" TargetMode="External"/><Relationship Id="rId953469c16acf52ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-22-0262-SA" TargetMode="External"/><Relationship Id="rId196569c16acf530e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0574-RE" TargetMode="External"/><Relationship Id="rId788869c16acf53641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId414969c16acf4f74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414969c16acf4f74a.jpg"/><Relationship Id="rId542769c16acf50a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId542769c16acf50a6c.jpg"/><Relationship Id="rId471269c16acf53767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId471269c16acf53767.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>