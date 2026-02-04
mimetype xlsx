--- v0 (2025-10-09)
+++ v1 (2026-02-04)
@@ -374,51 +374,51 @@
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>