--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId840868e095a74f5e3" w:history="1">
+            <w:hyperlink r:id="rId834168fc12eb07531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357568e095a74f653" w:history="1">
+            <w:hyperlink r:id="rId333568fc12eb075a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16157480" name="name391868e095a74f72c" descr="1759.jpg"/>
+                  <wp:docPr id="51927747" name="name956068fc12eb076e2" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId454968e095a74f72a" cstate="print"/>
+                          <a:blip r:embed="rId181568fc12eb076e0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId604668e095a74f891" w:history="1">
+            <w:hyperlink r:id="rId267168fc12eb07832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571168e095a74f9fc" w:history="1">
+      <w:hyperlink r:id="rId209968fc12eb079ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId235968e095a750a4a" w:history="1">
+      <w:hyperlink r:id="rId869568fc12eb08ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46199900" name="name680668e095a7516a7" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="58914020" name="name379968fc12eb09b35" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId233568e095a7516a4" cstate="print"/>
+                    <a:blip r:embed="rId340668fc12eb09b32" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614868e095a7544ef" w:history="1">
+      <w:hyperlink r:id="rId223968fc12eb0cda5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846068e095a7545a7" w:history="1">
+      <w:hyperlink r:id="rId648968fc12eb0ce62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307968e095a754639" w:history="1">
+      <w:hyperlink r:id="rId523968fc12eb0cef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364368e095a754769" w:history="1">
+      <w:hyperlink r:id="rId624368fc12eb0d02c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119268e095a7549ad" w:history="1">
+      <w:hyperlink r:id="rId288668fc12eb0d27a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599668e095a754a2e" w:history="1">
+      <w:hyperlink r:id="rId369068fc12eb0d319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833068e095a754afd" w:history="1">
+      <w:hyperlink r:id="rId598568fc12eb0d3fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246368e095a754bed" w:history="1">
+      <w:hyperlink r:id="rId448868fc12eb0d560" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995368e095a754c5f" w:history="1">
+      <w:hyperlink r:id="rId882068fc12eb0d5f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131868e095a754d1f" w:history="1">
+      <w:hyperlink r:id="rId356668fc12eb0d6bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738168e095a754dd6" w:history="1">
+      <w:hyperlink r:id="rId375668fc12eb0d783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126368e095a755141" w:history="1">
+      <w:hyperlink r:id="rId810968fc12eb0daed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650568e095a7551f3" w:history="1">
+      <w:hyperlink r:id="rId127868fc12eb0dba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405768e095a75540e" w:history="1">
+      <w:hyperlink r:id="rId336368fc12eb0ddc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154168e095a7554e1" w:history="1">
+      <w:hyperlink r:id="rId208368fc12eb0de9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524368e095a755591" w:history="1">
+      <w:hyperlink r:id="rId545668fc12eb0df5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227468e095a75563f" w:history="1">
+      <w:hyperlink r:id="rId754568fc12eb0e00c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320968e095a7556b1" w:history="1">
+      <w:hyperlink r:id="rId532868fc12eb0e081" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205768e095a755720" w:history="1">
+      <w:hyperlink r:id="rId538468fc12eb0e0f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524668e095a755867" w:history="1">
+      <w:hyperlink r:id="rId792368fc12eb0e22f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726768e095a755cb4" w:history="1">
+      <w:hyperlink r:id="rId280568fc12eb0e527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478468e095a755dcb" w:history="1">
+      <w:hyperlink r:id="rId330168fc12eb0e637" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279468e095a755f95" w:history="1">
+      <w:hyperlink r:id="rId515068fc12eb0e7ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657868e095a75602c" w:history="1">
+      <w:hyperlink r:id="rId387268fc12eb0e887" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987168e095a75614a" w:history="1">
+      <w:hyperlink r:id="rId886168fc12eb0e99a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241268e095a756329" w:history="1">
+      <w:hyperlink r:id="rId655268fc12eb0eba7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164568e095a7564bd" w:history="1">
+      <w:hyperlink r:id="rId752168fc12eb0ed3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965268e095a756661" w:history="1">
+      <w:hyperlink r:id="rId781168fc12eb0ef0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835068e095a756774" w:history="1">
+      <w:hyperlink r:id="rId811568fc12eb0f024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636868e095a756a8c" w:history="1">
+      <w:hyperlink r:id="rId698868fc12eb0f393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826468e095a756d8d" w:history="1">
+      <w:hyperlink r:id="rId315868fc12eb0f6ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450268e095a756e41" w:history="1">
+      <w:hyperlink r:id="rId149068fc12eb0f778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626068e095a756ee5" w:history="1">
+      <w:hyperlink r:id="rId898268fc12eb0f814" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195768e095a756f76" w:history="1">
+      <w:hyperlink r:id="rId511268fc12eb0f8a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283968e095a7572be" w:history="1">
+      <w:hyperlink r:id="rId518268fc12eb0fc37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601368e095a75744b" w:history="1">
+      <w:hyperlink r:id="rId170268fc12eb0fdcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634668e095a7574fd" w:history="1">
+      <w:hyperlink r:id="rId594768fc12eb0fe9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131868e095a7575b1" w:history="1">
+      <w:hyperlink r:id="rId479968fc12eb0ff88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792468e095a75777f" w:history="1">
+      <w:hyperlink r:id="rId892168fc12eb1015c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876868e095a757b94" w:history="1">
+      <w:hyperlink r:id="rId606068fc12eb10748" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924068e095a757d1f" w:history="1">
+      <w:hyperlink r:id="rId231568fc12eb108d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326968e095a757d93" w:history="1">
+      <w:hyperlink r:id="rId329468fc12eb1094b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764268e095a758687" w:history="1">
+      <w:hyperlink r:id="rId305468fc12eb10da5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399268e095a758776" w:history="1">
+      <w:hyperlink r:id="rId237068fc12eb10e4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556968e095a7587fa" w:history="1">
+      <w:hyperlink r:id="rId521568fc12eb10ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469568e095a7589c6" w:history="1">
+      <w:hyperlink r:id="rId990568fc12eb10fad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641868e095a758ab4" w:history="1">
+      <w:hyperlink r:id="rId361168fc12eb11073" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751368e095a758bf5" w:history="1">
+      <w:hyperlink r:id="rId178268fc12eb11172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79092792" name="name296468e095a758c6e" descr="eu_funding_250.png"/>
+            <wp:docPr id="24561277" name="name158468fc12eb112f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId700168e095a758c6d" cstate="print"/>
+                    <a:blip r:embed="rId742368fc12eb112f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15871091">
+  <w:abstractNum w:abstractNumId="74663997">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94434592">
+    <w:lvl w:ilvl="0" w:tplc="32325218">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94434592" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32325218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15871090">
+  <w:abstractNum w:abstractNumId="74663996">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77812643">
+    <w:lvl w:ilvl="0" w:tplc="49703681">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15871090">
-    <w:abstractNumId w:val="15871090"/>
+  <w:num w:numId="74663996">
+    <w:abstractNumId w:val="74663996"/>
   </w:num>
-  <w:num w:numId="15871091">
-    <w:abstractNumId w:val="15871091"/>
+  <w:num w:numId="74663997">
+    <w:abstractNumId w:val="74663997"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195990216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId135847840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId840868e095a74f5e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId357568e095a74f653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId604668e095a74f891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId571168e095a74f9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId235968e095a750a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId614868e095a7544ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId846068e095a7545a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId307968e095a754639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId364368e095a754769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId119268e095a7549ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId599668e095a754a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId833068e095a754afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId246368e095a754bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId995368e095a754c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId131868e095a754d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId738168e095a754dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId126368e095a755141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId650568e095a7551f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId405768e095a75540e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId154168e095a7554e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId524368e095a755591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId227468e095a75563f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId320968e095a7556b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId205768e095a755720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId524668e095a755867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId726768e095a755cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId478468e095a755dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId279468e095a755f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId657868e095a75602c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId987168e095a75614a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId241268e095a756329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId164568e095a7564bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId965268e095a756661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId835068e095a756774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId636868e095a756a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId826468e095a756d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId450268e095a756e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId626068e095a756ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId195768e095a756f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId283968e095a7572be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId601368e095a75744b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId634668e095a7574fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId131868e095a7575b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId792468e095a75777f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId876868e095a757b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId924068e095a757d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId326968e095a757d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId764268e095a758687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId399268e095a758776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId556968e095a7587fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId469568e095a7589c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId641868e095a758ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId751368e095a758bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId454968e095a74f72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454968e095a74f72a.jpg"/><Relationship Id="rId233568e095a7516a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233568e095a7516a4.jpg"/><Relationship Id="rId700168e095a758c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId700168e095a758c6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369945887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId974654559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId834168fc12eb07531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId333568fc12eb075a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId267168fc12eb07832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId209968fc12eb079ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId869568fc12eb08ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId223968fc12eb0cda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId648968fc12eb0ce62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId523968fc12eb0cef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId624368fc12eb0d02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId288668fc12eb0d27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId369068fc12eb0d319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId598568fc12eb0d3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId448868fc12eb0d560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId882068fc12eb0d5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId356668fc12eb0d6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId375668fc12eb0d783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId810968fc12eb0daed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId127868fc12eb0dba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId336368fc12eb0ddc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId208368fc12eb0de9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId545668fc12eb0df5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId754568fc12eb0e00c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId532868fc12eb0e081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId538468fc12eb0e0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId792368fc12eb0e22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId280568fc12eb0e527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId330168fc12eb0e637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId515068fc12eb0e7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId387268fc12eb0e887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId886168fc12eb0e99a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId655268fc12eb0eba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId752168fc12eb0ed3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId781168fc12eb0ef0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId811568fc12eb0f024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId698868fc12eb0f393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId315868fc12eb0f6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId149068fc12eb0f778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId898268fc12eb0f814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId511268fc12eb0f8a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId518268fc12eb0fc37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId170268fc12eb0fdcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId594768fc12eb0fe9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId479968fc12eb0ff88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId892168fc12eb1015c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId606068fc12eb10748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId231568fc12eb108d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId329468fc12eb1094b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId305468fc12eb10da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId237068fc12eb10e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId521568fc12eb10ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId990568fc12eb10fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId361168fc12eb11073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId178268fc12eb11172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId181568fc12eb076e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181568fc12eb076e0.jpg"/><Relationship Id="rId340668fc12eb09b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340668fc12eb09b32.jpg"/><Relationship Id="rId742368fc12eb112f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742368fc12eb112f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>