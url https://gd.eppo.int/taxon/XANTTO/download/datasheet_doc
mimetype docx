--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId834168fc12eb07531" w:history="1">
+            <w:hyperlink r:id="rId99016918066d91aa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333568fc12eb075a2" w:history="1">
+            <w:hyperlink r:id="rId88586918066d91b10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51927747" name="name956068fc12eb076e2" descr="1759.jpg"/>
+                  <wp:docPr id="47817094" name="name43986918066d9235f" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId181568fc12eb076e0" cstate="print"/>
+                          <a:blip r:embed="rId61306918066d9235d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId267168fc12eb07832" w:history="1">
+            <w:hyperlink r:id="rId36956918066d924d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209968fc12eb079ea" w:history="1">
+      <w:hyperlink r:id="rId32716918066d92657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId869568fc12eb08ac0" w:history="1">
+      <w:hyperlink r:id="rId55886918066d93665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58914020" name="name379968fc12eb09b35" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="35673125" name="name92396918066d942af" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId340668fc12eb09b32" cstate="print"/>
+                    <a:blip r:embed="rId17056918066d942ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223968fc12eb0cda5" w:history="1">
+      <w:hyperlink r:id="rId75796918066d9701a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648968fc12eb0ce62" w:history="1">
+      <w:hyperlink r:id="rId88436918066d970dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523968fc12eb0cef9" w:history="1">
+      <w:hyperlink r:id="rId50106918066d97176" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624368fc12eb0d02c" w:history="1">
+      <w:hyperlink r:id="rId56996918066d972af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288668fc12eb0d27a" w:history="1">
+      <w:hyperlink r:id="rId15936918066d974fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369068fc12eb0d319" w:history="1">
+      <w:hyperlink r:id="rId60506918066d9757e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598568fc12eb0d3fe" w:history="1">
+      <w:hyperlink r:id="rId21026918066d9767f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448868fc12eb0d560" w:history="1">
+      <w:hyperlink r:id="rId29636918066d97771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882068fc12eb0d5f4" w:history="1">
+      <w:hyperlink r:id="rId36696918066d977e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356668fc12eb0d6bb" w:history="1">
+      <w:hyperlink r:id="rId59226918066d97895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375668fc12eb0d783" w:history="1">
+      <w:hyperlink r:id="rId22366918066d97948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810968fc12eb0daed" w:history="1">
+      <w:hyperlink r:id="rId71396918066d97c90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127868fc12eb0dba5" w:history="1">
+      <w:hyperlink r:id="rId48276918066d97d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336368fc12eb0ddc1" w:history="1">
+      <w:hyperlink r:id="rId75046918066d97f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208368fc12eb0de9c" w:history="1">
+      <w:hyperlink r:id="rId90296918066d98019" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545668fc12eb0df5a" w:history="1">
+      <w:hyperlink r:id="rId95116918066d980d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754568fc12eb0e00c" w:history="1">
+      <w:hyperlink r:id="rId56276918066d98184" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532868fc12eb0e081" w:history="1">
+      <w:hyperlink r:id="rId52966918066d981f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538468fc12eb0e0f2" w:history="1">
+      <w:hyperlink r:id="rId19706918066d98267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792368fc12eb0e22f" w:history="1">
+      <w:hyperlink r:id="rId66206918066d9839f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280568fc12eb0e527" w:history="1">
+      <w:hyperlink r:id="rId50756918066d9864d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330168fc12eb0e637" w:history="1">
+      <w:hyperlink r:id="rId31596918066d98750" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515068fc12eb0e7ef" w:history="1">
+      <w:hyperlink r:id="rId63786918066d988f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387268fc12eb0e887" w:history="1">
+      <w:hyperlink r:id="rId67336918066d98989" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886168fc12eb0e99a" w:history="1">
+      <w:hyperlink r:id="rId97626918066d98a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655268fc12eb0eba7" w:history="1">
+      <w:hyperlink r:id="rId37366918066d98c63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752168fc12eb0ed3f" w:history="1">
+      <w:hyperlink r:id="rId58506918066d98dfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781168fc12eb0ef0d" w:history="1">
+      <w:hyperlink r:id="rId55546918066d98f9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811568fc12eb0f024" w:history="1">
+      <w:hyperlink r:id="rId93596918066d990a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698868fc12eb0f393" w:history="1">
+      <w:hyperlink r:id="rId32506918066d993b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315868fc12eb0f6ba" w:history="1">
+      <w:hyperlink r:id="rId89396918066d996bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149068fc12eb0f778" w:history="1">
+      <w:hyperlink r:id="rId64046918066d9976e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898268fc12eb0f814" w:history="1">
+      <w:hyperlink r:id="rId62856918066d9980a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511268fc12eb0f8a8" w:history="1">
+      <w:hyperlink r:id="rId28556918066d9989d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518268fc12eb0fc37" w:history="1">
+      <w:hyperlink r:id="rId65436918066d99bd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170268fc12eb0fdcb" w:history="1">
+      <w:hyperlink r:id="rId77106918066d99d60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594768fc12eb0fe9f" w:history="1">
+      <w:hyperlink r:id="rId19966918066d99e12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId479968fc12eb0ff88" w:history="1">
+      <w:hyperlink r:id="rId57706918066d99ec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892168fc12eb1015c" w:history="1">
+      <w:hyperlink r:id="rId38226918066d9a08d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606068fc12eb10748" w:history="1">
+      <w:hyperlink r:id="rId91946918066d9a4ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231568fc12eb108d7" w:history="1">
+      <w:hyperlink r:id="rId43896918066d9a63a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329468fc12eb1094b" w:history="1">
+      <w:hyperlink r:id="rId55876918066d9a6ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305468fc12eb10da5" w:history="1">
+      <w:hyperlink r:id="rId16566918066d9aacd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237068fc12eb10e4a" w:history="1">
+      <w:hyperlink r:id="rId86106918066d9ab64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521568fc12eb10ecc" w:history="1">
+      <w:hyperlink r:id="rId97276918066d9abfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990568fc12eb10fad" w:history="1">
+      <w:hyperlink r:id="rId31556918066d9acde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361168fc12eb11073" w:history="1">
+      <w:hyperlink r:id="rId71566918066d9ad9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178268fc12eb11172" w:history="1">
+      <w:hyperlink r:id="rId55746918066d9ae90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24561277" name="name158468fc12eb112f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="86320062" name="name72636918066d9aef3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId742368fc12eb112f8" cstate="print"/>
+                    <a:blip r:embed="rId94056918066d9aef2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74663997">
+  <w:abstractNum w:abstractNumId="86018841">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32325218">
+    <w:lvl w:ilvl="0" w:tplc="20107239">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32325218" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20107239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74663996">
+  <w:abstractNum w:abstractNumId="86018840">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49703681">
+    <w:lvl w:ilvl="0" w:tplc="98103992">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74663996">
-    <w:abstractNumId w:val="74663996"/>
+  <w:num w:numId="86018840">
+    <w:abstractNumId w:val="86018840"/>
   </w:num>
-  <w:num w:numId="74663997">
-    <w:abstractNumId w:val="74663997"/>
+  <w:num w:numId="86018841">
+    <w:abstractNumId w:val="86018841"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369945887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId974654559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId834168fc12eb07531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId333568fc12eb075a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId267168fc12eb07832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId209968fc12eb079ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId869568fc12eb08ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId223968fc12eb0cda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId648968fc12eb0ce62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId523968fc12eb0cef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId624368fc12eb0d02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId288668fc12eb0d27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId369068fc12eb0d319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId598568fc12eb0d3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId448868fc12eb0d560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId882068fc12eb0d5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId356668fc12eb0d6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId375668fc12eb0d783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId810968fc12eb0daed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId127868fc12eb0dba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId336368fc12eb0ddc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId208368fc12eb0de9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId545668fc12eb0df5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId754568fc12eb0e00c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId532868fc12eb0e081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId538468fc12eb0e0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId792368fc12eb0e22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId280568fc12eb0e527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId330168fc12eb0e637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId515068fc12eb0e7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId387268fc12eb0e887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId886168fc12eb0e99a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId655268fc12eb0eba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId752168fc12eb0ed3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId781168fc12eb0ef0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId811568fc12eb0f024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId698868fc12eb0f393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId315868fc12eb0f6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId149068fc12eb0f778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId898268fc12eb0f814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId511268fc12eb0f8a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId518268fc12eb0fc37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId170268fc12eb0fdcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId594768fc12eb0fe9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId479968fc12eb0ff88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId892168fc12eb1015c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId606068fc12eb10748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId231568fc12eb108d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId329468fc12eb1094b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId305468fc12eb10da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId237068fc12eb10e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId521568fc12eb10ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId990568fc12eb10fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId361168fc12eb11073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId178268fc12eb11172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId181568fc12eb076e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181568fc12eb076e0.jpg"/><Relationship Id="rId340668fc12eb09b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340668fc12eb09b32.jpg"/><Relationship Id="rId742368fc12eb112f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742368fc12eb112f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId357865712" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415636197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99016918066d91aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId88586918066d91b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId36956918066d924d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId32716918066d92657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId55886918066d93665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId75796918066d9701a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId88436918066d970dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId50106918066d97176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId56996918066d972af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId15936918066d974fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId60506918066d9757e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId21026918066d9767f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId29636918066d97771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId36696918066d977e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId59226918066d97895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId22366918066d97948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId71396918066d97c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId48276918066d97d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId75046918066d97f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId90296918066d98019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId95116918066d980d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId56276918066d98184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId52966918066d981f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId19706918066d98267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId66206918066d9839f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId50756918066d9864d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId31596918066d98750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId63786918066d988f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId67336918066d98989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId97626918066d98a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId37366918066d98c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId58506918066d98dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId55546918066d98f9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId93596918066d990a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId32506918066d993b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId89396918066d996bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId64046918066d9976e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId62856918066d9980a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId28556918066d9989d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId65436918066d99bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId77106918066d99d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId19966918066d99e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId57706918066d99ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId38226918066d9a08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId91946918066d9a4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId43896918066d9a63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId55876918066d9a6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId16566918066d9aacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId86106918066d9ab64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId97276918066d9abfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId31556918066d9acde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId71566918066d9ad9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55746918066d9ae90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId61306918066d9235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61306918066d9235d.jpg"/><Relationship Id="rId17056918066d942ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17056918066d942ad.jpg"/><Relationship Id="rId94056918066d9aef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94056918066d9aef2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>