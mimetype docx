--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99016918066d91aa4" w:history="1">
+            <w:hyperlink r:id="rId60036932fa819038a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88586918066d91b10" w:history="1">
+            <w:hyperlink r:id="rId14316932fa81903f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47817094" name="name43986918066d9235f" descr="1759.jpg"/>
+                  <wp:docPr id="16586617" name="name51226932fa81904ba" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61306918066d9235d" cstate="print"/>
+                          <a:blip r:embed="rId97046932fa81904b9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId36956918066d924d8" w:history="1">
+            <w:hyperlink r:id="rId30406932fa8190592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32716918066d92657" w:history="1">
+      <w:hyperlink r:id="rId76586932fa81906ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId55886918066d93665" w:history="1">
+      <w:hyperlink r:id="rId10636932fa81916db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35673125" name="name92396918066d942af" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="7164700" name="name23596932fa81926c5" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17056918066d942ad" cstate="print"/>
+                    <a:blip r:embed="rId10416932fa81926c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75796918066d9701a" w:history="1">
+      <w:hyperlink r:id="rId23146932fa81953a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88436918066d970dc" w:history="1">
+      <w:hyperlink r:id="rId90856932fa8195458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50106918066d97176" w:history="1">
+      <w:hyperlink r:id="rId10106932fa81954e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56996918066d972af" w:history="1">
+      <w:hyperlink r:id="rId49056932fa8195619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15936918066d974fd" w:history="1">
+      <w:hyperlink r:id="rId23806932fa819587d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60506918066d9757e" w:history="1">
+      <w:hyperlink r:id="rId12746932fa81958fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21026918066d9767f" w:history="1">
+      <w:hyperlink r:id="rId14246932fa81959d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29636918066d97771" w:history="1">
+      <w:hyperlink r:id="rId34236932fa8195abe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36696918066d977e4" w:history="1">
+      <w:hyperlink r:id="rId26626932fa8195b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59226918066d97895" w:history="1">
+      <w:hyperlink r:id="rId94346932fa8195bdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22366918066d97948" w:history="1">
+      <w:hyperlink r:id="rId22916932fa8195c96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71396918066d97c90" w:history="1">
+      <w:hyperlink r:id="rId58476932fa8195ff0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48276918066d97d40" w:history="1">
+      <w:hyperlink r:id="rId72176932fa81960a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75046918066d97f4b" w:history="1">
+      <w:hyperlink r:id="rId72686932fa81962b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90296918066d98019" w:history="1">
+      <w:hyperlink r:id="rId91756932fa819638a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95116918066d980d2" w:history="1">
+      <w:hyperlink r:id="rId58076932fa819643a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56276918066d98184" w:history="1">
+      <w:hyperlink r:id="rId74386932fa81964e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52966918066d981f6" w:history="1">
+      <w:hyperlink r:id="rId84096932fa819655c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19706918066d98267" w:history="1">
+      <w:hyperlink r:id="rId58946932fa81965cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66206918066d9839f" w:history="1">
+      <w:hyperlink r:id="rId32606932fa8196717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50756918066d9864d" w:history="1">
+      <w:hyperlink r:id="rId70146932fa81969ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31596918066d98750" w:history="1">
+      <w:hyperlink r:id="rId51396932fa8196ac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63786918066d988f7" w:history="1">
+      <w:hyperlink r:id="rId48766932fa8196c71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67336918066d98989" w:history="1">
+      <w:hyperlink r:id="rId54236932fa8196d04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97626918066d98a93" w:history="1">
+      <w:hyperlink r:id="rId89286932fa8196e45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37366918066d98c63" w:history="1">
+      <w:hyperlink r:id="rId26906932fa8197012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58506918066d98dfd" w:history="1">
+      <w:hyperlink r:id="rId26356932fa819719f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55546918066d98f9b" w:history="1">
+      <w:hyperlink r:id="rId31466932fa819733d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93596918066d990a9" w:history="1">
+      <w:hyperlink r:id="rId20846932fa819744b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32506918066d993b9" w:history="1">
+      <w:hyperlink r:id="rId95646932fa819777b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89396918066d996bd" w:history="1">
+      <w:hyperlink r:id="rId56696932fa8197a6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64046918066d9976e" w:history="1">
+      <w:hyperlink r:id="rId70486932fa8197b20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62856918066d9980a" w:history="1">
+      <w:hyperlink r:id="rId53726932fa8197bb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28556918066d9989d" w:history="1">
+      <w:hyperlink r:id="rId94666932fa8197c40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65436918066d99bd4" w:history="1">
+      <w:hyperlink r:id="rId68416932fa8197f72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77106918066d99d60" w:history="1">
+      <w:hyperlink r:id="rId42666932fa81980fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19966918066d99e12" w:history="1">
+      <w:hyperlink r:id="rId80176932fa81981ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57706918066d99ec4" w:history="1">
+      <w:hyperlink r:id="rId97146932fa819826b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38226918066d9a08d" w:history="1">
+      <w:hyperlink r:id="rId51806932fa819843d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91946918066d9a4ab" w:history="1">
+      <w:hyperlink r:id="rId51286932fa8198851" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43896918066d9a63a" w:history="1">
+      <w:hyperlink r:id="rId84666932fa81989dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55876918066d9a6ad" w:history="1">
+      <w:hyperlink r:id="rId54046932fa8198a50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16566918066d9aacd" w:history="1">
+      <w:hyperlink r:id="rId26416932fa8198e76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86106918066d9ab64" w:history="1">
+      <w:hyperlink r:id="rId59756932fa8198f0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97276918066d9abfe" w:history="1">
+      <w:hyperlink r:id="rId29716932fa8198f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31556918066d9acde" w:history="1">
+      <w:hyperlink r:id="rId53266932fa8199066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71566918066d9ad9b" w:history="1">
+      <w:hyperlink r:id="rId48586932fa819911f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55746918066d9ae90" w:history="1">
+      <w:hyperlink r:id="rId15786932fa8199215" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86320062" name="name72636918066d9aef3" descr="eu_funding_250.png"/>
+            <wp:docPr id="9723465" name="name23626932fa8199274" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94056918066d9aef2" cstate="print"/>
+                    <a:blip r:embed="rId23516932fa8199273" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86018841">
+  <w:abstractNum w:abstractNumId="87060205">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20107239">
+    <w:lvl w:ilvl="0" w:tplc="90051379">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20107239" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90051379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86018840">
+  <w:abstractNum w:abstractNumId="87060204">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98103992">
+    <w:lvl w:ilvl="0" w:tplc="50043158">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86018840">
-    <w:abstractNumId w:val="86018840"/>
+  <w:num w:numId="87060204">
+    <w:abstractNumId w:val="87060204"/>
   </w:num>
-  <w:num w:numId="86018841">
-    <w:abstractNumId w:val="86018841"/>
+  <w:num w:numId="87060205">
+    <w:abstractNumId w:val="87060205"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId357865712" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId415636197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99016918066d91aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId88586918066d91b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId36956918066d924d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId32716918066d92657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId55886918066d93665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId75796918066d9701a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId88436918066d970dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId50106918066d97176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId56996918066d972af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId15936918066d974fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId60506918066d9757e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId21026918066d9767f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId29636918066d97771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId36696918066d977e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId59226918066d97895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId22366918066d97948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId71396918066d97c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId48276918066d97d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId75046918066d97f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId90296918066d98019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId95116918066d980d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId56276918066d98184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId52966918066d981f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId19706918066d98267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId66206918066d9839f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId50756918066d9864d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId31596918066d98750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId63786918066d988f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId67336918066d98989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId97626918066d98a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId37366918066d98c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId58506918066d98dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId55546918066d98f9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId93596918066d990a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId32506918066d993b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId89396918066d996bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId64046918066d9976e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId62856918066d9980a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId28556918066d9989d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId65436918066d99bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId77106918066d99d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId19966918066d99e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId57706918066d99ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId38226918066d9a08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId91946918066d9a4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId43896918066d9a63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId55876918066d9a6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId16566918066d9aacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId86106918066d9ab64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId97276918066d9abfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId31556918066d9acde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId71566918066d9ad9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55746918066d9ae90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId61306918066d9235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61306918066d9235d.jpg"/><Relationship Id="rId17056918066d942ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17056918066d942ad.jpg"/><Relationship Id="rId94056918066d9aef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94056918066d9aef2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792297878" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876764728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60036932fa819038a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId14316932fa81903f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId30406932fa8190592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId76586932fa81906ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId10636932fa81916db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId23146932fa81953a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId90856932fa8195458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId10106932fa81954e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId49056932fa8195619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId23806932fa819587d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId12746932fa81958fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId14246932fa81959d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId34236932fa8195abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId26626932fa8195b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId94346932fa8195bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId22916932fa8195c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId58476932fa8195ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId72176932fa81960a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId72686932fa81962b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId91756932fa819638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId58076932fa819643a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId74386932fa81964e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId84096932fa819655c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId58946932fa81965cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId32606932fa8196717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId70146932fa81969ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId51396932fa8196ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId48766932fa8196c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId54236932fa8196d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId89286932fa8196e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId26906932fa8197012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId26356932fa819719f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId31466932fa819733d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId20846932fa819744b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId95646932fa819777b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId56696932fa8197a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId70486932fa8197b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId53726932fa8197bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId94666932fa8197c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId68416932fa8197f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId42666932fa81980fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId80176932fa81981ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId97146932fa819826b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId51806932fa819843d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId51286932fa8198851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId84666932fa81989dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId54046932fa8198a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId26416932fa8198e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId59756932fa8198f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId29716932fa8198f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId53266932fa8199066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId48586932fa819911f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15786932fa8199215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId97046932fa81904b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97046932fa81904b9.jpg"/><Relationship Id="rId10416932fa81926c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10416932fa81926c3.jpg"/><Relationship Id="rId23516932fa8199273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23516932fa8199273.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>