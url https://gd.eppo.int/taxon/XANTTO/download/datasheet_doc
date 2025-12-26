--- v3 (2025-12-05)
+++ v4 (2025-12-26)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60036932fa819038a" w:history="1">
+            <w:hyperlink r:id="rId5564694dda738d3e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14316932fa81903f3" w:history="1">
+            <w:hyperlink r:id="rId1940694dda738d452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16586617" name="name51226932fa81904ba" descr="1759.jpg"/>
+                  <wp:docPr id="69898234" name="name8551694dda738db00" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId97046932fa81904b9" cstate="print"/>
+                          <a:blip r:embed="rId1728694dda738dafe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId30406932fa8190592" w:history="1">
+            <w:hyperlink r:id="rId7848694dda738dbf8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76586932fa81906ed" w:history="1">
+      <w:hyperlink r:id="rId4520694dda738dd9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10636932fa81916db" w:history="1">
+      <w:hyperlink r:id="rId5284694dda738eedb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7164700" name="name23596932fa81926c5" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="6096770" name="name7476694dda738fb9d" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10416932fa81926c3" cstate="print"/>
+                    <a:blip r:embed="rId6649694dda738fb9a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23146932fa81953a1" w:history="1">
+      <w:hyperlink r:id="rId6724694dda7392c64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90856932fa8195458" w:history="1">
+      <w:hyperlink r:id="rId5740694dda7392d1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10106932fa81954e9" w:history="1">
+      <w:hyperlink r:id="rId1143694dda7392dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49056932fa8195619" w:history="1">
+      <w:hyperlink r:id="rId8715694dda7392efa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23806932fa819587d" w:history="1">
+      <w:hyperlink r:id="rId6429694dda739318a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12746932fa81958fe" w:history="1">
+      <w:hyperlink r:id="rId9005694dda739320b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14246932fa81959d0" w:history="1">
+      <w:hyperlink r:id="rId8901694dda73932da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34236932fa8195abe" w:history="1">
+      <w:hyperlink r:id="rId9940694dda73933c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26626932fa8195b30" w:history="1">
+      <w:hyperlink r:id="rId3602694dda739343a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94346932fa8195bdf" w:history="1">
+      <w:hyperlink r:id="rId8270694dda73934e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22916932fa8195c96" w:history="1">
+      <w:hyperlink r:id="rId2871694dda7393599" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58476932fa8195ff0" w:history="1">
+      <w:hyperlink r:id="rId9521694dda739393b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72176932fa81960a1" w:history="1">
+      <w:hyperlink r:id="rId3026694dda73939ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72686932fa81962b8" w:history="1">
+      <w:hyperlink r:id="rId7789694dda7393c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91756932fa819638a" w:history="1">
+      <w:hyperlink r:id="rId1100694dda7393ce0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58076932fa819643a" w:history="1">
+      <w:hyperlink r:id="rId2153694dda7393d8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74386932fa81964e9" w:history="1">
+      <w:hyperlink r:id="rId6359694dda7393e3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84096932fa819655c" w:history="1">
+      <w:hyperlink r:id="rId7179694dda7393ed4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58946932fa81965cb" w:history="1">
+      <w:hyperlink r:id="rId4546694dda7393f4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32606932fa8196717" w:history="1">
+      <w:hyperlink r:id="rId5963694dda7394085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70146932fa81969ba" w:history="1">
+      <w:hyperlink r:id="rId6963694dda7394350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51396932fa8196ac8" w:history="1">
+      <w:hyperlink r:id="rId7207694dda739446e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48766932fa8196c71" w:history="1">
+      <w:hyperlink r:id="rId1008694dda7394720" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54236932fa8196d04" w:history="1">
+      <w:hyperlink r:id="rId8454694dda73947b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89286932fa8196e45" w:history="1">
+      <w:hyperlink r:id="rId1991694dda73948c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26906932fa8197012" w:history="1">
+      <w:hyperlink r:id="rId3147694dda7394a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26356932fa819719f" w:history="1">
+      <w:hyperlink r:id="rId5768694dda7394c1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31466932fa819733d" w:history="1">
+      <w:hyperlink r:id="rId1583694dda7394dbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20846932fa819744b" w:history="1">
+      <w:hyperlink r:id="rId7135694dda7394ec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95646932fa819777b" w:history="1">
+      <w:hyperlink r:id="rId3902694dda73951e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56696932fa8197a6f" w:history="1">
+      <w:hyperlink r:id="rId8555694dda73954ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70486932fa8197b20" w:history="1">
+      <w:hyperlink r:id="rId3053694dda739557d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53726932fa8197bb1" w:history="1">
+      <w:hyperlink r:id="rId5322694dda739560e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94666932fa8197c40" w:history="1">
+      <w:hyperlink r:id="rId1131694dda73956bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68416932fa8197f72" w:history="1">
+      <w:hyperlink r:id="rId5295694dda73959f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42666932fa81980fe" w:history="1">
+      <w:hyperlink r:id="rId4522694dda7395b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80176932fa81981ac" w:history="1">
+      <w:hyperlink r:id="rId3455694dda7395c3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97146932fa819826b" w:history="1">
+      <w:hyperlink r:id="rId3763694dda7395cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51806932fa819843d" w:history="1">
+      <w:hyperlink r:id="rId3512694dda7395eba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51286932fa8198851" w:history="1">
+      <w:hyperlink r:id="rId1171694dda73962b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84666932fa81989dc" w:history="1">
+      <w:hyperlink r:id="rId1607694dda739643d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54046932fa8198a50" w:history="1">
+      <w:hyperlink r:id="rId3567694dda73964ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26416932fa8198e76" w:history="1">
+      <w:hyperlink r:id="rId3768694dda73968e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59756932fa8198f0d" w:history="1">
+      <w:hyperlink r:id="rId4211694dda7396978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29716932fa8198f8b" w:history="1">
+      <w:hyperlink r:id="rId5963694dda73969f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53266932fa8199066" w:history="1">
+      <w:hyperlink r:id="rId7062694dda7396acf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48586932fa819911f" w:history="1">
+      <w:hyperlink r:id="rId6462694dda7396b8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15786932fa8199215" w:history="1">
+      <w:hyperlink r:id="rId6455694dda7396c7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9723465" name="name23626932fa8199274" descr="eu_funding_250.png"/>
+            <wp:docPr id="22235307" name="name3119694dda7396d2e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23516932fa8199273" cstate="print"/>
+                    <a:blip r:embed="rId2881694dda7396d2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87060205">
+  <w:abstractNum w:abstractNumId="58036403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90051379">
+    <w:lvl w:ilvl="0" w:tplc="54164340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90051379" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54164340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87060204">
+  <w:abstractNum w:abstractNumId="58036402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50043158">
+    <w:lvl w:ilvl="0" w:tplc="25834687">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87060204">
-    <w:abstractNumId w:val="87060204"/>
+  <w:num w:numId="58036402">
+    <w:abstractNumId w:val="58036402"/>
   </w:num>
-  <w:num w:numId="87060205">
-    <w:abstractNumId w:val="87060205"/>
+  <w:num w:numId="58036403">
+    <w:abstractNumId w:val="58036403"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792297878" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876764728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60036932fa819038a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId14316932fa81903f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId30406932fa8190592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId76586932fa81906ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId10636932fa81916db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId23146932fa81953a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId90856932fa8195458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId10106932fa81954e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId49056932fa8195619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId23806932fa819587d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId12746932fa81958fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId14246932fa81959d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId34236932fa8195abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId26626932fa8195b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId94346932fa8195bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId22916932fa8195c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId58476932fa8195ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId72176932fa81960a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId72686932fa81962b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId91756932fa819638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId58076932fa819643a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId74386932fa81964e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId84096932fa819655c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId58946932fa81965cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId32606932fa8196717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId70146932fa81969ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId51396932fa8196ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId48766932fa8196c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId54236932fa8196d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId89286932fa8196e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId26906932fa8197012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId26356932fa819719f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId31466932fa819733d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId20846932fa819744b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId95646932fa819777b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId56696932fa8197a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId70486932fa8197b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId53726932fa8197bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId94666932fa8197c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId68416932fa8197f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId42666932fa81980fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId80176932fa81981ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId97146932fa819826b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId51806932fa819843d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId51286932fa8198851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId84666932fa81989dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId54046932fa8198a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId26416932fa8198e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId59756932fa8198f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId29716932fa8198f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId53266932fa8199066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId48586932fa819911f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15786932fa8199215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId97046932fa81904b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97046932fa81904b9.jpg"/><Relationship Id="rId10416932fa81926c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10416932fa81926c3.jpg"/><Relationship Id="rId23516932fa8199273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23516932fa8199273.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146681749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371232170" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5564694dda738d3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId1940694dda738d452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId7848694dda738dbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId4520694dda738dd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId5284694dda738eedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId6724694dda7392c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId5740694dda7392d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId1143694dda7392dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId8715694dda7392efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId6429694dda739318a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId9005694dda739320b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId8901694dda73932da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId9940694dda73933c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId3602694dda739343a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId8270694dda73934e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId2871694dda7393599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId9521694dda739393b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId3026694dda73939ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId7789694dda7393c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId1100694dda7393ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId2153694dda7393d8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId6359694dda7393e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId7179694dda7393ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId4546694dda7393f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId5963694dda7394085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId6963694dda7394350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId7207694dda739446e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId1008694dda7394720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId8454694dda73947b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId1991694dda73948c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId3147694dda7394a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId5768694dda7394c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId1583694dda7394dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId7135694dda7394ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId3902694dda73951e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId8555694dda73954ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId3053694dda739557d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId5322694dda739560e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId1131694dda73956bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId5295694dda73959f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId4522694dda7395b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId3455694dda7395c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId3763694dda7395cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId3512694dda7395eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId1171694dda73962b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId1607694dda739643d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId3567694dda73964ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId3768694dda73968e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId4211694dda7396978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId5963694dda73969f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId7062694dda7396acf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId6462694dda7396b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6455694dda7396c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId1728694dda738dafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1728694dda738dafe.jpg"/><Relationship Id="rId6649694dda738fb9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6649694dda738fb9a.jpg"/><Relationship Id="rId2881694dda7396d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2881694dda7396d2c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>