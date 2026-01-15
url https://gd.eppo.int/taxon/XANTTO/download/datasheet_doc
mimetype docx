--- v4 (2025-12-26)
+++ v5 (2026-01-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5564694dda738d3e8" w:history="1">
+            <w:hyperlink r:id="rId61386968ab65e9cd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1940694dda738d452" w:history="1">
+            <w:hyperlink r:id="rId16456968ab65e9d3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69898234" name="name8551694dda738db00" descr="1759.jpg"/>
+                  <wp:docPr id="5066376" name="name78396968ab65ea0fe" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1728694dda738dafe" cstate="print"/>
+                          <a:blip r:embed="rId66916968ab65ea0fc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7848694dda738dbf8" w:history="1">
+            <w:hyperlink r:id="rId91446968ab65ea211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4520694dda738dd9b" w:history="1">
+      <w:hyperlink r:id="rId51546968ab65ea374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5284694dda738eedb" w:history="1">
+      <w:hyperlink r:id="rId34276968ab65eb320" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6096770" name="name7476694dda738fb9d" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="24122708" name="name18026968ab65ec188" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6649694dda738fb9a" cstate="print"/>
+                    <a:blip r:embed="rId30536968ab65ec186" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6724694dda7392c64" w:history="1">
+      <w:hyperlink r:id="rId59876968ab65eeee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5740694dda7392d1b" w:history="1">
+      <w:hyperlink r:id="rId72186968ab65eef9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1143694dda7392dae" w:history="1">
+      <w:hyperlink r:id="rId72376968ab65ef030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8715694dda7392efa" w:history="1">
+      <w:hyperlink r:id="rId22966968ab65ef15c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6429694dda739318a" w:history="1">
+      <w:hyperlink r:id="rId10216968ab65ef39e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9005694dda739320b" w:history="1">
+      <w:hyperlink r:id="rId11986968ab65ef43e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8901694dda73932da" w:history="1">
+      <w:hyperlink r:id="rId24076968ab65ef512" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9940694dda73933c8" w:history="1">
+      <w:hyperlink r:id="rId72896968ab65ef602" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3602694dda739343a" w:history="1">
+      <w:hyperlink r:id="rId22696968ab65ef674" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8270694dda73934e8" w:history="1">
+      <w:hyperlink r:id="rId10996968ab65ef723" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2871694dda7393599" w:history="1">
+      <w:hyperlink r:id="rId17606968ab65ef7d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9521694dda739393b" w:history="1">
+      <w:hyperlink r:id="rId32686968ab65efb1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3026694dda73939ed" w:history="1">
+      <w:hyperlink r:id="rId75006968ab65efbcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7789694dda7393c0f" w:history="1">
+      <w:hyperlink r:id="rId72346968ab65efdd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1100694dda7393ce0" w:history="1">
+      <w:hyperlink r:id="rId35386968ab65efe9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2153694dda7393d8f" w:history="1">
+      <w:hyperlink r:id="rId26266968ab65eff4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6359694dda7393e3e" w:history="1">
+      <w:hyperlink r:id="rId86806968ab65efffa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7179694dda7393ed4" w:history="1">
+      <w:hyperlink r:id="rId55866968ab65f0069" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4546694dda7393f4a" w:history="1">
+      <w:hyperlink r:id="rId36246968ab65f00d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5963694dda7394085" w:history="1">
+      <w:hyperlink r:id="rId18976968ab65f0210" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6963694dda7394350" w:history="1">
+      <w:hyperlink r:id="rId64186968ab65f04be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7207694dda739446e" w:history="1">
+      <w:hyperlink r:id="rId93126968ab65f05be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1008694dda7394720" w:history="1">
+      <w:hyperlink r:id="rId84176968ab65f0774" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8454694dda73947b8" w:history="1">
+      <w:hyperlink r:id="rId45476968ab65f0807" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1991694dda73948c6" w:history="1">
+      <w:hyperlink r:id="rId20256968ab65f0912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3147694dda7394a93" w:history="1">
+      <w:hyperlink r:id="rId23786968ab65f0adb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5768694dda7394c1e" w:history="1">
+      <w:hyperlink r:id="rId21666968ab65f0c65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1583694dda7394dbb" w:history="1">
+      <w:hyperlink r:id="rId84346968ab65f0dff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7135694dda7394ec9" w:history="1">
+      <w:hyperlink r:id="rId18146968ab65f0f0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3902694dda73951e3" w:history="1">
+      <w:hyperlink r:id="rId48856968ab65f1222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8555694dda73954ce" w:history="1">
+      <w:hyperlink r:id="rId67796968ab65f1526" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3053694dda739557d" w:history="1">
+      <w:hyperlink r:id="rId53396968ab65f15d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5322694dda739560e" w:history="1">
+      <w:hyperlink r:id="rId24506968ab65f1666" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1131694dda73956bb" w:history="1">
+      <w:hyperlink r:id="rId63706968ab65f16f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5295694dda73959f4" w:history="1">
+      <w:hyperlink r:id="rId20186968ab65f1a59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4522694dda7395b8c" w:history="1">
+      <w:hyperlink r:id="rId98296968ab65f1be4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3455694dda7395c3f" w:history="1">
+      <w:hyperlink r:id="rId34976968ab65f1c93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3763694dda7395cf2" w:history="1">
+      <w:hyperlink r:id="rId80186968ab65f1d42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3512694dda7395eba" w:history="1">
+      <w:hyperlink r:id="rId43036968ab65f1f1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1171694dda73962b6" w:history="1">
+      <w:hyperlink r:id="rId18646968ab65f231d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1607694dda739643d" w:history="1">
+      <w:hyperlink r:id="rId66296968ab65f24a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3567694dda73964ae" w:history="1">
+      <w:hyperlink r:id="rId35866968ab65f2516" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3768694dda73968e0" w:history="1">
+      <w:hyperlink r:id="rId32906968ab65f292f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4211694dda7396978" w:history="1">
+      <w:hyperlink r:id="rId87796968ab65f29c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5963694dda73969f4" w:history="1">
+      <w:hyperlink r:id="rId73136968ab65f2a46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7062694dda7396acf" w:history="1">
+      <w:hyperlink r:id="rId91676968ab65f2b22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19692,73 +19692,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6462694dda7396b8b" w:history="1">
+      <w:hyperlink r:id="rId67666968ab65f2bde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6455694dda7396c7f" w:history="1">
+      <w:hyperlink r:id="rId92916968ab65f2cd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22235307" name="name3119694dda7396d2e" descr="eu_funding_250.png"/>
+            <wp:docPr id="31632250" name="name24306968ab65f2e50" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2881694dda7396d2c" cstate="print"/>
+                    <a:blip r:embed="rId69646968ab65f2e4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58036403">
+  <w:abstractNum w:abstractNumId="12066241">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54164340">
+    <w:lvl w:ilvl="0" w:tplc="12987725">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54164340" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12987725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58036402">
+  <w:abstractNum w:abstractNumId="12066240">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25834687">
+    <w:lvl w:ilvl="0" w:tplc="29382682">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58036402">
-    <w:abstractNumId w:val="58036402"/>
+  <w:num w:numId="12066240">
+    <w:abstractNumId w:val="12066240"/>
   </w:num>
-  <w:num w:numId="58036403">
-    <w:abstractNumId w:val="58036403"/>
+  <w:num w:numId="12066241">
+    <w:abstractNumId w:val="12066241"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146681749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371232170" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5564694dda738d3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId1940694dda738d452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId7848694dda738dbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId4520694dda738dd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId5284694dda738eedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId6724694dda7392c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId5740694dda7392d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId1143694dda7392dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId8715694dda7392efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId6429694dda739318a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId9005694dda739320b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId8901694dda73932da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId9940694dda73933c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId3602694dda739343a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId8270694dda73934e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId2871694dda7393599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId9521694dda739393b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId3026694dda73939ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId7789694dda7393c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId1100694dda7393ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId2153694dda7393d8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId6359694dda7393e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId7179694dda7393ed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId4546694dda7393f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId5963694dda7394085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId6963694dda7394350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId7207694dda739446e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId1008694dda7394720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId8454694dda73947b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId1991694dda73948c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId3147694dda7394a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId5768694dda7394c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId1583694dda7394dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId7135694dda7394ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId3902694dda73951e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId8555694dda73954ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId3053694dda739557d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId5322694dda739560e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId1131694dda73956bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId5295694dda73959f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId4522694dda7395b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId3455694dda7395c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId3763694dda7395cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId3512694dda7395eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId1171694dda73962b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId1607694dda739643d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId3567694dda73964ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId3768694dda73968e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId4211694dda7396978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId5963694dda73969f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId7062694dda7396acf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId6462694dda7396b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6455694dda7396c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId1728694dda738dafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1728694dda738dafe.jpg"/><Relationship Id="rId6649694dda738fb9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6649694dda738fb9a.jpg"/><Relationship Id="rId2881694dda7396d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2881694dda7396d2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId976535056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423450952" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61386968ab65e9cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId16456968ab65e9d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId91446968ab65ea211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId51546968ab65ea374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId34276968ab65eb320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId59876968ab65eeee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId72186968ab65eef9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId72376968ab65ef030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId22966968ab65ef15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId10216968ab65ef39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId11986968ab65ef43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId24076968ab65ef512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId72896968ab65ef602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId22696968ab65ef674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId10996968ab65ef723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId17606968ab65ef7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId32686968ab65efb1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId75006968ab65efbcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId72346968ab65efdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId35386968ab65efe9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId26266968ab65eff4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId86806968ab65efffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId55866968ab65f0069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId36246968ab65f00d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId18976968ab65f0210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId64186968ab65f04be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId93126968ab65f05be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId84176968ab65f0774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId45476968ab65f0807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId20256968ab65f0912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId23786968ab65f0adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId21666968ab65f0c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId84346968ab65f0dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId18146968ab65f0f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId48856968ab65f1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId67796968ab65f1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId53396968ab65f15d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId24506968ab65f1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId63706968ab65f16f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId20186968ab65f1a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId98296968ab65f1be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId34976968ab65f1c93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId80186968ab65f1d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId43036968ab65f1f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId18646968ab65f231d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId66296968ab65f24a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId35866968ab65f2516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId32906968ab65f292f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId87796968ab65f29c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId73136968ab65f2a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId91676968ab65f2b22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId67666968ab65f2bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92916968ab65f2cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId66916968ab65ea0fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66916968ab65ea0fc.jpg"/><Relationship Id="rId30536968ab65ec186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30536968ab65ec186.jpg"/><Relationship Id="rId69646968ab65f2e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69646968ab65f2e4f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>