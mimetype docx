--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61386968ab65e9cd0" w:history="1">
+            <w:hyperlink r:id="rId779369838c070b9bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16456968ab65e9d3b" w:history="1">
+            <w:hyperlink r:id="rId284369838c070ba2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5066376" name="name78396968ab65ea0fe" descr="1759.jpg"/>
+                  <wp:docPr id="71446963" name="name489669838c070bf81" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId66916968ab65ea0fc" cstate="print"/>
+                          <a:blip r:embed="rId454969838c070bf7f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId91446968ab65ea211" w:history="1">
+            <w:hyperlink r:id="rId490969838c070c0d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51546968ab65ea374" w:history="1">
+      <w:hyperlink r:id="rId249269838c070c296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId34276968ab65eb320" w:history="1">
+      <w:hyperlink r:id="rId549469838c070d47f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24122708" name="name18026968ab65ec188" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="45679803" name="name528869838c070de13" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30536968ab65ec186" cstate="print"/>
+                    <a:blip r:embed="rId477769838c070de10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59876968ab65eeee8" w:history="1">
+      <w:hyperlink r:id="rId721369838c0710cfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72186968ab65eef9f" w:history="1">
+      <w:hyperlink r:id="rId109269838c0710db4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72376968ab65ef030" w:history="1">
+      <w:hyperlink r:id="rId843169838c0710e45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22966968ab65ef15c" w:history="1">
+      <w:hyperlink r:id="rId717969838c0710f83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10216968ab65ef39e" w:history="1">
+      <w:hyperlink r:id="rId138269838c07111c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11986968ab65ef43e" w:history="1">
+      <w:hyperlink r:id="rId772769838c0711247" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24076968ab65ef512" w:history="1">
+      <w:hyperlink r:id="rId675869838c0711316" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72896968ab65ef602" w:history="1">
+      <w:hyperlink r:id="rId469569838c0711402" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22696968ab65ef674" w:history="1">
+      <w:hyperlink r:id="rId102669838c0711472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10996968ab65ef723" w:history="1">
+      <w:hyperlink r:id="rId531769838c0711521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17606968ab65ef7d4" w:history="1">
+      <w:hyperlink r:id="rId877269838c07115d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32686968ab65efb1b" w:history="1">
+      <w:hyperlink r:id="rId370169838c0711929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75006968ab65efbcc" w:history="1">
+      <w:hyperlink r:id="rId439169838c07119e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72346968ab65efdd1" w:history="1">
+      <w:hyperlink r:id="rId949069838c0711c00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35386968ab65efe9e" w:history="1">
+      <w:hyperlink r:id="rId602869838c0711cd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26266968ab65eff4c" w:history="1">
+      <w:hyperlink r:id="rId215969838c0711d7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86806968ab65efffa" w:history="1">
+      <w:hyperlink r:id="rId489269838c0711e2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55866968ab65f0069" w:history="1">
+      <w:hyperlink r:id="rId517269838c0711ea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36246968ab65f00d8" w:history="1">
+      <w:hyperlink r:id="rId595069838c0711f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18976968ab65f0210" w:history="1">
+      <w:hyperlink r:id="rId683469838c0712048" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64186968ab65f04be" w:history="1">
+      <w:hyperlink r:id="rId127969838c07122ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93126968ab65f05be" w:history="1">
+      <w:hyperlink r:id="rId850969838c07123ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84176968ab65f0774" w:history="1">
+      <w:hyperlink r:id="rId495769838c07125c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45476968ab65f0807" w:history="1">
+      <w:hyperlink r:id="rId887669838c0712656" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20256968ab65f0912" w:history="1">
+      <w:hyperlink r:id="rId225069838c0712767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23786968ab65f0adb" w:history="1">
+      <w:hyperlink r:id="rId139969838c0712947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21666968ab65f0c65" w:history="1">
+      <w:hyperlink r:id="rId677369838c0712ad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84346968ab65f0dff" w:history="1">
+      <w:hyperlink r:id="rId145569838c0712c75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18146968ab65f0f0d" w:history="1">
+      <w:hyperlink r:id="rId579269838c0712d85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48856968ab65f1222" w:history="1">
+      <w:hyperlink r:id="rId298369838c07130a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67796968ab65f1526" w:history="1">
+      <w:hyperlink r:id="rId789769838c0713396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53396968ab65f15d7" w:history="1">
+      <w:hyperlink r:id="rId813669838c0713445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24506968ab65f1666" w:history="1">
+      <w:hyperlink r:id="rId656369838c07134d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63706968ab65f16f7" w:history="1">
+      <w:hyperlink r:id="rId200769838c0713563" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20186968ab65f1a59" w:history="1">
+      <w:hyperlink r:id="rId582569838c07138a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98296968ab65f1be4" w:history="1">
+      <w:hyperlink r:id="rId582969838c0713a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34976968ab65f1c93" w:history="1">
+      <w:hyperlink r:id="rId370269838c0713b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80186968ab65f1d42" w:history="1">
+      <w:hyperlink r:id="rId690669838c0713bc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43036968ab65f1f1a" w:history="1">
+      <w:hyperlink r:id="rId715869838c0713d93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18646968ab65f231d" w:history="1">
+      <w:hyperlink r:id="rId338669838c0714188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66296968ab65f24a4" w:history="1">
+      <w:hyperlink r:id="rId233769838c071430e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35866968ab65f2516" w:history="1">
+      <w:hyperlink r:id="rId346769838c071437e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32906968ab65f292f" w:history="1">
+      <w:hyperlink r:id="rId838269838c071479b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87796968ab65f29c9" w:history="1">
+      <w:hyperlink r:id="rId705069838c0714847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73136968ab65f2a46" w:history="1">
+      <w:hyperlink r:id="rId963069838c07148c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91676968ab65f2b22" w:history="1">
+      <w:hyperlink r:id="rId191869838c07149a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67666968ab65f2bde" w:history="1">
+      <w:hyperlink r:id="rId402069838c0714a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92916968ab65f2cd2" w:history="1">
+      <w:hyperlink r:id="rId177169838c0714b62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31632250" name="name24306968ab65f2e50" descr="eu_funding_250.png"/>
+            <wp:docPr id="5587367" name="name166569838c0714bd7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69646968ab65f2e4f" cstate="print"/>
+                    <a:blip r:embed="rId693869838c0714bd6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12066241">
+  <w:abstractNum w:abstractNumId="37760037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12987725">
+    <w:lvl w:ilvl="0" w:tplc="17400078">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12987725" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17400078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12066240">
+  <w:abstractNum w:abstractNumId="37760036">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29382682">
+    <w:lvl w:ilvl="0" w:tplc="40601107">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12066240">
-    <w:abstractNumId w:val="12066240"/>
+  <w:num w:numId="37760036">
+    <w:abstractNumId w:val="37760036"/>
   </w:num>
-  <w:num w:numId="12066241">
-    <w:abstractNumId w:val="12066241"/>
+  <w:num w:numId="37760037">
+    <w:abstractNumId w:val="37760037"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId976535056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423450952" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61386968ab65e9cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId16456968ab65e9d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId91446968ab65ea211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId51546968ab65ea374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId34276968ab65eb320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId59876968ab65eeee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId72186968ab65eef9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId72376968ab65ef030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId22966968ab65ef15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId10216968ab65ef39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId11986968ab65ef43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId24076968ab65ef512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId72896968ab65ef602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId22696968ab65ef674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId10996968ab65ef723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId17606968ab65ef7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId32686968ab65efb1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId75006968ab65efbcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId72346968ab65efdd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId35386968ab65efe9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId26266968ab65eff4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId86806968ab65efffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId55866968ab65f0069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId36246968ab65f00d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId18976968ab65f0210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId64186968ab65f04be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId93126968ab65f05be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId84176968ab65f0774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId45476968ab65f0807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId20256968ab65f0912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId23786968ab65f0adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId21666968ab65f0c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId84346968ab65f0dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId18146968ab65f0f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId48856968ab65f1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId67796968ab65f1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId53396968ab65f15d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId24506968ab65f1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId63706968ab65f16f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId20186968ab65f1a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId98296968ab65f1be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId34976968ab65f1c93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId80186968ab65f1d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId43036968ab65f1f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId18646968ab65f231d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId66296968ab65f24a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId35866968ab65f2516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId32906968ab65f292f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId87796968ab65f29c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId73136968ab65f2a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId91676968ab65f2b22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId67666968ab65f2bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92916968ab65f2cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId66916968ab65ea0fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66916968ab65ea0fc.jpg"/><Relationship Id="rId30536968ab65ec186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30536968ab65ec186.jpg"/><Relationship Id="rId69646968ab65f2e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69646968ab65f2e4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId385424602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706212145" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId779369838c070b9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId284369838c070ba2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId490969838c070c0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId249269838c070c296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId549469838c070d47f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId721369838c0710cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId109269838c0710db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId843169838c0710e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId717969838c0710f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId138269838c07111c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId772769838c0711247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId675869838c0711316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId469569838c0711402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId102669838c0711472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId531769838c0711521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId877269838c07115d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId370169838c0711929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId439169838c07119e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId949069838c0711c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId602869838c0711cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId215969838c0711d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId489269838c0711e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId517269838c0711ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId595069838c0711f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId683469838c0712048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId127969838c07122ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId850969838c07123ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId495769838c07125c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId887669838c0712656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId225069838c0712767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId139969838c0712947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId677369838c0712ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId145569838c0712c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId579269838c0712d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId298369838c07130a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId789769838c0713396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId813669838c0713445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId656369838c07134d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId200769838c0713563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId582569838c07138a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId582969838c0713a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId370269838c0713b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId690669838c0713bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId715869838c0713d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId338669838c0714188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId233769838c071430e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId346769838c071437e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId838269838c071479b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId705069838c0714847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId963069838c07148c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId191869838c07149a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId402069838c0714a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId177169838c0714b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId454969838c070bf7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454969838c070bf7f.jpg"/><Relationship Id="rId477769838c070de10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId477769838c070de10.jpg"/><Relationship Id="rId693869838c0714bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693869838c0714bd6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>