--- v6 (2026-02-04)
+++ v7 (2026-02-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId779369838c070b9bc" w:history="1">
+            <w:hyperlink r:id="rId3905699f5fb9532a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284369838c070ba2a" w:history="1">
+            <w:hyperlink r:id="rId7743699f5fb953314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71446963" name="name489669838c070bf81" descr="1759.jpg"/>
+                  <wp:docPr id="57166108" name="name4838699f5fb95378a" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId454969838c070bf7f" cstate="print"/>
+                          <a:blip r:embed="rId8277699f5fb953788" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId490969838c070c0d6" w:history="1">
+            <w:hyperlink r:id="rId1075699f5fb95389e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249269838c070c296" w:history="1">
+      <w:hyperlink r:id="rId5002699f5fb953a12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId549469838c070d47f" w:history="1">
+      <w:hyperlink r:id="rId3972699f5fb9549c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45679803" name="name528869838c070de13" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="32054837" name="name3483699f5fb9556cc" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId477769838c070de10" cstate="print"/>
+                    <a:blip r:embed="rId9634699f5fb9556c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721369838c0710cfa" w:history="1">
+      <w:hyperlink r:id="rId1962699f5fb9583ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109269838c0710db4" w:history="1">
+      <w:hyperlink r:id="rId2876699f5fb958464" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843169838c0710e45" w:history="1">
+      <w:hyperlink r:id="rId6719699f5fb9584f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717969838c0710f83" w:history="1">
+      <w:hyperlink r:id="rId9701699f5fb95862c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138269838c07111c8" w:history="1">
+      <w:hyperlink r:id="rId9547699f5fb958869" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772769838c0711247" w:history="1">
+      <w:hyperlink r:id="rId6555699f5fb9588e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675869838c0711316" w:history="1">
+      <w:hyperlink r:id="rId2593699f5fb9589b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469569838c0711402" w:history="1">
+      <w:hyperlink r:id="rId7263699f5fb958aa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102669838c0711472" w:history="1">
+      <w:hyperlink r:id="rId2252699f5fb958b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531769838c0711521" w:history="1">
+      <w:hyperlink r:id="rId8866699f5fb958bc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877269838c07115d0" w:history="1">
+      <w:hyperlink r:id="rId5879699f5fb958c74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370169838c0711929" w:history="1">
+      <w:hyperlink r:id="rId6367699f5fb958fd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439169838c07119e0" w:history="1">
+      <w:hyperlink r:id="rId6834699f5fb959087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949069838c0711c00" w:history="1">
+      <w:hyperlink r:id="rId9236699f5fb95929f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602869838c0711cd0" w:history="1">
+      <w:hyperlink r:id="rId4003699f5fb95936e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215969838c0711d7f" w:history="1">
+      <w:hyperlink r:id="rId7815699f5fb95941b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489269838c0711e2e" w:history="1">
+      <w:hyperlink r:id="rId5619699f5fb9594c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517269838c0711ea0" w:history="1">
+      <w:hyperlink r:id="rId9131699f5fb95953a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595069838c0711f10" w:history="1">
+      <w:hyperlink r:id="rId9497699f5fb9595aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683469838c0712048" w:history="1">
+      <w:hyperlink r:id="rId7998699f5fb959716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127969838c07122ea" w:history="1">
+      <w:hyperlink r:id="rId8328699f5fb9599b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850969838c07123ea" w:history="1">
+      <w:hyperlink r:id="rId6067699f5fb959ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495769838c07125c0" w:history="1">
+      <w:hyperlink r:id="rId7330699f5fb959c5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887669838c0712656" w:history="1">
+      <w:hyperlink r:id="rId9303699f5fb959cec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225069838c0712767" w:history="1">
+      <w:hyperlink r:id="rId8768699f5fb959e08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139969838c0712947" w:history="1">
+      <w:hyperlink r:id="rId2090699f5fb959fce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677369838c0712ad9" w:history="1">
+      <w:hyperlink r:id="rId7306699f5fb95a154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145569838c0712c75" w:history="1">
+      <w:hyperlink r:id="rId9922699f5fb95a2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579269838c0712d85" w:history="1">
+      <w:hyperlink r:id="rId1207699f5fb95a3f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298369838c07130a8" w:history="1">
+      <w:hyperlink r:id="rId1059699f5fb95a6f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789769838c0713396" w:history="1">
+      <w:hyperlink r:id="rId2484699f5fb95a9f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813669838c0713445" w:history="1">
+      <w:hyperlink r:id="rId5719699f5fb95aaa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656369838c07134d3" w:history="1">
+      <w:hyperlink r:id="rId8386699f5fb95ab31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200769838c0713563" w:history="1">
+      <w:hyperlink r:id="rId8909699f5fb95abc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582569838c07138a7" w:history="1">
+      <w:hyperlink r:id="rId4100699f5fb95aef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582969838c0713a5f" w:history="1">
+      <w:hyperlink r:id="rId9665699f5fb95b07b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370269838c0713b13" w:history="1">
+      <w:hyperlink r:id="rId1733699f5fb95b128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690669838c0713bc6" w:history="1">
+      <w:hyperlink r:id="rId9227699f5fb95b1df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715869838c0713d93" w:history="1">
+      <w:hyperlink r:id="rId1325699f5fb95b3a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338669838c0714188" w:history="1">
+      <w:hyperlink r:id="rId3594699f5fb95b7a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233769838c071430e" w:history="1">
+      <w:hyperlink r:id="rId8142699f5fb95b921" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346769838c071437e" w:history="1">
+      <w:hyperlink r:id="rId9903699f5fb95b991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838269838c071479b" w:history="1">
+      <w:hyperlink r:id="rId7965699f5fb95bdae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705069838c0714847" w:history="1">
+      <w:hyperlink r:id="rId7191699f5fb95be43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963069838c07148c6" w:history="1">
+      <w:hyperlink r:id="rId5804699f5fb95bebf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191869838c07149a3" w:history="1">
+      <w:hyperlink r:id="rId7676699f5fb95bf98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402069838c0714a5f" w:history="1">
+      <w:hyperlink r:id="rId6746699f5fb95c05c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177169838c0714b62" w:history="1">
+      <w:hyperlink r:id="rId1820699f5fb95c154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5587367" name="name166569838c0714bd7" descr="eu_funding_250.png"/>
+            <wp:docPr id="10776051" name="name3373699f5fb95c4ff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId693869838c0714bd6" cstate="print"/>
+                    <a:blip r:embed="rId8167699f5fb95c4fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37760037">
+  <w:abstractNum w:abstractNumId="82801490">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17400078">
+    <w:lvl w:ilvl="0" w:tplc="76591162">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17400078" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76591162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37760036">
+  <w:abstractNum w:abstractNumId="82801489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40601107">
+    <w:lvl w:ilvl="0" w:tplc="23794441">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37760036">
-    <w:abstractNumId w:val="37760036"/>
+  <w:num w:numId="82801489">
+    <w:abstractNumId w:val="82801489"/>
   </w:num>
-  <w:num w:numId="37760037">
-    <w:abstractNumId w:val="37760037"/>
+  <w:num w:numId="82801490">
+    <w:abstractNumId w:val="82801490"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId385424602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706212145" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId779369838c070b9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId284369838c070ba2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId490969838c070c0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId249269838c070c296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId549469838c070d47f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId721369838c0710cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId109269838c0710db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId843169838c0710e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId717969838c0710f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId138269838c07111c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId772769838c0711247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId675869838c0711316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId469569838c0711402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId102669838c0711472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId531769838c0711521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId877269838c07115d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId370169838c0711929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId439169838c07119e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId949069838c0711c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId602869838c0711cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId215969838c0711d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId489269838c0711e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId517269838c0711ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId595069838c0711f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId683469838c0712048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId127969838c07122ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId850969838c07123ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId495769838c07125c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId887669838c0712656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId225069838c0712767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId139969838c0712947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId677369838c0712ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId145569838c0712c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId579269838c0712d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId298369838c07130a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId789769838c0713396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId813669838c0713445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId656369838c07134d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId200769838c0713563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId582569838c07138a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId582969838c0713a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId370269838c0713b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId690669838c0713bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId715869838c0713d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId338669838c0714188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId233769838c071430e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId346769838c071437e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId838269838c071479b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId705069838c0714847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId963069838c07148c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId191869838c07149a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId402069838c0714a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId177169838c0714b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId454969838c070bf7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454969838c070bf7f.jpg"/><Relationship Id="rId477769838c070de10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId477769838c070de10.jpg"/><Relationship Id="rId693869838c0714bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693869838c0714bd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523216682" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745845854" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3905699f5fb9532a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId7743699f5fb953314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId1075699f5fb95389e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId5002699f5fb953a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId3972699f5fb9549c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId1962699f5fb9583ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId2876699f5fb958464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId6719699f5fb9584f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId9701699f5fb95862c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId9547699f5fb958869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId6555699f5fb9588e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId2593699f5fb9589b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId7263699f5fb958aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId2252699f5fb958b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId8866699f5fb958bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId5879699f5fb958c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId6367699f5fb958fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId6834699f5fb959087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId9236699f5fb95929f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId4003699f5fb95936e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId7815699f5fb95941b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId5619699f5fb9594c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId9131699f5fb95953a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId9497699f5fb9595aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId7998699f5fb959716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId8328699f5fb9599b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId6067699f5fb959ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId7330699f5fb959c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId9303699f5fb959cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId8768699f5fb959e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId2090699f5fb959fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId7306699f5fb95a154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId9922699f5fb95a2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId1207699f5fb95a3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId1059699f5fb95a6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId2484699f5fb95a9f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId5719699f5fb95aaa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId8386699f5fb95ab31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId8909699f5fb95abc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId4100699f5fb95aef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId9665699f5fb95b07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId1733699f5fb95b128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId9227699f5fb95b1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId1325699f5fb95b3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId3594699f5fb95b7a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId8142699f5fb95b921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId9903699f5fb95b991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId7965699f5fb95bdae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId7191699f5fb95be43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId5804699f5fb95bebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId7676699f5fb95bf98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId6746699f5fb95c05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1820699f5fb95c154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId8277699f5fb953788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8277699f5fb953788.jpg"/><Relationship Id="rId9634699f5fb9556c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9634699f5fb9556c9.jpg"/><Relationship Id="rId8167699f5fb95c4fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8167699f5fb95c4fe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>