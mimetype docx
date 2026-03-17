--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fang et al.) Bradbury</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLS, bacterial leaf streak of rice, leaf streak of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3905699f5fb9532a8" w:history="1">
+            <w:hyperlink r:id="rId552269b9e6ca3dddb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7743699f5fb953314" w:history="1">
+            <w:hyperlink r:id="rId885669b9e6ca3dea1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57166108" name="name4838699f5fb95378a" descr="1759.jpg"/>
+                  <wp:docPr id="44825973" name="name439569b9e6ca3e437" descr="1759.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1759.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8277699f5fb953788" cstate="print"/>
+                          <a:blip r:embed="rId556769b9e6ca3e435" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1075699f5fb95389e" w:history="1">
+            <w:hyperlink r:id="rId187469b9e6ca3e5be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -624,51 +624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5002699f5fb953a12" w:history="1">
+      <w:hyperlink r:id="rId537769b9e6ca3e76d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3972699f5fb9549c3" w:history="1">
+      <w:hyperlink r:id="rId526969b9e6ca3fa7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">see EPPO Datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
@@ -3234,63 +3234,63 @@
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">oryzae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) no geographically distinct groups have been determined (Ou, 1985; Mew, 1991).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32054837" name="name3483699f5fb9556cc" descr="XANTTO_distribution_map.jpg"/>
+            <wp:docPr id="76307720" name="name992969b9e6ca405e3" descr="XANTTO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTTO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9634699f5fb9556c9" cstate="print"/>
+                    <a:blip r:embed="rId642369b9e6ca405e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10069,51 +10069,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 30. CAB International, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agri-food Data Portal (2022) Agri-Food Markets. Rice. European Commission. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1962699f5fb9583ae" w:history="1">
+      <w:hyperlink r:id="rId863869b9e6ca43940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agridata.ec.europa.eu/extensions/DataPortal/rice.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10179,51 +10179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1426. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2876699f5fb958464" w:history="1">
+      <w:hyperlink r:id="rId875469b9e6ca439fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-14-0504-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10269,51 +10269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6719699f5fb9584f4" w:history="1">
+      <w:hyperlink r:id="rId564369b9e6ca43a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10455,51 +10455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9701699f5fb95862c" w:history="1">
+      <w:hyperlink r:id="rId483869b9e6ca43bc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10815,51 +10815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Distribution map]. Distribution Maps of Plant Diseases, No 463 October. Wallingford, UK: CABI, Map 463 (Edition 4). CABI Plantwise (2022) Pest management decision guide: green and yellow list. Bacterial leaf streak on rice. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9547699f5fb958869" w:history="1">
+      <w:hyperlink r:id="rId197369b9e6ca43e11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20147801491</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10894,51 +10894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6555699f5fb9588e6" w:history="1">
+      <w:hyperlink r:id="rId978869b9e6ca43e91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11024,51 +11024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5089. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2593699f5fb9589b1" w:history="1">
+      <w:hyperlink r:id="rId753569b9e6ca43f62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-017-04800-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11174,51 +11174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,187. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7263699f5fb958aa1" w:history="1">
+      <w:hyperlink r:id="rId230769b9e6ca44051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11244,51 +11244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 216-220. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2252699f5fb958b15" w:history="1">
+      <w:hyperlink r:id="rId476069b9e6ca440c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(06)60041-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11354,51 +11354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288-296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8866699f5fb958bc4" w:history="1">
+      <w:hyperlink r:id="rId675869b9e6ca44174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12954</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11462,51 +11462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5879699f5fb958c74" w:history="1">
+      <w:hyperlink r:id="rId544069b9e6ca44227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11982,51 +11982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6367699f5fb958fd8" w:history="1">
+      <w:hyperlink r:id="rId788569b9e6ca4457c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12090,51 +12090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 543–553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2022) Interceptions of harmful organisms in imported plants and other objects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6834699f5fb959087" w:history="1">
+      <w:hyperlink r:id="rId203469b9e6ca44643" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12412,51 +12412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9236699f5fb95929f" w:history="1">
+      <w:hyperlink r:id="rId441469b9e6ca44851" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12542,51 +12542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 821-832. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4003699f5fb95936e" w:history="1">
+      <w:hyperlink r:id="rId962969b9e6ca44921" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1516-89132015060263</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12652,51 +12652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 173-181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7815699f5fb95941b" w:history="1">
+      <w:hyperlink r:id="rId255069b9e6ca449d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.OA.05.2020.0083</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12762,51 +12762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5619699f5fb9594c8" w:history="1">
+      <w:hyperlink r:id="rId202669b9e6ca44a81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12832,51 +12832,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9131699f5fb95953a" w:history="1">
+      <w:hyperlink r:id="rId279669b9e6ca44af3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9497699f5fb9595aa" w:history="1">
+      <w:hyperlink r:id="rId276769b9e6ca44b62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13099,51 +13099,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7998699f5fb959716" w:history="1">
+      <w:hyperlink r:id="rId492069b9e6ca44c98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13523,51 +13523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8328699f5fb9599b9" w:history="1">
+      <w:hyperlink r:id="rId924669b9e6ca44f37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13680,51 +13680,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 51-55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B, Jabran K, Mahajan G (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6067699f5fb959ab9" w:history="1">
+      <w:hyperlink r:id="rId400769b9e6ca4503f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13948,51 +13948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7330699f5fb959c5c" w:history="1">
+      <w:hyperlink r:id="rId391969b9e6ca451f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14038,51 +14038,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507,15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9303699f5fb959cec" w:history="1">
+      <w:hyperlink r:id="rId794869b9e6ca45285" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8768699f5fb959e08" w:history="1">
+      <w:hyperlink r:id="rId895069b9e6ca4538e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14494,51 +14494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2090699f5fb959fce" w:history="1">
+      <w:hyperlink r:id="rId494769b9e6ca45563" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14738,51 +14738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00923-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7306699f5fb95a154" w:history="1">
+      <w:hyperlink r:id="rId331869b9e6ca456f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/MRA.00923-18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14995,51 +14995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice (N Y)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38, 5pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9922699f5fb95a2e9" w:history="1">
+      <w:hyperlink r:id="rId378469b9e6ca4588a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-021-00482-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1207699f5fb95a3f4" w:history="1">
+      <w:hyperlink r:id="rId515269b9e6ca45997" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15654,51 +15654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rice Genetics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">III,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 934-938 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1059699f5fb95a6f9" w:history="1">
+      <w:hyperlink r:id="rId440269b9e6ca45cb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1142/9789812814289_0131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16127,51 +16127,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2484699f5fb95a9f5" w:history="1">
+      <w:hyperlink r:id="rId430069b9e6ca45fa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16237,51 +16237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5719699f5fb95aaa3" w:history="1">
+      <w:hyperlink r:id="rId910169b9e6ca46050" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16327,51 +16327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 291-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8386699f5fb95ab31" w:history="1">
+      <w:hyperlink r:id="rId727969b9e6ca460df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16417,51 +16417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8909699f5fb95abc0" w:history="1">
+      <w:hyperlink r:id="rId874169b9e6ca4616e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9121673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16930,51 +16930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1587. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4100699f5fb95aef9" w:history="1">
+      <w:hyperlink r:id="rId738069b9e6ca46498" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/genes12101587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17178,51 +17178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9665699f5fb95b07b" w:history="1">
+      <w:hyperlink r:id="rId778169b9e6ca46642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17288,51 +17288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1733699f5fb95b128" w:history="1">
+      <w:hyperlink r:id="rId972669b9e6ca466f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/tpj.13212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17396,51 +17396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9227699f5fb95b1df" w:history="1">
+      <w:hyperlink r:id="rId653369b9e6ca467a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17682,51 +17682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">130</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2983-2999. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1325699f5fb95b3a4" w:history="1">
+      <w:hyperlink r:id="rId116969b9e6ca46979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00221287-130-11-2983</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18320,51 +18320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19439. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3594699f5fb95b7a1" w:history="1">
+      <w:hyperlink r:id="rId666169b9e6ca46d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-74515-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18568,51 +18568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8142699f5fb95b921" w:history="1">
+      <w:hyperlink r:id="rId829269b9e6ca46ef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18638,51 +18638,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">956, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">249-255. Yang, B, ed. Springer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9903699f5fb95b991" w:history="1">
+      <w:hyperlink r:id="rId179569b9e6ca46f60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-62703-194-3_18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19296,51 +19296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,948-956. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7965699f5fb95bdae" w:history="1">
+      <w:hyperlink r:id="rId737669b9e6ca47368" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-12-0078-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -19386,51 +19386,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7191699f5fb95be43" w:history="1">
+      <w:hyperlink r:id="rId430469b9e6ca47408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19465,51 +19465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5804699f5fb95bebf" w:history="1">
+      <w:hyperlink r:id="rId870069b9e6ca47492" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: April 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -19604,51 +19604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7676699f5fb95bf98" w:history="1">
+      <w:hyperlink r:id="rId829769b9e6ca47572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19714,51 +19714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6746699f5fb95c05c" w:history="1">
+      <w:hyperlink r:id="rId310269b9e6ca4762c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -19861,81 +19861,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1820699f5fb95c154" w:history="1">
+      <w:hyperlink r:id="rId853569b9e6ca4771f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10776051" name="name3373699f5fb95c4ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="77152468" name="name428269b9e6ca47795" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8167699f5fb95c4fe" cstate="print"/>
+                    <a:blip r:embed="rId448769b9e6ca47794" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -20033,137 +20033,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82801490">
+  <w:abstractNum w:abstractNumId="88235873">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76591162">
+    <w:lvl w:ilvl="0" w:tplc="46990216">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76591162" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46990216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82801489">
+  <w:abstractNum w:abstractNumId="88235872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23794441">
+    <w:lvl w:ilvl="0" w:tplc="63943998">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -20915,55 +20915,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82801489">
-    <w:abstractNumId w:val="82801489"/>
+  <w:num w:numId="88235872">
+    <w:abstractNumId w:val="88235872"/>
   </w:num>
-  <w:num w:numId="82801490">
-    <w:abstractNumId w:val="82801490"/>
+  <w:num w:numId="88235873">
+    <w:abstractNumId w:val="88235873"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -32513,51 +32513,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523216682" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745845854" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3905699f5fb9532a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId7743699f5fb953314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId1075699f5fb95389e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId5002699f5fb953a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId3972699f5fb9549c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId1962699f5fb9583ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId2876699f5fb958464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId6719699f5fb9584f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId9701699f5fb95862c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId9547699f5fb958869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId6555699f5fb9588e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId2593699f5fb9589b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId7263699f5fb958aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId2252699f5fb958b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId8866699f5fb958bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId5879699f5fb958c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId6367699f5fb958fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId6834699f5fb959087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId9236699f5fb95929f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId4003699f5fb95936e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId7815699f5fb95941b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId5619699f5fb9594c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId9131699f5fb95953a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId9497699f5fb9595aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId7998699f5fb959716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId8328699f5fb9599b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId6067699f5fb959ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId7330699f5fb959c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId9303699f5fb959cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId8768699f5fb959e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId2090699f5fb959fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId7306699f5fb95a154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId9922699f5fb95a2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId1207699f5fb95a3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId1059699f5fb95a6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId2484699f5fb95a9f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId5719699f5fb95aaa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId8386699f5fb95ab31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId8909699f5fb95abc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId4100699f5fb95aef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId9665699f5fb95b07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId1733699f5fb95b128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId9227699f5fb95b1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId1325699f5fb95b3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId3594699f5fb95b7a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId8142699f5fb95b921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId9903699f5fb95b991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId7965699f5fb95bdae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId7191699f5fb95be43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId5804699f5fb95bebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId7676699f5fb95bf98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId6746699f5fb95c05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1820699f5fb95c154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId8277699f5fb953788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8277699f5fb953788.jpg"/><Relationship Id="rId9634699f5fb9556c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9634699f5fb9556c9.jpg"/><Relationship Id="rId8167699f5fb95c4fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8167699f5fb95c4fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId512144528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691846275" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId552269b9e6ca3dddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/" TargetMode="External"/><Relationship Id="rId885669b9e6ca3dea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/categorization" TargetMode="External"/><Relationship Id="rId187469b9e6ca3e5be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/photos" TargetMode="External"/><Relationship Id="rId537769b9e6ca3e76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId526969b9e6ca3fa7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/datasheet" TargetMode="External"/><Relationship Id="rId863869b9e6ca43940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agridata.ec.europa.eu/extensions/DataPortal/rice.html" TargetMode="External"/><Relationship Id="rId875469b9e6ca439fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId564369b9e6ca43a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId483869b9e6ca43bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId197369b9e6ca43e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20147801491" TargetMode="External"/><Relationship Id="rId978869b9e6ca43e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId753569b9e6ca43f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-017-04800-8" TargetMode="External"/><Relationship Id="rId230769b9e6ca44051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId476069b9e6ca440c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(06)60041-2" TargetMode="External"/><Relationship Id="rId675869b9e6ca44174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12954" TargetMode="External"/><Relationship Id="rId544069b9e6ca44227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId788569b9e6ca4457c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId203469b9e6ca44643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plants/plant-health-and-biosecurity/european-union-notification-system-plant-health-interceptions-europhyt/interceptions_en#plant-interceptions--monthly-reports-2022" TargetMode="External"/><Relationship Id="rId441469b9e6ca44851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId962969b9e6ca44921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1516-89132015060263" TargetMode="External"/><Relationship Id="rId255069b9e6ca449d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.OA.05.2020.0083" TargetMode="External"/><Relationship Id="rId202669b9e6ca44a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId279669b9e6ca44af3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId276769b9e6ca44b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agritech.tnau.ac.in/expert_system/paddy/cpdisbls.html" TargetMode="External"/><Relationship Id="rId492069b9e6ca44c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId924669b9e6ca44f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId400769b9e6ca4503f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId391969b9e6ca451f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId794869b9e6ca45285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId895069b9e6ca4538e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId494769b9e6ca45563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId331869b9e6ca456f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/MRA.00923-18" TargetMode="External"/><Relationship Id="rId378469b9e6ca4588a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-021-00482-z" TargetMode="External"/><Relationship Id="rId515269b9e6ca45997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId440269b9e6ca45cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1142/9789812814289_0131" TargetMode="External"/><Relationship Id="rId430069b9e6ca45fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId910169b9e6ca46050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId727969b9e6ca460df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12909" TargetMode="External"/><Relationship Id="rId874169b9e6ca4616e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9121673" TargetMode="External"/><Relationship Id="rId738069b9e6ca46498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/genes12101587" TargetMode="External"/><Relationship Id="rId778169b9e6ca46642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId972669b9e6ca466f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.13212" TargetMode="External"/><Relationship Id="rId653369b9e6ca467a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId116969b9e6ca46979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00221287-130-11-2983" TargetMode="External"/><Relationship Id="rId666169b9e6ca46d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-74515-w" TargetMode="External"/><Relationship Id="rId829269b9e6ca46ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId179569b9e6ca46f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-62703-194-3_18" TargetMode="External"/><Relationship Id="rId737669b9e6ca47368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId430469b9e6ca47408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId870069b9e6ca47492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId829769b9e6ca47572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId310269b9e6ca4762c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId853569b9e6ca4771f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId556769b9e6ca3e435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556769b9e6ca3e435.jpg"/><Relationship Id="rId642369b9e6ca405e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId642369b9e6ca405e1.jpg"/><Relationship Id="rId448769b9e6ca47794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId448769b9e6ca47794.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>