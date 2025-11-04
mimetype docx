--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of stone fruits, bacterial leaf spot of stone fruits, bacterial shot-hole of stone fruits, black spot of plum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452768efb53c7a6c1" w:history="1">
+            <w:hyperlink r:id="rId7119690a60fe49fb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409168efb53c7a730" w:history="1">
+            <w:hyperlink r:id="rId5577690a60fe4a051" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50210455" name="name510268efb53c7a833" descr="9376.jpg"/>
+                  <wp:docPr id="52564036" name="name9656690a60fe4a159" descr="9376.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9376.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId413768efb53c7a832" cstate="print"/>
+                          <a:blip r:embed="rId1754690a60fe4a158" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId851768efb53c7a94b" w:history="1">
+            <w:hyperlink r:id="rId5665690a60fe4a29d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. are being cultivated although it is not always widespread within these regions. It has been present in the EPPO region (e.g. in Italy) for decades but it was first described in North America (EFSA, 2014). However, it is not clear (from the literature) whether it has initially spread only from North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62551722" name="name408868efb53c7c52d" descr="XANTPR_distribution_map.jpg"/>
+            <wp:docPr id="32755119" name="name9930690a60fe4c031" descr="XANTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId969268efb53c7c52a" cstate="print"/>
+                    <a:blip r:embed="rId6689690a60fe4c02e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3930,51 +3930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from pest-free production sites, to have been tested, or inspected for evergreen species before dispatch (See more detailed phytosanitary measures recommended at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775268efb53c7d85d" w:history="1">
+      <w:hyperlink r:id="rId6800690a60fe4d49a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6614,51 +6614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663168efb53c7f052" w:history="1">
+      <w:hyperlink r:id="rId3242690a60fe4e96c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7723,51 +7723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas arboricola pv. pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713568efb53c7fa26" w:history="1">
+      <w:hyperlink r:id="rId8149690a60fe4f1ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7958,81 +7958,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758068efb53c7fbc6" w:history="1">
+      <w:hyperlink r:id="rId7142690a60fe4f32f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02773.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14620990" name="name839368efb53c7fc6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="40515888" name="name1872690a60fe4f397" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId865068efb53c7fc6c" cstate="print"/>
+                    <a:blip r:embed="rId2331690a60fe4f396" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8130,137 +8130,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46931116">
+  <w:abstractNum w:abstractNumId="26181342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50285228">
+    <w:lvl w:ilvl="0" w:tplc="35255502">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50285228" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35255502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46931115">
+  <w:abstractNum w:abstractNumId="26181341">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53919579">
+    <w:lvl w:ilvl="0" w:tplc="40148682">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9012,55 +9012,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46931115">
-    <w:abstractNumId w:val="46931115"/>
+  <w:num w:numId="26181341">
+    <w:abstractNumId w:val="26181341"/>
   </w:num>
-  <w:num w:numId="46931116">
-    <w:abstractNumId w:val="46931116"/>
+  <w:num w:numId="26181342">
+    <w:abstractNumId w:val="26181342"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20610,51 +20610,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId493526759" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId829761554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId452768efb53c7a6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId409168efb53c7a730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId851768efb53c7a94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId775268efb53c7d85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId663168efb53c7f052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId713568efb53c7fa26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId758068efb53c7fbc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId413768efb53c7a832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId413768efb53c7a832.jpg"/><Relationship Id="rId969268efb53c7c52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969268efb53c7c52a.jpg"/><Relationship Id="rId865068efb53c7fc6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865068efb53c7fc6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId738148009" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530863604" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7119690a60fe49fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId5577690a60fe4a051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId5665690a60fe4a29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId6800690a60fe4d49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId3242690a60fe4e96c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId8149690a60fe4f1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7142690a60fe4f32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId1754690a60fe4a158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1754690a60fe4a158.jpg"/><Relationship Id="rId6689690a60fe4c02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6689690a60fe4c02e.jpg"/><Relationship Id="rId2331690a60fe4f396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2331690a60fe4f396.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>