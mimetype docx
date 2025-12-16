--- v1 (2025-11-04)
+++ v2 (2025-12-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of stone fruits, bacterial leaf spot of stone fruits, bacterial shot-hole of stone fruits, black spot of plum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7119690a60fe49fb0" w:history="1">
+            <w:hyperlink r:id="rId42426940aff477347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5577690a60fe4a051" w:history="1">
+            <w:hyperlink r:id="rId87496940aff4773ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52564036" name="name9656690a60fe4a159" descr="9376.jpg"/>
+                  <wp:docPr id="14555082" name="name78976940aff47748a" descr="9376.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9376.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1754690a60fe4a158" cstate="print"/>
+                          <a:blip r:embed="rId93966940aff477489" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5665690a60fe4a29d" w:history="1">
+            <w:hyperlink r:id="rId11256940aff47757c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. are being cultivated although it is not always widespread within these regions. It has been present in the EPPO region (e.g. in Italy) for decades but it was first described in North America (EFSA, 2014). However, it is not clear (from the literature) whether it has initially spread only from North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32755119" name="name9930690a60fe4c031" descr="XANTPR_distribution_map.jpg"/>
+            <wp:docPr id="53124444" name="name68306940aff478656" descr="XANTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6689690a60fe4c02e" cstate="print"/>
+                    <a:blip r:embed="rId77576940aff478654" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3930,51 +3930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from pest-free production sites, to have been tested, or inspected for evergreen species before dispatch (See more detailed phytosanitary measures recommended at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6800690a60fe4d49a" w:history="1">
+      <w:hyperlink r:id="rId11506940aff4797a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6614,51 +6614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3242690a60fe4e96c" w:history="1">
+      <w:hyperlink r:id="rId86556940aff47a87d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7723,51 +7723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas arboricola pv. pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8149690a60fe4f1ac" w:history="1">
+      <w:hyperlink r:id="rId71276940aff47af6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7958,81 +7958,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7142690a60fe4f32f" w:history="1">
+      <w:hyperlink r:id="rId43026940aff47b0f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02773.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40515888" name="name1872690a60fe4f397" descr="eu_funding_250.png"/>
+            <wp:docPr id="70802676" name="name85366940aff47b515" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2331690a60fe4f396" cstate="print"/>
+                    <a:blip r:embed="rId85906940aff47b513" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8130,137 +8130,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26181342">
+  <w:abstractNum w:abstractNumId="71873019">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35255502">
+    <w:lvl w:ilvl="0" w:tplc="22694913">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35255502" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22694913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26181341">
+  <w:abstractNum w:abstractNumId="71873018">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40148682">
+    <w:lvl w:ilvl="0" w:tplc="35384004">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9012,55 +9012,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26181341">
-    <w:abstractNumId w:val="26181341"/>
+  <w:num w:numId="71873018">
+    <w:abstractNumId w:val="71873018"/>
   </w:num>
-  <w:num w:numId="26181342">
-    <w:abstractNumId w:val="26181342"/>
+  <w:num w:numId="71873019">
+    <w:abstractNumId w:val="71873019"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20610,51 +20610,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId738148009" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530863604" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7119690a60fe49fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId5577690a60fe4a051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId5665690a60fe4a29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId6800690a60fe4d49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId3242690a60fe4e96c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId8149690a60fe4f1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7142690a60fe4f32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId1754690a60fe4a158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1754690a60fe4a158.jpg"/><Relationship Id="rId6689690a60fe4c02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6689690a60fe4c02e.jpg"/><Relationship Id="rId2331690a60fe4f396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2331690a60fe4f396.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118287784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207394600" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42426940aff477347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId87496940aff4773ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId11256940aff47757c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId11506940aff4797a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId86556940aff47a87d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId71276940aff47af6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43026940aff47b0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId93966940aff477489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93966940aff477489.jpg"/><Relationship Id="rId77576940aff478654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77576940aff478654.jpg"/><Relationship Id="rId85906940aff47b513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85906940aff47b513.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>