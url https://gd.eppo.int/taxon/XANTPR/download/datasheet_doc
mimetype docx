--- v2 (2025-12-16)
+++ v3 (2026-01-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of stone fruits, bacterial leaf spot of stone fruits, bacterial shot-hole of stone fruits, black spot of plum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42426940aff477347" w:history="1">
+            <w:hyperlink r:id="rId4724695bfc9882271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87496940aff4773ca" w:history="1">
+            <w:hyperlink r:id="rId6996695bfc98822da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14555082" name="name78976940aff47748a" descr="9376.jpg"/>
+                  <wp:docPr id="49156720" name="name2302695bfc9882385" descr="9376.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9376.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId93966940aff477489" cstate="print"/>
+                          <a:blip r:embed="rId1524695bfc9882384" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11256940aff47757c" w:history="1">
+            <w:hyperlink r:id="rId6796695bfc988247b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. are being cultivated although it is not always widespread within these regions. It has been present in the EPPO region (e.g. in Italy) for decades but it was first described in North America (EFSA, 2014). However, it is not clear (from the literature) whether it has initially spread only from North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53124444" name="name68306940aff478656" descr="XANTPR_distribution_map.jpg"/>
+            <wp:docPr id="46168721" name="name9723695bfc9883471" descr="XANTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77576940aff478654" cstate="print"/>
+                    <a:blip r:embed="rId9249695bfc988346e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3930,51 +3930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from pest-free production sites, to have been tested, or inspected for evergreen species before dispatch (See more detailed phytosanitary measures recommended at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11506940aff4797a9" w:history="1">
+      <w:hyperlink r:id="rId1209695bfc98844f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6614,51 +6614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86556940aff47a87d" w:history="1">
+      <w:hyperlink r:id="rId3667695bfc98855c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7701,73 +7701,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas arboricola pv. pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71276940aff47af6c" w:history="1">
+      <w:hyperlink r:id="rId5067695bfc9885cc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7958,81 +7958,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43026940aff47b0f5" w:history="1">
+      <w:hyperlink r:id="rId8153695bfc9885e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02773.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70802676" name="name85366940aff47b515" descr="eu_funding_250.png"/>
+            <wp:docPr id="2387985" name="name8790695bfc988607a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85906940aff47b513" cstate="print"/>
+                    <a:blip r:embed="rId7262695bfc9886078" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8130,137 +8130,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71873019">
+  <w:abstractNum w:abstractNumId="24398643">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22694913">
+    <w:lvl w:ilvl="0" w:tplc="71848296">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22694913" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71848296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71873018">
+  <w:abstractNum w:abstractNumId="24398642">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35384004">
+    <w:lvl w:ilvl="0" w:tplc="91304457">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9012,55 +9012,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71873018">
-    <w:abstractNumId w:val="71873018"/>
+  <w:num w:numId="24398642">
+    <w:abstractNumId w:val="24398642"/>
   </w:num>
-  <w:num w:numId="71873019">
-    <w:abstractNumId w:val="71873019"/>
+  <w:num w:numId="24398643">
+    <w:abstractNumId w:val="24398643"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20610,51 +20610,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118287784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207394600" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42426940aff477347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId87496940aff4773ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId11256940aff47757c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId11506940aff4797a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId86556940aff47a87d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId71276940aff47af6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43026940aff47b0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId93966940aff477489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93966940aff477489.jpg"/><Relationship Id="rId77576940aff478654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77576940aff478654.jpg"/><Relationship Id="rId85906940aff47b513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85906940aff47b513.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459502518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId975666617" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4724695bfc9882271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId6996695bfc98822da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId6796695bfc988247b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId1209695bfc98844f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId3667695bfc98855c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId5067695bfc9885cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8153695bfc9885e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId1524695bfc9882384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1524695bfc9882384.jpg"/><Relationship Id="rId9249695bfc988346e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9249695bfc988346e.jpg"/><Relationship Id="rId7262695bfc9886078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7262695bfc9886078.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>