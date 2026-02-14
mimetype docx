--- v3 (2026-01-05)
+++ v4 (2026-02-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of stone fruits, bacterial leaf spot of stone fruits, bacterial shot-hole of stone fruits, black spot of plum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4724695bfc9882271" w:history="1">
+            <w:hyperlink r:id="rId767769906e3f5e75d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6996695bfc98822da" w:history="1">
+            <w:hyperlink r:id="rId607169906e3f5e7ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49156720" name="name2302695bfc9882385" descr="9376.jpg"/>
+                  <wp:docPr id="7028870" name="name997869906e3f5eeea" descr="9376.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9376.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1524695bfc9882384" cstate="print"/>
+                          <a:blip r:embed="rId782969906e3f5eee7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6796695bfc988247b" w:history="1">
+            <w:hyperlink r:id="rId814969906e3f5f01b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,105 +1521,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. are being cultivated although it is not always widespread within these regions. It has been present in the EPPO region (e.g. in Italy) for decades but it was first described in North America (EFSA, 2014). However, it is not clear (from the literature) whether it has initially spread only from North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46168721" name="name9723695bfc9883471" descr="XANTPR_distribution_map.jpg"/>
+            <wp:docPr id="20814669" name="name921069906e3f6075b" descr="XANTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9249695bfc988346e" cstate="print"/>
+                    <a:blip r:embed="rId338169906e3f60758" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna, Sicilia), Jordan, Moldova, Republic of, Montenegro, Netherlands, Norway, Romania, Russian Federation (the) (Far East, Southern Russia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Ukraine</w:t>
+        <w:t xml:space="preserve"> Belgium, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna, Sicilia), Jordan, Moldova, Republic of, Montenegro, Netherlands, Norway, Romania, Russian Federation (Far East, Southern Russia), Serbia, Slovenia, Spain (mainland, Islas Baleares), Switzerland, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Africa, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3930,51 +3930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from pest-free production sites, to have been tested, or inspected for evergreen species before dispatch (See more detailed phytosanitary measures recommended at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1209695bfc98844f3" w:history="1">
+      <w:hyperlink r:id="rId412969906e3f61890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6614,51 +6614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3667695bfc98855c6" w:history="1">
+      <w:hyperlink r:id="rId115269906e3f6297f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7723,51 +7723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas arboricola pv. pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5067695bfc9885cc1" w:history="1">
+      <w:hyperlink r:id="rId350469906e3f6308a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7958,81 +7958,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8153695bfc9885e32" w:history="1">
+      <w:hyperlink r:id="rId237769906e3f631ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02773.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2387985" name="name8790695bfc988607a" descr="eu_funding_250.png"/>
+            <wp:docPr id="6775584" name="name213469906e3f63259" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7262695bfc9886078" cstate="print"/>
+                    <a:blip r:embed="rId478369906e3f63258" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8130,137 +8130,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24398643">
+  <w:abstractNum w:abstractNumId="47623441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71848296">
+    <w:lvl w:ilvl="0" w:tplc="88929503">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71848296" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88929503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24398642">
+  <w:abstractNum w:abstractNumId="47623440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91304457">
+    <w:lvl w:ilvl="0" w:tplc="43007246">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9012,55 +9012,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24398642">
-    <w:abstractNumId w:val="24398642"/>
+  <w:num w:numId="47623440">
+    <w:abstractNumId w:val="47623440"/>
   </w:num>
-  <w:num w:numId="24398643">
-    <w:abstractNumId w:val="24398643"/>
+  <w:num w:numId="47623441">
+    <w:abstractNumId w:val="47623441"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20610,51 +20610,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459502518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId975666617" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4724695bfc9882271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId6996695bfc98822da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId6796695bfc988247b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId1209695bfc98844f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId3667695bfc98855c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId5067695bfc9885cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8153695bfc9885e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId1524695bfc9882384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1524695bfc9882384.jpg"/><Relationship Id="rId9249695bfc988346e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9249695bfc988346e.jpg"/><Relationship Id="rId7262695bfc9886078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7262695bfc9886078.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416549776" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323659267" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId767769906e3f5e75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId607169906e3f5e7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId814969906e3f5f01b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId412969906e3f61890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId115269906e3f6297f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId350469906e3f6308a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId237769906e3f631ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId782969906e3f5eee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782969906e3f5eee7.jpg"/><Relationship Id="rId338169906e3f60758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId338169906e3f60758.jpg"/><Relationship Id="rId478369906e3f63258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478369906e3f63258.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>