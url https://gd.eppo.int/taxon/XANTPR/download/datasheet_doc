--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of stone fruits, bacterial leaf spot of stone fruits, bacterial shot-hole of stone fruits, black spot of plum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId767769906e3f5e75d" w:history="1">
+            <w:hyperlink r:id="rId103669ab8a4684310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607169906e3f5e7ca" w:history="1">
+            <w:hyperlink r:id="rId390969ab8a468437a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7028870" name="name997869906e3f5eeea" descr="9376.jpg"/>
+                  <wp:docPr id="31459905" name="name193069ab8a4684a2c" descr="9376.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9376.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId782969906e3f5eee7" cstate="print"/>
+                          <a:blip r:embed="rId652869ab8a4684a2a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId814969906e3f5f01b" w:history="1">
+            <w:hyperlink r:id="rId409469ab8a4684b58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. are being cultivated although it is not always widespread within these regions. It has been present in the EPPO region (e.g. in Italy) for decades but it was first described in North America (EFSA, 2014). However, it is not clear (from the literature) whether it has initially spread only from North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20814669" name="name921069906e3f6075b" descr="XANTPR_distribution_map.jpg"/>
+            <wp:docPr id="82920087" name="name321769ab8a4686302" descr="XANTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId338169906e3f60758" cstate="print"/>
+                    <a:blip r:embed="rId911669ab8a46862ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3930,51 +3930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from pest-free production sites, to have been tested, or inspected for evergreen species before dispatch (See more detailed phytosanitary measures recommended at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412969906e3f61890" w:history="1">
+      <w:hyperlink r:id="rId111469ab8a468741c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6614,51 +6614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115269906e3f6297f" w:history="1">
+      <w:hyperlink r:id="rId510969ab8a468853f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7723,51 +7723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas arboricola pv. pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350469906e3f6308a" w:history="1">
+      <w:hyperlink r:id="rId818569ab8a4688c8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7958,81 +7958,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237769906e3f631ff" w:history="1">
+      <w:hyperlink r:id="rId106269ab8a4688dff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02773.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6775584" name="name213469906e3f63259" descr="eu_funding_250.png"/>
+            <wp:docPr id="14629750" name="name299269ab8a468915f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId478369906e3f63258" cstate="print"/>
+                    <a:blip r:embed="rId985969ab8a468915d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8130,137 +8130,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47623441">
+  <w:abstractNum w:abstractNumId="25819424">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88929503">
+    <w:lvl w:ilvl="0" w:tplc="55807534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88929503" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55807534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47623440">
+  <w:abstractNum w:abstractNumId="25819423">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43007246">
+    <w:lvl w:ilvl="0" w:tplc="87588344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9012,55 +9012,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47623440">
-    <w:abstractNumId w:val="47623440"/>
+  <w:num w:numId="25819423">
+    <w:abstractNumId w:val="25819423"/>
   </w:num>
-  <w:num w:numId="47623441">
-    <w:abstractNumId w:val="47623441"/>
+  <w:num w:numId="25819424">
+    <w:abstractNumId w:val="25819424"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20610,51 +20610,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416549776" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323659267" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId767769906e3f5e75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId607169906e3f5e7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId814969906e3f5f01b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId412969906e3f61890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId115269906e3f6297f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId350469906e3f6308a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId237769906e3f631ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId782969906e3f5eee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782969906e3f5eee7.jpg"/><Relationship Id="rId338169906e3f60758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId338169906e3f60758.jpg"/><Relationship Id="rId478369906e3f63258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478369906e3f63258.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId903091607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365663201" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103669ab8a4684310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId390969ab8a468437a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId409469ab8a4684b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId111469ab8a468741c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId510969ab8a468853f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId818569ab8a4688c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId106269ab8a4688dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId652869ab8a4684a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652869ab8a4684a2a.jpg"/><Relationship Id="rId911669ab8a46862ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911669ab8a46862ff.jpg"/><Relationship Id="rId985969ab8a468915d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985969ab8a468915d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>