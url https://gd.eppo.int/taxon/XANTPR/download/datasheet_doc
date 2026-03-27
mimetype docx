--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Smith) Dowson</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of stone fruits, bacterial leaf spot of stone fruits, bacterial shot-hole of stone fruits, black spot of plum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103669ab8a4684310" w:history="1">
+            <w:hyperlink r:id="rId616369c6e58c9decc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390969ab8a468437a" w:history="1">
+            <w:hyperlink r:id="rId511469c6e58c9df3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31459905" name="name193069ab8a4684a2c" descr="9376.jpg"/>
+                  <wp:docPr id="18331169" name="name576069c6e58c9e548" descr="9376.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9376.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId652869ab8a4684a2a" cstate="print"/>
+                          <a:blip r:embed="rId894769c6e58c9e546" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId409469ab8a4684b58" w:history="1">
+            <w:hyperlink r:id="rId664769c6e58c9e64d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1521,63 +1521,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. are being cultivated although it is not always widespread within these regions. It has been present in the EPPO region (e.g. in Italy) for decades but it was first described in North America (EFSA, 2014). However, it is not clear (from the literature) whether it has initially spread only from North America.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82920087" name="name321769ab8a4686302" descr="XANTPR_distribution_map.jpg"/>
+            <wp:docPr id="64742360" name="name640769c6e58c9fd07" descr="XANTPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId911669ab8a46862ff" cstate="print"/>
+                    <a:blip r:embed="rId878369c6e58c9fd04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3930,51 +3930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from pest-free production sites, to have been tested, or inspected for evergreen species before dispatch (See more detailed phytosanitary measures recommended at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111469ab8a468741c" w:history="1">
+      <w:hyperlink r:id="rId390769c6e58ca0f27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6614,51 +6614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510969ab8a468853f" w:history="1">
+      <w:hyperlink r:id="rId480269c6e58ca205a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7723,51 +7723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas arboricola pv. pruni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818569ab8a4688c8a" w:history="1">
+      <w:hyperlink r:id="rId389769c6e58ca27bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7958,81 +7958,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 67-71. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106269ab8a4688dff" w:history="1">
+      <w:hyperlink r:id="rId687569c6e58ca293b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02773.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14629750" name="name299269ab8a468915f" descr="eu_funding_250.png"/>
+            <wp:docPr id="94400849" name="name952169c6e58ca29a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId985969ab8a468915d" cstate="print"/>
+                    <a:blip r:embed="rId463169c6e58ca29a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8130,137 +8130,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25819424">
+  <w:abstractNum w:abstractNumId="42741727">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55807534">
+    <w:lvl w:ilvl="0" w:tplc="18347516">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55807534" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18347516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25819423">
+  <w:abstractNum w:abstractNumId="42741726">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87588344">
+    <w:lvl w:ilvl="0" w:tplc="30370855">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9012,55 +9012,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25819423">
-    <w:abstractNumId w:val="25819423"/>
+  <w:num w:numId="42741726">
+    <w:abstractNumId w:val="42741726"/>
   </w:num>
-  <w:num w:numId="25819424">
-    <w:abstractNumId w:val="25819424"/>
+  <w:num w:numId="42741727">
+    <w:abstractNumId w:val="42741727"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20610,51 +20610,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId903091607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365663201" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103669ab8a4684310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId390969ab8a468437a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId409469ab8a4684b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId111469ab8a468741c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId510969ab8a468853f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId818569ab8a4688c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId106269ab8a4688dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId652869ab8a4684a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652869ab8a4684a2a.jpg"/><Relationship Id="rId911669ab8a46862ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911669ab8a46862ff.jpg"/><Relationship Id="rId985969ab8a468915d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985969ab8a468915d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177347520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId624956465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId616369c6e58c9decc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/" TargetMode="External"/><Relationship Id="rId511469c6e58c9df3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/categorization" TargetMode="External"/><Relationship Id="rId664769c6e58c9e64d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPR/photos" TargetMode="External"/><Relationship Id="rId390769c6e58ca0f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId480269c6e58ca205a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId389769c6e58ca27bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId687569c6e58ca293b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02773.x" TargetMode="External"/><Relationship Id="rId894769c6e58c9e546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894769c6e58c9e546.jpg"/><Relationship Id="rId878369c6e58c9fd04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId878369c6e58c9fd04.jpg"/><Relationship Id="rId463169c6e58ca29a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463169c6e58ca29a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>