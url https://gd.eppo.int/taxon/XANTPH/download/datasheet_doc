--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -120,51 +120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (XANTPH) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId896368f043cd60579" w:history="1">
+      <w:hyperlink r:id="rId8163690b41aa4411c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> (Smith) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId781068f043cd607d4" w:history="1">
+            <w:hyperlink r:id="rId6687690b41aa4437b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -500,51 +500,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId665168f043cd60836" w:history="1">
+            <w:hyperlink r:id="rId6034690b41aa443df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -558,86 +558,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18040665" name="name633768f043cd60919" descr="4124.jpg"/>
+                  <wp:docPr id="91618093" name="name9462690b41aa444cf" descr="4124.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4124.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId756368f043cd60918" cstate="print"/>
+                          <a:blip r:embed="rId6706690b41aa444ce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId655668f043cd609f8" w:history="1">
+            <w:hyperlink r:id="rId1327690b41aa4460f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1974,63 +1974,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53838669" name="name744568f043cd6257d" descr="XANTPH_distribution_map.jpg"/>
+            <wp:docPr id="60702247" name="name7373690b41aa46368" descr="XANTPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId919368f043cd6257b" cstate="print"/>
+                    <a:blip r:embed="rId1600690b41aa46365" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3830,51 +3830,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609968f043cd632e1" w:history="1">
+      <w:hyperlink r:id="rId2872690b41aa47150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3900,51 +3900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224568f043cd63356" w:history="1">
+      <w:hyperlink r:id="rId1658690b41aa471c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281068f043cd63444" w:history="1">
+      <w:hyperlink r:id="rId2003690b41aa472b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4298,51 +4298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491668f043cd635cb" w:history="1">
+      <w:hyperlink r:id="rId1329690b41aa4743b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4399,51 +4399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627968f043cd6366b" w:history="1">
+      <w:hyperlink r:id="rId1857690b41aa474f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301468f043cd63756" w:history="1">
+      <w:hyperlink r:id="rId2979690b41aa475e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400868f043cd63975" w:history="1">
+      <w:hyperlink r:id="rId3667690b41aa47807" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5001,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591468f043cd63a3d" w:history="1">
+      <w:hyperlink r:id="rId5136690b41aa478c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5111,51 +5111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310768f043cd63aee" w:history="1">
+      <w:hyperlink r:id="rId4353690b41aa4797a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5181,51 +5181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783868f043cd63b5e" w:history="1">
+      <w:hyperlink r:id="rId4183690b41aa479ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5389,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333268f043cd63cb2" w:history="1">
+      <w:hyperlink r:id="rId5638690b41aa47b32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5459,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345168f043cd63d27" w:history="1">
+      <w:hyperlink r:id="rId5511690b41aa47ba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699268f043cd63ed0" w:history="1">
+      <w:hyperlink r:id="rId8578690b41aa47d46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5973,51 +5973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936868f043cd64058" w:history="1">
+      <w:hyperlink r:id="rId6702690b41aa47ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6357,51 +6357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182068f043cd642c6" w:history="1">
+      <w:hyperlink r:id="rId1803690b41aa48128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6427,51 +6427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211368f043cd64336" w:history="1">
+      <w:hyperlink r:id="rId4922690b41aa48198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6497,51 +6497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466468f043cd643a9" w:history="1">
+      <w:hyperlink r:id="rId5989690b41aa48209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6763,51 +6763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631068f043cd6454f" w:history="1">
+      <w:hyperlink r:id="rId6177690b41aa483ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7379,51 +7379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946568f043cd6494c" w:history="1">
+      <w:hyperlink r:id="rId9616690b41aa4abf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7509,51 +7509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300568f043cd64a1d" w:history="1">
+      <w:hyperlink r:id="rId5450690b41aa4ace0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7699,51 +7699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246668f043cd64b4a" w:history="1">
+      <w:hyperlink r:id="rId1223690b41aa4b33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7807,51 +7807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId147268f043cd64bfb" w:history="1">
+      <w:hyperlink r:id="rId1762690b41aa4b43f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8131,51 +8131,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912268f043cd64e14" w:history="1">
+      <w:hyperlink r:id="rId1442690b41aa4b66a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8698,51 +8698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas phaseoli pv. phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109568f043cd651ae" w:history="1">
+      <w:hyperlink r:id="rId8506690b41aa4ba06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8944,81 +8944,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850368f043cd6533d" w:history="1">
+      <w:hyperlink r:id="rId8864690b41aa4c25a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02772.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24610925" name="name413868f043cd653b3" descr="eu_funding_250.png"/>
+            <wp:docPr id="98483883" name="name6165690b41aa4c378" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId735868f043cd653b1" cstate="print"/>
+                    <a:blip r:embed="rId2410690b41aa4c376" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9116,137 +9116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82544333">
+  <w:abstractNum w:abstractNumId="59334294">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27822729">
+    <w:lvl w:ilvl="0" w:tplc="28922451">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27822729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28922451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82544332">
+  <w:abstractNum w:abstractNumId="59334293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11103639">
+    <w:lvl w:ilvl="0" w:tplc="22311706">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9998,55 +9998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82544332">
-    <w:abstractNumId w:val="82544332"/>
+  <w:num w:numId="59334293">
+    <w:abstractNumId w:val="59334293"/>
   </w:num>
-  <w:num w:numId="82544333">
-    <w:abstractNumId w:val="82544333"/>
+  <w:num w:numId="59334294">
+    <w:abstractNumId w:val="59334294"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21596,51 +21596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId227345758" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId252455596" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId896368f043cd60579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId781068f043cd607d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId665168f043cd60836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId655668f043cd609f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId609968f043cd632e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId224568f043cd63356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId281068f043cd63444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId491668f043cd635cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId627968f043cd6366b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId301468f043cd63756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId400868f043cd63975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId591468f043cd63a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId310768f043cd63aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId783868f043cd63b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId333268f043cd63cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId345168f043cd63d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId699268f043cd63ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId936868f043cd64058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId182068f043cd642c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId211368f043cd64336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId466468f043cd643a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId631068f043cd6454f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId946568f043cd6494c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId300568f043cd64a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId246668f043cd64b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId147268f043cd64bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId912268f043cd64e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId109568f043cd651ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId850368f043cd6533d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId756368f043cd60918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId756368f043cd60918.jpg"/><Relationship Id="rId919368f043cd6257b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId919368f043cd6257b.jpg"/><Relationship Id="rId735868f043cd653b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735868f043cd653b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335493983" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240046721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8163690b41aa4411c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId6687690b41aa4437b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId6034690b41aa443df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId1327690b41aa4460f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId2872690b41aa47150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId1658690b41aa471c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId2003690b41aa472b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId1329690b41aa4743b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId1857690b41aa474f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId2979690b41aa475e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId3667690b41aa47807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId5136690b41aa478c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId4353690b41aa4797a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId4183690b41aa479ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId5638690b41aa47b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId5511690b41aa47ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId8578690b41aa47d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId6702690b41aa47ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId1803690b41aa48128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId4922690b41aa48198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId5989690b41aa48209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId6177690b41aa483ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId9616690b41aa4abf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId5450690b41aa4ace0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId1223690b41aa4b33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId1762690b41aa4b43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId1442690b41aa4b66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId8506690b41aa4ba06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8864690b41aa4c25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId6706690b41aa444ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6706690b41aa444ce.jpg"/><Relationship Id="rId1600690b41aa46365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1600690b41aa46365.jpg"/><Relationship Id="rId2410690b41aa4c376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2410690b41aa4c376.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>