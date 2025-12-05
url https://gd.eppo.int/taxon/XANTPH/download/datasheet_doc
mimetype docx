--- v1 (2025-11-05)
+++ v2 (2025-12-05)
@@ -120,51 +120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (XANTPH) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8163690b41aa4411c" w:history="1">
+      <w:hyperlink r:id="rId3050693346d739d33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> (Smith) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6687690b41aa4437b" w:history="1">
+            <w:hyperlink r:id="rId2281693346d739f96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -500,51 +500,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6034690b41aa443df" w:history="1">
+            <w:hyperlink r:id="rId2277693346d739ff9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -558,86 +558,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91618093" name="name9462690b41aa444cf" descr="4124.jpg"/>
+                  <wp:docPr id="56690252" name="name5467693346d73a0b5" descr="4124.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4124.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6706690b41aa444ce" cstate="print"/>
+                          <a:blip r:embed="rId7952693346d73a0b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1327690b41aa4460f" w:history="1">
+            <w:hyperlink r:id="rId3857693346d73a1bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1974,63 +1974,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60702247" name="name7373690b41aa46368" descr="XANTPH_distribution_map.jpg"/>
+            <wp:docPr id="91918702" name="name8332693346d73b98d" descr="XANTPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1600690b41aa46365" cstate="print"/>
+                    <a:blip r:embed="rId2539693346d73b989" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3830,51 +3830,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2872690b41aa47150" w:history="1">
+      <w:hyperlink r:id="rId4926693346d73c73b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3900,51 +3900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1658690b41aa471c7" w:history="1">
+      <w:hyperlink r:id="rId3002693346d73c7b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2003690b41aa472b5" w:history="1">
+      <w:hyperlink r:id="rId1284693346d73c8f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4298,51 +4298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1329690b41aa4743b" w:history="1">
+      <w:hyperlink r:id="rId4346693346d73ca83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4399,51 +4399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1857690b41aa474f1" w:history="1">
+      <w:hyperlink r:id="rId3612693346d73cb24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2979690b41aa475e2" w:history="1">
+      <w:hyperlink r:id="rId1338693346d73cc10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3667690b41aa47807" w:history="1">
+      <w:hyperlink r:id="rId8339693346d73ce2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5001,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5136690b41aa478c6" w:history="1">
+      <w:hyperlink r:id="rId2761693346d73ceeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5111,51 +5111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4353690b41aa4797a" w:history="1">
+      <w:hyperlink r:id="rId3511693346d73cf9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5181,51 +5181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4183690b41aa479ed" w:history="1">
+      <w:hyperlink r:id="rId9242693346d73d00c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5389,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5638690b41aa47b32" w:history="1">
+      <w:hyperlink r:id="rId5713693346d73d154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5459,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5511690b41aa47ba3" w:history="1">
+      <w:hyperlink r:id="rId9351693346d73d1c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8578690b41aa47d46" w:history="1">
+      <w:hyperlink r:id="rId3600693346d73d365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5973,51 +5973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6702690b41aa47ecc" w:history="1">
+      <w:hyperlink r:id="rId5458693346d73d51b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6357,51 +6357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1803690b41aa48128" w:history="1">
+      <w:hyperlink r:id="rId8019693346d73d779" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6427,51 +6427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4922690b41aa48198" w:history="1">
+      <w:hyperlink r:id="rId7769693346d73d7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6497,51 +6497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5989690b41aa48209" w:history="1">
+      <w:hyperlink r:id="rId4795693346d73d876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6763,51 +6763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6177690b41aa483ab" w:history="1">
+      <w:hyperlink r:id="rId1881693346d73da1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7379,51 +7379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9616690b41aa4abf9" w:history="1">
+      <w:hyperlink r:id="rId6604693346d73de03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7509,51 +7509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5450690b41aa4ace0" w:history="1">
+      <w:hyperlink r:id="rId1304693346d73decd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7699,51 +7699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1223690b41aa4b33e" w:history="1">
+      <w:hyperlink r:id="rId5474693346d73dff4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7807,51 +7807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1762690b41aa4b43f" w:history="1">
+      <w:hyperlink r:id="rId1381693346d73e0a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8131,51 +8131,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1442690b41aa4b66a" w:history="1">
+      <w:hyperlink r:id="rId8376693346d73e29d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8698,51 +8698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas phaseoli pv. phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8506690b41aa4ba06" w:history="1">
+      <w:hyperlink r:id="rId2309693346d73e627" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8944,81 +8944,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8864690b41aa4c25a" w:history="1">
+      <w:hyperlink r:id="rId6066693346d73e7ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02772.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98483883" name="name6165690b41aa4c378" descr="eu_funding_250.png"/>
+            <wp:docPr id="27841164" name="name5127693346d73e849" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2410690b41aa4c376" cstate="print"/>
+                    <a:blip r:embed="rId3482693346d73e847" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9116,137 +9116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59334294">
+  <w:abstractNum w:abstractNumId="71859129">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28922451">
+    <w:lvl w:ilvl="0" w:tplc="25863045">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28922451" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25863045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59334293">
+  <w:abstractNum w:abstractNumId="71859128">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22311706">
+    <w:lvl w:ilvl="0" w:tplc="71241442">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9998,55 +9998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59334293">
-    <w:abstractNumId w:val="59334293"/>
+  <w:num w:numId="71859128">
+    <w:abstractNumId w:val="71859128"/>
   </w:num>
-  <w:num w:numId="59334294">
-    <w:abstractNumId w:val="59334294"/>
+  <w:num w:numId="71859129">
+    <w:abstractNumId w:val="71859129"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21596,51 +21596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335493983" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240046721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8163690b41aa4411c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId6687690b41aa4437b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId6034690b41aa443df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId1327690b41aa4460f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId2872690b41aa47150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId1658690b41aa471c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId2003690b41aa472b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId1329690b41aa4743b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId1857690b41aa474f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId2979690b41aa475e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId3667690b41aa47807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId5136690b41aa478c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId4353690b41aa4797a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId4183690b41aa479ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId5638690b41aa47b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId5511690b41aa47ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId8578690b41aa47d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId6702690b41aa47ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId1803690b41aa48128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId4922690b41aa48198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId5989690b41aa48209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId6177690b41aa483ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId9616690b41aa4abf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId5450690b41aa4ace0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId1223690b41aa4b33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId1762690b41aa4b43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId1442690b41aa4b66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId8506690b41aa4ba06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8864690b41aa4c25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId6706690b41aa444ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6706690b41aa444ce.jpg"/><Relationship Id="rId1600690b41aa46365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1600690b41aa46365.jpg"/><Relationship Id="rId2410690b41aa4c376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2410690b41aa4c376.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528601548" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId852292993" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3050693346d739d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId2281693346d739f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId2277693346d739ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId3857693346d73a1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId4926693346d73c73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId3002693346d73c7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId1284693346d73c8f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId4346693346d73ca83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId3612693346d73cb24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId1338693346d73cc10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId8339693346d73ce2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId2761693346d73ceeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId3511693346d73cf9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId9242693346d73d00c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId5713693346d73d154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId9351693346d73d1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId3600693346d73d365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId5458693346d73d51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId8019693346d73d779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId7769693346d73d7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId4795693346d73d876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId1881693346d73da1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId6604693346d73de03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId1304693346d73decd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId5474693346d73dff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId1381693346d73e0a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId8376693346d73e29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId2309693346d73e627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6066693346d73e7ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId7952693346d73a0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7952693346d73a0b4.jpg"/><Relationship Id="rId2539693346d73b989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2539693346d73b989.jpg"/><Relationship Id="rId3482693346d73e847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3482693346d73e847.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>