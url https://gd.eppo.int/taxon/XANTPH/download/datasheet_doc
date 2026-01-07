--- v2 (2025-12-05)
+++ v3 (2026-01-07)
@@ -120,51 +120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (XANTPH) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3050693346d739d33" w:history="1">
+      <w:hyperlink r:id="rId5254695dee788caf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> (Smith) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2281693346d739f96" w:history="1">
+            <w:hyperlink r:id="rId5571695dee788cd49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -500,51 +500,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2277693346d739ff9" w:history="1">
+            <w:hyperlink r:id="rId4580695dee788cdab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -558,86 +558,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56690252" name="name5467693346d73a0b5" descr="4124.jpg"/>
+                  <wp:docPr id="19296764" name="name2517695dee788ce56" descr="4124.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4124.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7952693346d73a0b4" cstate="print"/>
+                          <a:blip r:embed="rId7435695dee788ce55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3857693346d73a1bb" w:history="1">
+            <w:hyperlink r:id="rId1668695dee788cf0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1974,63 +1974,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91918702" name="name8332693346d73b98d" descr="XANTPH_distribution_map.jpg"/>
+            <wp:docPr id="44189426" name="name6957695dee788e59a" descr="XANTPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2539693346d73b989" cstate="print"/>
+                    <a:blip r:embed="rId1527695dee788e597" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3830,51 +3830,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4926693346d73c73b" w:history="1">
+      <w:hyperlink r:id="rId2884695dee788f2e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3900,51 +3900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3002693346d73c7b1" w:history="1">
+      <w:hyperlink r:id="rId6944695dee788f358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1284693346d73c8f7" w:history="1">
+      <w:hyperlink r:id="rId5927695dee788f445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4298,51 +4298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4346693346d73ca83" w:history="1">
+      <w:hyperlink r:id="rId3420695dee788f5c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4399,51 +4399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3612693346d73cb24" w:history="1">
+      <w:hyperlink r:id="rId1517695dee788f668" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1338693346d73cc10" w:history="1">
+      <w:hyperlink r:id="rId2872695dee788f751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8339693346d73ce2c" w:history="1">
+      <w:hyperlink r:id="rId7750695dee788f97e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5001,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2761693346d73ceeb" w:history="1">
+      <w:hyperlink r:id="rId8990695dee788fa33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5111,51 +5111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3511693346d73cf9b" w:history="1">
+      <w:hyperlink r:id="rId8287695dee788fae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5181,51 +5181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9242693346d73d00c" w:history="1">
+      <w:hyperlink r:id="rId8030695dee788fb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5389,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5713693346d73d154" w:history="1">
+      <w:hyperlink r:id="rId2696695dee788fca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5459,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9351693346d73d1c5" w:history="1">
+      <w:hyperlink r:id="rId3488695dee788fd10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3600693346d73d365" w:history="1">
+      <w:hyperlink r:id="rId9076695dee788feb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5973,51 +5973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5458693346d73d51b" w:history="1">
+      <w:hyperlink r:id="rId4858695dee7890032" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6357,51 +6357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8019693346d73d779" w:history="1">
+      <w:hyperlink r:id="rId8461695dee7890296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6427,51 +6427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7769693346d73d7f0" w:history="1">
+      <w:hyperlink r:id="rId4663695dee7890308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6497,51 +6497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4795693346d73d876" w:history="1">
+      <w:hyperlink r:id="rId7850695dee789037a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6763,51 +6763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1881693346d73da1e" w:history="1">
+      <w:hyperlink r:id="rId8816695dee789051c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7379,51 +7379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6604693346d73de03" w:history="1">
+      <w:hyperlink r:id="rId3862695dee7890916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7509,51 +7509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1304693346d73decd" w:history="1">
+      <w:hyperlink r:id="rId3372695dee78909e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7699,51 +7699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5474693346d73dff4" w:history="1">
+      <w:hyperlink r:id="rId2757695dee7890b07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7807,51 +7807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1381693346d73e0a2" w:history="1">
+      <w:hyperlink r:id="rId1991695dee7890bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8131,51 +8131,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8376693346d73e29d" w:history="1">
+      <w:hyperlink r:id="rId6834695dee7890db2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,73 +8676,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas phaseoli pv. phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2309693346d73e627" w:history="1">
+      <w:hyperlink r:id="rId1348695dee7891133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8944,81 +8944,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6066693346d73e7ae" w:history="1">
+      <w:hyperlink r:id="rId1359695dee78912b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02772.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27841164" name="name5127693346d73e849" descr="eu_funding_250.png"/>
+            <wp:docPr id="90904508" name="name7394695dee7891306" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3482693346d73e847" cstate="print"/>
+                    <a:blip r:embed="rId5085695dee7891305" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9116,137 +9116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71859129">
+  <w:abstractNum w:abstractNumId="32526965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25863045">
+    <w:lvl w:ilvl="0" w:tplc="92151662">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25863045" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92151662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71859128">
+  <w:abstractNum w:abstractNumId="32526964">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71241442">
+    <w:lvl w:ilvl="0" w:tplc="56007384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9998,55 +9998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71859128">
-    <w:abstractNumId w:val="71859128"/>
+  <w:num w:numId="32526964">
+    <w:abstractNumId w:val="32526964"/>
   </w:num>
-  <w:num w:numId="71859129">
-    <w:abstractNumId w:val="71859129"/>
+  <w:num w:numId="32526965">
+    <w:abstractNumId w:val="32526965"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21596,51 +21596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528601548" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId852292993" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3050693346d739d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId2281693346d739f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId2277693346d739ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId3857693346d73a1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId4926693346d73c73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId3002693346d73c7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId1284693346d73c8f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId4346693346d73ca83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId3612693346d73cb24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId1338693346d73cc10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId8339693346d73ce2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId2761693346d73ceeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId3511693346d73cf9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId9242693346d73d00c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId5713693346d73d154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId9351693346d73d1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId3600693346d73d365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId5458693346d73d51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId8019693346d73d779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId7769693346d73d7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId4795693346d73d876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId1881693346d73da1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId6604693346d73de03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId1304693346d73decd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId5474693346d73dff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId1381693346d73e0a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId8376693346d73e29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId2309693346d73e627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6066693346d73e7ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId7952693346d73a0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7952693346d73a0b4.jpg"/><Relationship Id="rId2539693346d73b989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2539693346d73b989.jpg"/><Relationship Id="rId3482693346d73e847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3482693346d73e847.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId243975993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996191462" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5254695dee788caf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId5571695dee788cd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId4580695dee788cdab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId1668695dee788cf0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId2884695dee788f2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId6944695dee788f358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId5927695dee788f445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId3420695dee788f5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId1517695dee788f668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId2872695dee788f751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId7750695dee788f97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId8990695dee788fa33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId8287695dee788fae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId8030695dee788fb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId2696695dee788fca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId3488695dee788fd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId9076695dee788feb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId4858695dee7890032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId8461695dee7890296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId4663695dee7890308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId7850695dee789037a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId8816695dee789051c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId3862695dee7890916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId3372695dee78909e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId2757695dee7890b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId1991695dee7890bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId6834695dee7890db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1348695dee7891133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1359695dee78912b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId7435695dee788ce55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7435695dee788ce55.jpg"/><Relationship Id="rId1527695dee788e597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1527695dee788e597.jpg"/><Relationship Id="rId5085695dee7891305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5085695dee7891305.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>