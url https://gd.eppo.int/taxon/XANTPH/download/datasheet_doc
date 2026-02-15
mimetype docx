--- v3 (2026-01-07)
+++ v4 (2026-02-15)
@@ -120,51 +120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (XANTPH) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5254695dee788caf7" w:history="1">
+      <w:hyperlink r:id="rId7963699189abeaf49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> (Smith) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5571695dee788cd49" w:history="1">
+            <w:hyperlink r:id="rId2961699189abeb1cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -498,53 +498,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4580695dee788cdab" w:history="1">
+            <w:hyperlink r:id="rId2905699189abeb234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -558,86 +558,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19296764" name="name2517695dee788ce56" descr="4124.jpg"/>
+                  <wp:docPr id="98271066" name="name7855699189abeba17" descr="4124.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4124.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7435695dee788ce55" cstate="print"/>
+                          <a:blip r:embed="rId7654699189abeba15" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1668695dee788cf0e" w:history="1">
+            <w:hyperlink r:id="rId3733699189abebb50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1974,105 +1974,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44189426" name="name6957695dee788e59a" descr="XANTPH_distribution_map.jpg"/>
+            <wp:docPr id="61261364" name="name6851699189abed3cf" descr="XANTPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1527695dee788e597" cstate="print"/>
+                    <a:blip r:embed="rId9449699189abed3cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Cyprus, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland), Jordan, Lithuania, Moldova, Republic of, Netherlands, Poland, Portugal (Madeira), Romania, Russian Federation (the) (Central Russia, Far East, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Cyprus, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland), Jordan, Lithuania, Moldova, Republic of, Netherlands, Poland, Portugal (Madeira), Romania, Russian Federation (Central Russia, Far East, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Burundi, Central African Republic, Congo, The Democratic Republic of the, Egypt, Eritrea, Eswatini, Ethiopia, Kenya, Lesotho, Madagascar, Malawi, Mauritius, Mozambique, Nigeria, Reunion, Rwanda, Somalia, South Africa, Sudan, Tanzania, United Republic of, Tunisia, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3830,51 +3830,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2884695dee788f2e3" w:history="1">
+      <w:hyperlink r:id="rId7046699189abee2d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3900,51 +3900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6944695dee788f358" w:history="1">
+      <w:hyperlink r:id="rId4296699189abee34c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5927695dee788f445" w:history="1">
+      <w:hyperlink r:id="rId4654699189abee438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4298,51 +4298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3420695dee788f5c8" w:history="1">
+      <w:hyperlink r:id="rId1112699189abee5df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4399,51 +4399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1517695dee788f668" w:history="1">
+      <w:hyperlink r:id="rId4532699189abee682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2872695dee788f751" w:history="1">
+      <w:hyperlink r:id="rId1365699189abee76e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7750695dee788f97e" w:history="1">
+      <w:hyperlink r:id="rId4811699189abee9a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5001,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8990695dee788fa33" w:history="1">
+      <w:hyperlink r:id="rId4222699189abeea56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5111,51 +5111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8287695dee788fae0" w:history="1">
+      <w:hyperlink r:id="rId1151699189abeeb05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5181,51 +5181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8030695dee788fb50" w:history="1">
+      <w:hyperlink r:id="rId3329699189abeeb75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5389,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2696695dee788fca1" w:history="1">
+      <w:hyperlink r:id="rId7728699189abeecbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5459,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3488695dee788fd10" w:history="1">
+      <w:hyperlink r:id="rId7346699189abeed2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9076695dee788feb1" w:history="1">
+      <w:hyperlink r:id="rId8776699189abeeece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5973,51 +5973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4858695dee7890032" w:history="1">
+      <w:hyperlink r:id="rId5311699189abef053" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6357,51 +6357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8461695dee7890296" w:history="1">
+      <w:hyperlink r:id="rId2940699189abef2af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6427,51 +6427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4663695dee7890308" w:history="1">
+      <w:hyperlink r:id="rId5460699189abef31e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6497,51 +6497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7850695dee789037a" w:history="1">
+      <w:hyperlink r:id="rId2213699189abef390" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6763,51 +6763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8816695dee789051c" w:history="1">
+      <w:hyperlink r:id="rId2855699189abef559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7379,51 +7379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3862695dee7890916" w:history="1">
+      <w:hyperlink r:id="rId4785699189abef930" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7509,51 +7509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3372695dee78909e1" w:history="1">
+      <w:hyperlink r:id="rId9515699189abef9fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7699,51 +7699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2757695dee7890b07" w:history="1">
+      <w:hyperlink r:id="rId1128699189abefb26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7807,51 +7807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1991695dee7890bb4" w:history="1">
+      <w:hyperlink r:id="rId7935699189abefbd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8131,51 +8131,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6834695dee7890db2" w:history="1">
+      <w:hyperlink r:id="rId4215699189abefdd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8698,51 +8698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas phaseoli pv. phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1348695dee7891133" w:history="1">
+      <w:hyperlink r:id="rId5778699189abf0162" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8944,81 +8944,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1359695dee78912b0" w:history="1">
+      <w:hyperlink r:id="rId8831699189abf02e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02772.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90904508" name="name7394695dee7891306" descr="eu_funding_250.png"/>
+            <wp:docPr id="88369822" name="name3122699189abf034b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5085695dee7891305" cstate="print"/>
+                    <a:blip r:embed="rId5841699189abf034a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9116,137 +9116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32526965">
+  <w:abstractNum w:abstractNumId="26687638">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92151662">
+    <w:lvl w:ilvl="0" w:tplc="86959238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92151662" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86959238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32526964">
+  <w:abstractNum w:abstractNumId="26687637">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56007384">
+    <w:lvl w:ilvl="0" w:tplc="85279953">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9998,55 +9998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32526964">
-    <w:abstractNumId w:val="32526964"/>
+  <w:num w:numId="26687637">
+    <w:abstractNumId w:val="26687637"/>
   </w:num>
-  <w:num w:numId="32526965">
-    <w:abstractNumId w:val="32526965"/>
+  <w:num w:numId="26687638">
+    <w:abstractNumId w:val="26687638"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21596,51 +21596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId243975993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996191462" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5254695dee788caf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId5571695dee788cd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId4580695dee788cdab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId1668695dee788cf0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId2884695dee788f2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId6944695dee788f358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId5927695dee788f445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId3420695dee788f5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId1517695dee788f668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId2872695dee788f751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId7750695dee788f97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId8990695dee788fa33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId8287695dee788fae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId8030695dee788fb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId2696695dee788fca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId3488695dee788fd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId9076695dee788feb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId4858695dee7890032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId8461695dee7890296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId4663695dee7890308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId7850695dee789037a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId8816695dee789051c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId3862695dee7890916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId3372695dee78909e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId2757695dee7890b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId1991695dee7890bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId6834695dee7890db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1348695dee7891133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1359695dee78912b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId7435695dee788ce55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7435695dee788ce55.jpg"/><Relationship Id="rId1527695dee788e597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1527695dee788e597.jpg"/><Relationship Id="rId5085695dee7891305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5085695dee7891305.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId471414503" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId388620000" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7963699189abeaf49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId2961699189abeb1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId2905699189abeb234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId3733699189abebb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId7046699189abee2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId4296699189abee34c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId4654699189abee438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId1112699189abee5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId4532699189abee682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId1365699189abee76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId4811699189abee9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId4222699189abeea56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId1151699189abeeb05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId3329699189abeeb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId7728699189abeecbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId7346699189abeed2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId8776699189abeeece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId5311699189abef053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId2940699189abef2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId5460699189abef31e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId2213699189abef390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId2855699189abef559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId4785699189abef930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId9515699189abef9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId1128699189abefb26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId7935699189abefbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId4215699189abefdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId5778699189abf0162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8831699189abf02e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId7654699189abeba15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7654699189abeba15.jpg"/><Relationship Id="rId9449699189abed3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9449699189abed3cc.jpg"/><Relationship Id="rId5841699189abf034a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5841699189abf034a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>