--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -120,51 +120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (XANTPH) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7963699189abeaf49" w:history="1">
+      <w:hyperlink r:id="rId414469abfce63c779" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> (Smith) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2961699189abeb1cf" w:history="1">
+            <w:hyperlink r:id="rId139169abfce63c9f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -500,51 +500,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2905699189abeb234" w:history="1">
+            <w:hyperlink r:id="rId973969abfce63ca5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -558,86 +558,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98271066" name="name7855699189abeba17" descr="4124.jpg"/>
+                  <wp:docPr id="75052471" name="name584469abfce63cf5e" descr="4124.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4124.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7654699189abeba15" cstate="print"/>
+                          <a:blip r:embed="rId113569abfce63cf5b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3733699189abebb50" w:history="1">
+            <w:hyperlink r:id="rId941269abfce63d19c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1974,63 +1974,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61261364" name="name6851699189abed3cf" descr="XANTPH_distribution_map.jpg"/>
+            <wp:docPr id="43350553" name="name821869abfce63e9ce" descr="XANTPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9449699189abed3cc" cstate="print"/>
+                    <a:blip r:embed="rId595869abfce63e9c8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3830,51 +3830,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7046699189abee2d5" w:history="1">
+      <w:hyperlink r:id="rId241869abfce63fa3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3900,51 +3900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4296699189abee34c" w:history="1">
+      <w:hyperlink r:id="rId582369abfce63fae1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4050,51 +4050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4654699189abee438" w:history="1">
+      <w:hyperlink r:id="rId134469abfce63fbf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4298,51 +4298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1112699189abee5df" w:history="1">
+      <w:hyperlink r:id="rId402069abfce6402db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4399,51 +4399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4532699189abee682" w:history="1">
+      <w:hyperlink r:id="rId421969abfce640489" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1365699189abee76e" w:history="1">
+      <w:hyperlink r:id="rId655969abfce6405bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4811699189abee9a0" w:history="1">
+      <w:hyperlink r:id="rId696269abfce64083b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5001,51 +5001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4222699189abeea56" w:history="1">
+      <w:hyperlink r:id="rId809069abfce64091f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5111,51 +5111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1151699189abeeb05" w:history="1">
+      <w:hyperlink r:id="rId240169abfce6409e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5181,51 +5181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3329699189abeeb75" w:history="1">
+      <w:hyperlink r:id="rId342469abfce640a59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5389,51 +5389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7728699189abeecbc" w:history="1">
+      <w:hyperlink r:id="rId854669abfce640c64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5459,51 +5459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7346699189abeed2c" w:history="1">
+      <w:hyperlink r:id="rId598069abfce640ce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8776699189abeeece" w:history="1">
+      <w:hyperlink r:id="rId571669abfce640e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5973,51 +5973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5311699189abef053" w:history="1">
+      <w:hyperlink r:id="rId510669abfce641021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6357,51 +6357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2940699189abef2af" w:history="1">
+      <w:hyperlink r:id="rId963569abfce641282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6427,51 +6427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5460699189abef31e" w:history="1">
+      <w:hyperlink r:id="rId845769abfce6412f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6497,51 +6497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2213699189abef390" w:history="1">
+      <w:hyperlink r:id="rId921969abfce641365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6763,51 +6763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2855699189abef559" w:history="1">
+      <w:hyperlink r:id="rId713169abfce64151a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7379,51 +7379,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4785699189abef930" w:history="1">
+      <w:hyperlink r:id="rId794269abfce641917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7509,51 +7509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9515699189abef9fc" w:history="1">
+      <w:hyperlink r:id="rId444569abfce6419e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7699,51 +7699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1128699189abefb26" w:history="1">
+      <w:hyperlink r:id="rId262269abfce641b0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7807,51 +7807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7935699189abefbd3" w:history="1">
+      <w:hyperlink r:id="rId713069abfce641bbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8131,51 +8131,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4215699189abefdd0" w:history="1">
+      <w:hyperlink r:id="rId433269abfce641ddf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8698,51 +8698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas phaseoli pv. phaseoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5778699189abf0162" w:history="1">
+      <w:hyperlink r:id="rId690269abfce642182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8944,81 +8944,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 62-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8831699189abf02e6" w:history="1">
+      <w:hyperlink r:id="rId337669abfce64234a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02772.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88369822" name="name3122699189abf034b" descr="eu_funding_250.png"/>
+            <wp:docPr id="9298480" name="name359269abfce6426e5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5841699189abf034a" cstate="print"/>
+                    <a:blip r:embed="rId122569abfce6426e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9116,137 +9116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26687638">
+  <w:abstractNum w:abstractNumId="87651056">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86959238">
+    <w:lvl w:ilvl="0" w:tplc="97485477">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86959238" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97485477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26687637">
+  <w:abstractNum w:abstractNumId="87651055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85279953">
+    <w:lvl w:ilvl="0" w:tplc="66747532">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9998,55 +9998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26687637">
-    <w:abstractNumId w:val="26687637"/>
+  <w:num w:numId="87651055">
+    <w:abstractNumId w:val="87651055"/>
   </w:num>
-  <w:num w:numId="26687638">
-    <w:abstractNumId w:val="26687638"/>
+  <w:num w:numId="87651056">
+    <w:abstractNumId w:val="87651056"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21596,51 +21596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId471414503" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId388620000" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7963699189abeaf49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId2961699189abeb1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId2905699189abeb234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId3733699189abebb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId7046699189abee2d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId4296699189abee34c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId4654699189abee438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId1112699189abee5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId4532699189abee682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId1365699189abee76e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId4811699189abee9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId4222699189abeea56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId1151699189abeeb05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId3329699189abeeb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId7728699189abeecbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId7346699189abeed2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId8776699189abeeece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId5311699189abef053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId2940699189abef2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId5460699189abef31e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId2213699189abef390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId2855699189abef559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId4785699189abef930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId9515699189abef9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId1128699189abefb26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId7935699189abefbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId4215699189abefdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId5778699189abf0162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8831699189abf02e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId7654699189abeba15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7654699189abeba15.jpg"/><Relationship Id="rId9449699189abed3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9449699189abed3cc.jpg"/><Relationship Id="rId5841699189abf034a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5841699189abf034a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId638877021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId293066617" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId414469abfce63c779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/datasheet" TargetMode="External"/><Relationship Id="rId139169abfce63c9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/" TargetMode="External"/><Relationship Id="rId973969abfce63ca5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/categorization" TargetMode="External"/><Relationship Id="rId941269abfce63d19c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/photos" TargetMode="External"/><Relationship Id="rId241869abfce63fa3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId582369abfce63fae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId134469abfce63fbf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId402069abfce6402db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId421969abfce640489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId655969abfce6405bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId696269abfce64083b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId809069abfce64091f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId240169abfce6409e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId342469abfce640a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId854669abfce640c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId598069abfce640ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId571669abfce640e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId510669abfce641021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId963569abfce641282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId845769abfce6412f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId921969abfce641365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId713169abfce64151a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId794269abfce641917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId444569abfce6419e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId262269abfce641b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId713069abfce641bbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId433269abfce641ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId690269abfce642182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId337669abfce64234a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02772.x" TargetMode="External"/><Relationship Id="rId113569abfce63cf5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId113569abfce63cf5b.jpg"/><Relationship Id="rId595869abfce63e9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId595869abfce63e9c8.jpg"/><Relationship Id="rId122569abfce6426e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122569abfce6426e4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>