--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230868e635b638b00" w:history="1">
+            <w:hyperlink r:id="rId3109690182861af1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -443,51 +443,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354668e635b638b77" w:history="1">
+            <w:hyperlink r:id="rId9278690182861afa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68694759" name="name696468e635b638c55" descr="3683.jpg"/>
+                  <wp:docPr id="28148193" name="name4076690182861b0c0" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId434468e635b638c53" cstate="print"/>
+                          <a:blip r:embed="rId4449690182861b0bf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId774268e635b638d58" w:history="1">
+            <w:hyperlink r:id="rId6623690182861b275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918168e635b639ab6" w:history="1">
+      <w:hyperlink r:id="rId9863690182861c087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13794549" name="name673868e635b63a8d4" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="48475062" name="name4671690182861d1b5" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId511768e635b63a8d3" cstate="print"/>
+                    <a:blip r:embed="rId2310690182861d1b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103768e635b63b785" w:history="1">
+      <w:hyperlink r:id="rId5464690182861e230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715568e635b63b81a" w:history="1">
+      <w:hyperlink r:id="rId4878690182861e2c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371168e635b63b89f" w:history="1">
+      <w:hyperlink r:id="rId9362690182861e364" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583268e635b63b909" w:history="1">
+      <w:hyperlink r:id="rId3272690182861e3bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852368e635b63b961" w:history="1">
+      <w:hyperlink r:id="rId7988690182861e411" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672168e635b63ba10" w:history="1">
+      <w:hyperlink r:id="rId8964690182861e4d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857168e635b63badd" w:history="1">
+      <w:hyperlink r:id="rId9419690182861e5a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538468e635b63bbaa" w:history="1">
+      <w:hyperlink r:id="rId4497690182861e66d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373968e635b63bc83" w:history="1">
+      <w:hyperlink r:id="rId1837690182861e745" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784068e635b63bd31" w:history="1">
+      <w:hyperlink r:id="rId1970690182861e7f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462568e635b63bdec" w:history="1">
+      <w:hyperlink r:id="rId2721690182861e89c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668868e635b63bf66" w:history="1">
+      <w:hyperlink r:id="rId1501690182861ea0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812868e635b63c014" w:history="1">
+      <w:hyperlink r:id="rId8946690182861eaba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786068e635b63c085" w:history="1">
+      <w:hyperlink r:id="rId2495690182861eb29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671968e635b63c151" w:history="1">
+      <w:hyperlink r:id="rId5780690182861ebf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244868e635b63c2b3" w:history="1">
+      <w:hyperlink r:id="rId6343690182861ed55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475568e635b63c3ec" w:history="1">
+      <w:hyperlink r:id="rId4024690182861ee8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597768e635b63c498" w:history="1">
+      <w:hyperlink r:id="rId8410690182861ef4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467768e635b63c525" w:history="1">
+      <w:hyperlink r:id="rId4050690182861efdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919568e635b63c651" w:history="1">
+      <w:hyperlink r:id="rId7270690182861f106" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283268e635b63c796" w:history="1">
+      <w:hyperlink r:id="rId8868690182861f24e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845668e635b63c903" w:history="1">
+      <w:hyperlink r:id="rId1808690182861f394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706768e635b63c981" w:history="1">
+      <w:hyperlink r:id="rId7956690182861f418" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906068e635b63ca17" w:history="1">
+      <w:hyperlink r:id="rId2015690182861f4ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549268e635b63ca8a" w:history="1">
+      <w:hyperlink r:id="rId7743690182861f51c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907468e635b63cb1a" w:history="1">
+      <w:hyperlink r:id="rId8540690182861f5ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855468e635b63cc43" w:history="1">
+      <w:hyperlink r:id="rId1052690182861f6fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788568e635b63ccf2" w:history="1">
+      <w:hyperlink r:id="rId1273690182861f7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966668e635b63cd82" w:history="1">
+      <w:hyperlink r:id="rId4105690182861f867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290368e635b63cdf9" w:history="1">
+      <w:hyperlink r:id="rId6285690182861f8e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685968e635b63ce8c" w:history="1">
+      <w:hyperlink r:id="rId6084690182861f97a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731168e635b63cefe" w:history="1">
+      <w:hyperlink r:id="rId3830690182861f9eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127868e635b63d068" w:history="1">
+      <w:hyperlink r:id="rId6636690182861fb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531268e635b63d0d9" w:history="1">
+      <w:hyperlink r:id="rId3915690182861fbc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556268e635b63d187" w:history="1">
+      <w:hyperlink r:id="rId1397690182861fc6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851368e635b63d1f7" w:history="1">
+      <w:hyperlink r:id="rId2220690182861fcdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960868e635b63d271" w:history="1">
+      <w:hyperlink r:id="rId1298690182861fd4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368868e635b63d30d" w:history="1">
+      <w:hyperlink r:id="rId1132690182861fddc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879068e635b63d37f" w:history="1">
+      <w:hyperlink r:id="rId9056690182861fe41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId878368e635b63d48f" w:history="1">
+      <w:hyperlink r:id="rId6254690182861ff46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863568e635b63d52b" w:history="1">
+      <w:hyperlink r:id="rId9201690182861ffd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699868e635b63d5f8" w:history="1">
+      <w:hyperlink r:id="rId4056690182862009d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771268e635b63d689" w:history="1">
+      <w:hyperlink r:id="rId3048690182862012b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139768e635b63d738" w:history="1">
+      <w:hyperlink r:id="rId720769018286201d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576968e635b63d7a8" w:history="1">
+      <w:hyperlink r:id="rId9578690182862024f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274068e635b63d84b" w:history="1">
+      <w:hyperlink r:id="rId383469018286202e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496668e635b63d97d" w:history="1">
+      <w:hyperlink r:id="rId82096901828620436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474668e635b63da4d" w:history="1">
+      <w:hyperlink r:id="rId43556901828620505" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408468e635b63dadc" w:history="1">
+      <w:hyperlink r:id="rId80706901828620595" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794968e635b63dbab" w:history="1">
+      <w:hyperlink r:id="rId58706901828620663" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,51 +10469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260868e635b63dc67" w:history="1">
+      <w:hyperlink r:id="rId95796901828620721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814268e635b63ddf3" w:history="1">
+      <w:hyperlink r:id="rId7936690182862088f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9861837" name="name221968e635b63de72" descr="eu_funding_250.png"/>
+            <wp:docPr id="83917646" name="name92006901828620afa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId462868e635b63de71" cstate="print"/>
+                    <a:blip r:embed="rId74816901828620af9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45465187">
+  <w:abstractNum w:abstractNumId="32175868">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12899197">
+    <w:lvl w:ilvl="0" w:tplc="87950021">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12899197" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87950021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45465186">
+  <w:abstractNum w:abstractNumId="32175867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40460790">
+    <w:lvl w:ilvl="0" w:tplc="72710161">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45465186">
-    <w:abstractNumId w:val="45465186"/>
+  <w:num w:numId="32175867">
+    <w:abstractNumId w:val="32175867"/>
   </w:num>
-  <w:num w:numId="45465187">
-    <w:abstractNumId w:val="45465187"/>
+  <w:num w:numId="32175868">
+    <w:abstractNumId w:val="32175868"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId565784834" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725953512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId230868e635b638b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId354668e635b638b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId774268e635b638d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId918168e635b639ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId103768e635b63b785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId715568e635b63b81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId371168e635b63b89f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId583268e635b63b909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId852368e635b63b961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId672168e635b63ba10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId857168e635b63badd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId538468e635b63bbaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId373968e635b63bc83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId784068e635b63bd31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId462568e635b63bdec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId668868e635b63bf66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId812868e635b63c014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId786068e635b63c085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId671968e635b63c151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId244868e635b63c2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId475568e635b63c3ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId597768e635b63c498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId467768e635b63c525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId919568e635b63c651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId283268e635b63c796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId845668e635b63c903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId706768e635b63c981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId906068e635b63ca17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId549268e635b63ca8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId907468e635b63cb1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId855468e635b63cc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId788568e635b63ccf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId966668e635b63cd82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId290368e635b63cdf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId685968e635b63ce8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId731168e635b63cefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId127868e635b63d068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId531268e635b63d0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId556268e635b63d187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId851368e635b63d1f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId960868e635b63d271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId368868e635b63d30d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId879068e635b63d37f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId878368e635b63d48f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId863568e635b63d52b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId699868e635b63d5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId771268e635b63d689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId139768e635b63d738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId576968e635b63d7a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId274068e635b63d84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId496668e635b63d97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId474668e635b63da4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId408468e635b63dadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId794968e635b63dbab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId260868e635b63dc67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId814268e635b63ddf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId434468e635b638c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434468e635b638c53.jpg"/><Relationship Id="rId511768e635b63a8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511768e635b63a8d3.jpg"/><Relationship Id="rId462868e635b63de71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId462868e635b63de71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232907813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId513533787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3109690182861af1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId9278690182861afa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId6623690182861b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId9863690182861c087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId5464690182861e230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId4878690182861e2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId9362690182861e364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId3272690182861e3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId7988690182861e411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId8964690182861e4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId9419690182861e5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId4497690182861e66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId1837690182861e745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId1970690182861e7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId2721690182861e89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1501690182861ea0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId8946690182861eaba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId2495690182861eb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId5780690182861ebf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId6343690182861ed55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId4024690182861ee8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId8410690182861ef4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId4050690182861efdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId7270690182861f106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId8868690182861f24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId1808690182861f394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId7956690182861f418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId2015690182861f4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId7743690182861f51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId8540690182861f5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId1052690182861f6fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId1273690182861f7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId4105690182861f867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId6285690182861f8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId6084690182861f97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId3830690182861f9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId6636690182861fb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId3915690182861fbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId1397690182861fc6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId2220690182861fcdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId1298690182861fd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId1132690182861fddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId9056690182861fe41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6254690182861ff46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId9201690182861ffd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId4056690182862009d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId3048690182862012b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId720769018286201d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId9578690182862024f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId383469018286202e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId82096901828620436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId43556901828620505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId80706901828620595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId58706901828620663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId95796901828620721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7936690182862088f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId4449690182861b0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4449690182861b0bf.jpg"/><Relationship Id="rId2310690182861d1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2310690182861d1b2.jpg"/><Relationship Id="rId74816901828620af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74816901828620af9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>