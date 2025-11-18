--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3109690182861af1e" w:history="1">
+            <w:hyperlink r:id="rId8189691cc500db82b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -443,51 +443,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9278690182861afa4" w:history="1">
+            <w:hyperlink r:id="rId6815691cc500db8af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28148193" name="name4076690182861b0c0" descr="3683.jpg"/>
+                  <wp:docPr id="92658269" name="name8775691cc500db9a1" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4449690182861b0bf" cstate="print"/>
+                          <a:blip r:embed="rId6056691cc500db99f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6623690182861b275" w:history="1">
+            <w:hyperlink r:id="rId4215691cc500dbb14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9863690182861c087" w:history="1">
+      <w:hyperlink r:id="rId3259691cc500dccab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48475062" name="name4671690182861d1b5" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="83820698" name="name1300691cc500ddc8b" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2310690182861d1b2" cstate="print"/>
+                    <a:blip r:embed="rId7766691cc500ddc88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2781,51 +2781,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Alabama, Florida, Georgia, Illinois, Indiana, Louisiana, Michigan, Mississippi, North Carolina, Ohio)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Bahia, Distrito Federal, Goias, Minas Gerais, Santa Catarina, Sao Paulo)</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Bahia, Distrito Federal, Goias, Minas Gerais, Santa Catarina, Sao Paulo)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Australia (Queensland)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5464690182861e230" w:history="1">
+      <w:hyperlink r:id="rId3295691cc500dedc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4878690182861e2c5" w:history="1">
+      <w:hyperlink r:id="rId4957691cc500dee72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9362690182861e364" w:history="1">
+      <w:hyperlink r:id="rId9397691cc500deefa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3272690182861e3bc" w:history="1">
+      <w:hyperlink r:id="rId6936691cc500def5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7988690182861e411" w:history="1">
+      <w:hyperlink r:id="rId4255691cc500defb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8964690182861e4d4" w:history="1">
+      <w:hyperlink r:id="rId9842691cc500df061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9419690182861e5a2" w:history="1">
+      <w:hyperlink r:id="rId6279691cc500df17f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4497690182861e66d" w:history="1">
+      <w:hyperlink r:id="rId7495691cc500df253" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1837690182861e745" w:history="1">
+      <w:hyperlink r:id="rId8365691cc500df3fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1970690182861e7f1" w:history="1">
+      <w:hyperlink r:id="rId3418691cc500df4b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2721690182861e89c" w:history="1">
+      <w:hyperlink r:id="rId5326691cc500df59e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1501690182861ea0e" w:history="1">
+      <w:hyperlink r:id="rId8518691cc500df724" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8946690182861eaba" w:history="1">
+      <w:hyperlink r:id="rId7714691cc500df7d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2495690182861eb29" w:history="1">
+      <w:hyperlink r:id="rId1105691cc500df84a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5780690182861ebf3" w:history="1">
+      <w:hyperlink r:id="rId7532691cc500df917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6343690182861ed55" w:history="1">
+      <w:hyperlink r:id="rId3392691cc500dfafd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4024690182861ee8d" w:history="1">
+      <w:hyperlink r:id="rId3086691cc500dfc54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8410690182861ef4a" w:history="1">
+      <w:hyperlink r:id="rId9601691cc500dfd05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4050690182861efdb" w:history="1">
+      <w:hyperlink r:id="rId1139691cc500dfddb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7270690182861f106" w:history="1">
+      <w:hyperlink r:id="rId8821691cc500dff2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8868690182861f24e" w:history="1">
+      <w:hyperlink r:id="rId2014691cc500e009d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1808690182861f394" w:history="1">
+      <w:hyperlink r:id="rId1192691cc500e0226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7956690182861f418" w:history="1">
+      <w:hyperlink r:id="rId1652691cc500e02d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2015690182861f4ab" w:history="1">
+      <w:hyperlink r:id="rId9656691cc500e037d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7743690182861f51c" w:history="1">
+      <w:hyperlink r:id="rId8160691cc500e03f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8540690182861f5ab" w:history="1">
+      <w:hyperlink r:id="rId9325691cc500e04af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1052690182861f6fc" w:history="1">
+      <w:hyperlink r:id="rId7686691cc500e05f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1273690182861f7c5" w:history="1">
+      <w:hyperlink r:id="rId3945691cc500e06c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4105690182861f867" w:history="1">
+      <w:hyperlink r:id="rId6803691cc500e075d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6285690182861f8e8" w:history="1">
+      <w:hyperlink r:id="rId3936691cc500e07d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6084690182861f97a" w:history="1">
+      <w:hyperlink r:id="rId7904691cc500e0865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3830690182861f9eb" w:history="1">
+      <w:hyperlink r:id="rId7859691cc500e08ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6636690182861fb50" w:history="1">
+      <w:hyperlink r:id="rId3349691cc500e0a95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3915690182861fbc1" w:history="1">
+      <w:hyperlink r:id="rId9183691cc500e0b0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1397690182861fc6e" w:history="1">
+      <w:hyperlink r:id="rId3792691cc500e0c1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2220690182861fcdd" w:history="1">
+      <w:hyperlink r:id="rId7574691cc500e0c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1298690182861fd4d" w:history="1">
+      <w:hyperlink r:id="rId3991691cc500e0d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1132690182861fddc" w:history="1">
+      <w:hyperlink r:id="rId4989691cc500e0db9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9056690182861fe41" w:history="1">
+      <w:hyperlink r:id="rId5249691cc500e0e21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6254690182861ff46" w:history="1">
+      <w:hyperlink r:id="rId7878691cc500e0f3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9201690182861ffd4" w:history="1">
+      <w:hyperlink r:id="rId7151691cc500e0fd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4056690182862009d" w:history="1">
+      <w:hyperlink r:id="rId8592691cc500e10be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3048690182862012b" w:history="1">
+      <w:hyperlink r:id="rId6926691cc500e1166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720769018286201d6" w:history="1">
+      <w:hyperlink r:id="rId8039691cc500e121b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9578690182862024f" w:history="1">
+      <w:hyperlink r:id="rId7364691cc500e12a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383469018286202e0" w:history="1">
+      <w:hyperlink r:id="rId5318691cc500e133c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82096901828620436" w:history="1">
+      <w:hyperlink r:id="rId5483691cc500e147f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43556901828620505" w:history="1">
+      <w:hyperlink r:id="rId3656691cc500e1560" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80706901828620595" w:history="1">
+      <w:hyperlink r:id="rId3886691cc500e15f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58706901828620663" w:history="1">
+      <w:hyperlink r:id="rId9136691cc500e16f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,51 +10469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95796901828620721" w:history="1">
+      <w:hyperlink r:id="rId5843691cc500e17e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7936690182862088f" w:history="1">
+      <w:hyperlink r:id="rId5642691cc500e19d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83917646" name="name92006901828620afa" descr="eu_funding_250.png"/>
+            <wp:docPr id="14539262" name="name7961691cc500e1a6a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74816901828620af9" cstate="print"/>
+                    <a:blip r:embed="rId5017691cc500e1a69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32175868">
+  <w:abstractNum w:abstractNumId="11427215">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87950021">
+    <w:lvl w:ilvl="0" w:tplc="97933766">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87950021" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97933766" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32175867">
+  <w:abstractNum w:abstractNumId="11427214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72710161">
+    <w:lvl w:ilvl="0" w:tplc="22369901">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32175867">
-    <w:abstractNumId w:val="32175867"/>
+  <w:num w:numId="11427214">
+    <w:abstractNumId w:val="11427214"/>
   </w:num>
-  <w:num w:numId="32175868">
-    <w:abstractNumId w:val="32175868"/>
+  <w:num w:numId="11427215">
+    <w:abstractNumId w:val="11427215"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232907813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId513533787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3109690182861af1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId9278690182861afa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId6623690182861b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId9863690182861c087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId5464690182861e230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId4878690182861e2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId9362690182861e364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId3272690182861e3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId7988690182861e411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId8964690182861e4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId9419690182861e5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId4497690182861e66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId1837690182861e745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId1970690182861e7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId2721690182861e89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1501690182861ea0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId8946690182861eaba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId2495690182861eb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId5780690182861ebf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId6343690182861ed55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId4024690182861ee8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId8410690182861ef4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId4050690182861efdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId7270690182861f106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId8868690182861f24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId1808690182861f394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId7956690182861f418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId2015690182861f4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId7743690182861f51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId8540690182861f5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId1052690182861f6fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId1273690182861f7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId4105690182861f867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId6285690182861f8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId6084690182861f97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId3830690182861f9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId6636690182861fb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId3915690182861fbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId1397690182861fc6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId2220690182861fcdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId1298690182861fd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId1132690182861fddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId9056690182861fe41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6254690182861ff46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId9201690182861ffd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId4056690182862009d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId3048690182862012b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId720769018286201d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId9578690182862024f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId383469018286202e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId82096901828620436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId43556901828620505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId80706901828620595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId58706901828620663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId95796901828620721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7936690182862088f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId4449690182861b0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4449690182861b0bf.jpg"/><Relationship Id="rId2310690182861d1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2310690182861d1b2.jpg"/><Relationship Id="rId74816901828620af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74816901828620af9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815158992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258162340" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8189691cc500db82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId6815691cc500db8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId4215691cc500dbb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId3259691cc500dccab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId3295691cc500dedc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId4957691cc500dee72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId9397691cc500deefa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId6936691cc500def5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId4255691cc500defb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId9842691cc500df061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId6279691cc500df17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId7495691cc500df253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId8365691cc500df3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId3418691cc500df4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId5326691cc500df59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId8518691cc500df724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId7714691cc500df7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId1105691cc500df84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId7532691cc500df917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId3392691cc500dfafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId3086691cc500dfc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId9601691cc500dfd05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId1139691cc500dfddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8821691cc500dff2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId2014691cc500e009d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId1192691cc500e0226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId1652691cc500e02d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId9656691cc500e037d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId8160691cc500e03f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId9325691cc500e04af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId7686691cc500e05f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId3945691cc500e06c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId6803691cc500e075d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId3936691cc500e07d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId7904691cc500e0865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId7859691cc500e08ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId3349691cc500e0a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId9183691cc500e0b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId3792691cc500e0c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId7574691cc500e0c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId3991691cc500e0d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId4989691cc500e0db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5249691cc500e0e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId7878691cc500e0f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId7151691cc500e0fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId8592691cc500e10be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId6926691cc500e1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId8039691cc500e121b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7364691cc500e12a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId5318691cc500e133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId5483691cc500e147f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId3656691cc500e1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId3886691cc500e15f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId9136691cc500e16f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId5843691cc500e17e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5642691cc500e19d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId6056691cc500db99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6056691cc500db99f.jpg"/><Relationship Id="rId7766691cc500ddc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7766691cc500ddc88.jpg"/><Relationship Id="rId5017691cc500e1a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5017691cc500e1a69.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>