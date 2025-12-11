--- v2 (2025-11-18)
+++ v3 (2025-12-11)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8189691cc500db82b" w:history="1">
+            <w:hyperlink r:id="rId1373693a534ae1ae1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -443,51 +443,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6815691cc500db8af" w:history="1">
+            <w:hyperlink r:id="rId4544693a534ae1b4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92658269" name="name8775691cc500db9a1" descr="3683.jpg"/>
+                  <wp:docPr id="65652292" name="name7500693a534ae228b" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6056691cc500db99f" cstate="print"/>
+                          <a:blip r:embed="rId8920693a534ae2289" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4215691cc500dbb14" w:history="1">
+            <w:hyperlink r:id="rId9661693a534ae23f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3259691cc500dccab" w:history="1">
+      <w:hyperlink r:id="rId2936693a534ae3181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83820698" name="name1300691cc500ddc8b" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="27040243" name="name9318693a534ae4135" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7766691cc500ddc88" cstate="print"/>
+                    <a:blip r:embed="rId2922693a534ae4131" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3295691cc500dedc7" w:history="1">
+      <w:hyperlink r:id="rId3715693a534ae50d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4957691cc500dee72" w:history="1">
+      <w:hyperlink r:id="rId7183693a534ae5167" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9397691cc500deefa" w:history="1">
+      <w:hyperlink r:id="rId2625693a534ae51ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6936691cc500def5b" w:history="1">
+      <w:hyperlink r:id="rId9341693a534ae5241" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4255691cc500defb0" w:history="1">
+      <w:hyperlink r:id="rId7040693a534ae5295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9842691cc500df061" w:history="1">
+      <w:hyperlink r:id="rId2256693a534ae5342" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6279691cc500df17f" w:history="1">
+      <w:hyperlink r:id="rId8723693a534ae540e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7495691cc500df253" w:history="1">
+      <w:hyperlink r:id="rId1392693a534ae54d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8365691cc500df3fb" w:history="1">
+      <w:hyperlink r:id="rId5896693a534ae55bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3418691cc500df4b5" w:history="1">
+      <w:hyperlink r:id="rId2360693a534ae566d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5326691cc500df59e" w:history="1">
+      <w:hyperlink r:id="rId3243693a534ae571a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8518691cc500df724" w:history="1">
+      <w:hyperlink r:id="rId1018693a534ae58b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7714691cc500df7d7" w:history="1">
+      <w:hyperlink r:id="rId2415693a534ae5968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1105691cc500df84a" w:history="1">
+      <w:hyperlink r:id="rId1069693a534ae59da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7532691cc500df917" w:history="1">
+      <w:hyperlink r:id="rId4865693a534ae5aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3392691cc500dfafd" w:history="1">
+      <w:hyperlink r:id="rId7191693a534ae5c0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3086691cc500dfc54" w:history="1">
+      <w:hyperlink r:id="rId4988693a534ae5d48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9601691cc500dfd05" w:history="1">
+      <w:hyperlink r:id="rId3493693a534ae5df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1139691cc500dfddb" w:history="1">
+      <w:hyperlink r:id="rId5525693a534ae5e81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8821691cc500dff2f" w:history="1">
+      <w:hyperlink r:id="rId3762693a534ae5fae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2014691cc500e009d" w:history="1">
+      <w:hyperlink r:id="rId1245693a534ae614d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1192691cc500e0226" w:history="1">
+      <w:hyperlink r:id="rId8160693a534ae629c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1652691cc500e02d9" w:history="1">
+      <w:hyperlink r:id="rId9991693a534ae630e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9656691cc500e037d" w:history="1">
+      <w:hyperlink r:id="rId8520693a534ae639e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8160691cc500e03f3" w:history="1">
+      <w:hyperlink r:id="rId2577693a534ae640f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9325691cc500e04af" w:history="1">
+      <w:hyperlink r:id="rId4633693a534ae649e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7686691cc500e05f8" w:history="1">
+      <w:hyperlink r:id="rId6154693a534ae65c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3945691cc500e06c5" w:history="1">
+      <w:hyperlink r:id="rId7076693a534ae6671" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6803691cc500e075d" w:history="1">
+      <w:hyperlink r:id="rId6315693a534ae6701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3936691cc500e07d2" w:history="1">
+      <w:hyperlink r:id="rId1391693a534ae6784" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7904691cc500e0865" w:history="1">
+      <w:hyperlink r:id="rId8795693a534ae6816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7859691cc500e08ea" w:history="1">
+      <w:hyperlink r:id="rId5836693a534ae6887" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3349691cc500e0a95" w:history="1">
+      <w:hyperlink r:id="rId2882693a534ae69ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9183691cc500e0b0f" w:history="1">
+      <w:hyperlink r:id="rId2831693a534ae6a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3792691cc500e0c1a" w:history="1">
+      <w:hyperlink r:id="rId6150693a534ae6b0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7574691cc500e0c94" w:history="1">
+      <w:hyperlink r:id="rId4238693a534ae6b87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3991691cc500e0d22" w:history="1">
+      <w:hyperlink r:id="rId6807693a534ae6bfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4989691cc500e0db9" w:history="1">
+      <w:hyperlink r:id="rId2139693a534ae6c8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5249691cc500e0e21" w:history="1">
+      <w:hyperlink r:id="rId5762693a534ae6cf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7878691cc500e0f3f" w:history="1">
+      <w:hyperlink r:id="rId9649693a534ae6e03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7151691cc500e0fd5" w:history="1">
+      <w:hyperlink r:id="rId1675693a534ae6e94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8592691cc500e10be" w:history="1">
+      <w:hyperlink r:id="rId6233693a534ae6f5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6926691cc500e1166" w:history="1">
+      <w:hyperlink r:id="rId5664693a534ae6fee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8039691cc500e121b" w:history="1">
+      <w:hyperlink r:id="rId7774693a534ae709a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7364691cc500e12a7" w:history="1">
+      <w:hyperlink r:id="rId3022693a534ae710a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5318691cc500e133c" w:history="1">
+      <w:hyperlink r:id="rId6060693a534ae7199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5483691cc500e147f" w:history="1">
+      <w:hyperlink r:id="rId8945693a534ae72c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3656691cc500e1560" w:history="1">
+      <w:hyperlink r:id="rId9458693a534ae738f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3886691cc500e15f1" w:history="1">
+      <w:hyperlink r:id="rId2502693a534ae741d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9136691cc500e16f6" w:history="1">
+      <w:hyperlink r:id="rId1041693a534ae74e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,51 +10469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5843691cc500e17e0" w:history="1">
+      <w:hyperlink r:id="rId9120693a534ae75a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5642691cc500e19d6" w:history="1">
+      <w:hyperlink r:id="rId2133693a534ae77bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14539262" name="name7961691cc500e1a6a" descr="eu_funding_250.png"/>
+            <wp:docPr id="84281619" name="name9910693a534ae785f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5017691cc500e1a69" cstate="print"/>
+                    <a:blip r:embed="rId5438693a534ae785e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11427215">
+  <w:abstractNum w:abstractNumId="54087319">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97933766">
+    <w:lvl w:ilvl="0" w:tplc="67987162">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97933766" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67987162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11427214">
+  <w:abstractNum w:abstractNumId="54087318">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22369901">
+    <w:lvl w:ilvl="0" w:tplc="35905617">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11427214">
-    <w:abstractNumId w:val="11427214"/>
+  <w:num w:numId="54087318">
+    <w:abstractNumId w:val="54087318"/>
   </w:num>
-  <w:num w:numId="11427215">
-    <w:abstractNumId w:val="11427215"/>
+  <w:num w:numId="54087319">
+    <w:abstractNumId w:val="54087319"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815158992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258162340" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8189691cc500db82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId6815691cc500db8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId4215691cc500dbb14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId3259691cc500dccab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId3295691cc500dedc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId4957691cc500dee72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId9397691cc500deefa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId6936691cc500def5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId4255691cc500defb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId9842691cc500df061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId6279691cc500df17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId7495691cc500df253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId8365691cc500df3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId3418691cc500df4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId5326691cc500df59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId8518691cc500df724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId7714691cc500df7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId1105691cc500df84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId7532691cc500df917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId3392691cc500dfafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId3086691cc500dfc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId9601691cc500dfd05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId1139691cc500dfddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8821691cc500dff2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId2014691cc500e009d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId1192691cc500e0226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId1652691cc500e02d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId9656691cc500e037d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId8160691cc500e03f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId9325691cc500e04af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId7686691cc500e05f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId3945691cc500e06c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId6803691cc500e075d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId3936691cc500e07d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId7904691cc500e0865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId7859691cc500e08ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId3349691cc500e0a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId9183691cc500e0b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId3792691cc500e0c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId7574691cc500e0c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId3991691cc500e0d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId4989691cc500e0db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5249691cc500e0e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId7878691cc500e0f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId7151691cc500e0fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId8592691cc500e10be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId6926691cc500e1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId8039691cc500e121b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7364691cc500e12a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId5318691cc500e133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId5483691cc500e147f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId3656691cc500e1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId3886691cc500e15f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId9136691cc500e16f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId5843691cc500e17e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5642691cc500e19d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId6056691cc500db99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6056691cc500db99f.jpg"/><Relationship Id="rId7766691cc500ddc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7766691cc500ddc88.jpg"/><Relationship Id="rId5017691cc500e1a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5017691cc500e1a69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId704672370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592867036" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1373693a534ae1ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId4544693a534ae1b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId9661693a534ae23f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId2936693a534ae3181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId3715693a534ae50d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId7183693a534ae5167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId2625693a534ae51ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId9341693a534ae5241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId7040693a534ae5295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2256693a534ae5342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId8723693a534ae540e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId1392693a534ae54d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId5896693a534ae55bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId2360693a534ae566d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId3243693a534ae571a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1018693a534ae58b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId2415693a534ae5968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId1069693a534ae59da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId4865693a534ae5aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId7191693a534ae5c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId4988693a534ae5d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId3493693a534ae5df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId5525693a534ae5e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId3762693a534ae5fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId1245693a534ae614d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId8160693a534ae629c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId9991693a534ae630e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId8520693a534ae639e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId2577693a534ae640f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId4633693a534ae649e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId6154693a534ae65c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId7076693a534ae6671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId6315693a534ae6701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId1391693a534ae6784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId8795693a534ae6816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId5836693a534ae6887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2882693a534ae69ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId2831693a534ae6a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6150693a534ae6b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId4238693a534ae6b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId6807693a534ae6bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId2139693a534ae6c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5762693a534ae6cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9649693a534ae6e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId1675693a534ae6e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6233693a534ae6f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId5664693a534ae6fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId7774693a534ae709a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId3022693a534ae710a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId6060693a534ae7199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId8945693a534ae72c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId9458693a534ae738f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId2502693a534ae741d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1041693a534ae74e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId9120693a534ae75a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2133693a534ae77bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId8920693a534ae2289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8920693a534ae2289.jpg"/><Relationship Id="rId2922693a534ae4131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2922693a534ae4131.jpg"/><Relationship Id="rId5438693a534ae785e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5438693a534ae785e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>