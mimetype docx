--- v3 (2025-12-11)
+++ v4 (2026-01-18)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1373693a534ae1ae1" w:history="1">
+            <w:hyperlink r:id="rId3882696c249f49255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -443,51 +443,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4544693a534ae1b4a" w:history="1">
+            <w:hyperlink r:id="rId2708696c249f492bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65652292" name="name7500693a534ae228b" descr="3683.jpg"/>
+                  <wp:docPr id="73639924" name="name3649696c249f49364" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8920693a534ae2289" cstate="print"/>
+                          <a:blip r:embed="rId2212696c249f49363" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9661693a534ae23f8" w:history="1">
+            <w:hyperlink r:id="rId4619696c249f49457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2936693a534ae3181" w:history="1">
+      <w:hyperlink r:id="rId2366696c249f4a39c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27040243" name="name9318693a534ae4135" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="69912937" name="name4913696c249f4aff6" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2922693a534ae4131" cstate="print"/>
+                    <a:blip r:embed="rId1192696c249f4aff3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3715693a534ae50d0" w:history="1">
+      <w:hyperlink r:id="rId2639696c249f4be31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7183693a534ae5167" w:history="1">
+      <w:hyperlink r:id="rId8309696c249f4bec3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2625693a534ae51ec" w:history="1">
+      <w:hyperlink r:id="rId5869696c249f4bf45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9341693a534ae5241" w:history="1">
+      <w:hyperlink r:id="rId2884696c249f4bf99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7040693a534ae5295" w:history="1">
+      <w:hyperlink r:id="rId5722696c249f4bfeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2256693a534ae5342" w:history="1">
+      <w:hyperlink r:id="rId2075696c249f4c095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8723693a534ae540e" w:history="1">
+      <w:hyperlink r:id="rId4169696c249f4c15e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1392693a534ae54d9" w:history="1">
+      <w:hyperlink r:id="rId7665696c249f4c227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5896693a534ae55bc" w:history="1">
+      <w:hyperlink r:id="rId3941696c249f4c312" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2360693a534ae566d" w:history="1">
+      <w:hyperlink r:id="rId5650696c249f4c3c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3243693a534ae571a" w:history="1">
+      <w:hyperlink r:id="rId6900696c249f4c46f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1018693a534ae58b5" w:history="1">
+      <w:hyperlink r:id="rId3621696c249f4c642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2415693a534ae5968" w:history="1">
+      <w:hyperlink r:id="rId8744696c249f4c876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1069693a534ae59da" w:history="1">
+      <w:hyperlink r:id="rId9960696c249f4c8f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4865693a534ae5aa7" w:history="1">
+      <w:hyperlink r:id="rId5766696c249f4c9ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7191693a534ae5c0c" w:history="1">
+      <w:hyperlink r:id="rId1691696c249f4cb93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4988693a534ae5d48" w:history="1">
+      <w:hyperlink r:id="rId7341696c249f4cd93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3493693a534ae5df2" w:history="1">
+      <w:hyperlink r:id="rId2573696c249f4ce61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5525693a534ae5e81" w:history="1">
+      <w:hyperlink r:id="rId2065696c249f4cef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3762693a534ae5fae" w:history="1">
+      <w:hyperlink r:id="rId1921696c249f4d052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1245693a534ae614d" w:history="1">
+      <w:hyperlink r:id="rId2052696c249f4d1b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8160693a534ae629c" w:history="1">
+      <w:hyperlink r:id="rId6232696c249f4d34a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9991693a534ae630e" w:history="1">
+      <w:hyperlink r:id="rId1420696c249f4d3ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8520693a534ae639e" w:history="1">
+      <w:hyperlink r:id="rId2296696c249f4d49b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2577693a534ae640f" w:history="1">
+      <w:hyperlink r:id="rId6497696c249f4d523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4633693a534ae649e" w:history="1">
+      <w:hyperlink r:id="rId4875696c249f4d5b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6154693a534ae65c3" w:history="1">
+      <w:hyperlink r:id="rId2073696c249f4d6dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7076693a534ae6671" w:history="1">
+      <w:hyperlink r:id="rId1308696c249f4d7ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6315693a534ae6701" w:history="1">
+      <w:hyperlink r:id="rId5508696c249f4d840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1391693a534ae6784" w:history="1">
+      <w:hyperlink r:id="rId6702696c249f4d939" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8795693a534ae6816" w:history="1">
+      <w:hyperlink r:id="rId9716696c249f4d9cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5836693a534ae6887" w:history="1">
+      <w:hyperlink r:id="rId9000696c249f4da41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2882693a534ae69ef" w:history="1">
+      <w:hyperlink r:id="rId2698696c249f4dbd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2831693a534ae6a5f" w:history="1">
+      <w:hyperlink r:id="rId2899696c249f4dc49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6150693a534ae6b0d" w:history="1">
+      <w:hyperlink r:id="rId6380696c249f4dcf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4238693a534ae6b87" w:history="1">
+      <w:hyperlink r:id="rId5592696c249f4dd65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6807693a534ae6bfb" w:history="1">
+      <w:hyperlink r:id="rId3476696c249f4ddd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2139693a534ae6c8a" w:history="1">
+      <w:hyperlink r:id="rId3365696c249f4de62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5762693a534ae6cf8" w:history="1">
+      <w:hyperlink r:id="rId5520696c249f4dec6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9649693a534ae6e03" w:history="1">
+      <w:hyperlink r:id="rId5275696c249f4e03f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1675693a534ae6e94" w:history="1">
+      <w:hyperlink r:id="rId5977696c249f4e0d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6233693a534ae6f5f" w:history="1">
+      <w:hyperlink r:id="rId2754696c249f4e1e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5664693a534ae6fee" w:history="1">
+      <w:hyperlink r:id="rId2335696c249f4e27f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7774693a534ae709a" w:history="1">
+      <w:hyperlink r:id="rId4755696c249f4e34e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3022693a534ae710a" w:history="1">
+      <w:hyperlink r:id="rId7775696c249f4e3c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6060693a534ae7199" w:history="1">
+      <w:hyperlink r:id="rId2262696c249f4e47d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8945693a534ae72c2" w:history="1">
+      <w:hyperlink r:id="rId4841696c249f4e5e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9458693a534ae738f" w:history="1">
+      <w:hyperlink r:id="rId6293696c249f4e6bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2502693a534ae741d" w:history="1">
+      <w:hyperlink r:id="rId3734696c249f4e74c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1041693a534ae74e9" w:history="1">
+      <w:hyperlink r:id="rId1637696c249f4e835" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10447,73 +10447,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9120693a534ae75a4" w:history="1">
+      <w:hyperlink r:id="rId5647696c249f4e8f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2133693a534ae77bb" w:history="1">
+      <w:hyperlink r:id="rId2766696c249f4ea60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84281619" name="name9910693a534ae785f" descr="eu_funding_250.png"/>
+            <wp:docPr id="6785947" name="name9283696c249f4eb1f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5438693a534ae785e" cstate="print"/>
+                    <a:blip r:embed="rId9613696c249f4eb1d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54087319">
+  <w:abstractNum w:abstractNumId="77284818">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67987162">
+    <w:lvl w:ilvl="0" w:tplc="87737417">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67987162" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87737417" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54087318">
+  <w:abstractNum w:abstractNumId="77284817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35905617">
+    <w:lvl w:ilvl="0" w:tplc="56076831">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54087318">
-    <w:abstractNumId w:val="54087318"/>
+  <w:num w:numId="77284817">
+    <w:abstractNumId w:val="77284817"/>
   </w:num>
-  <w:num w:numId="54087319">
-    <w:abstractNumId w:val="54087319"/>
+  <w:num w:numId="77284818">
+    <w:abstractNumId w:val="77284818"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId704672370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592867036" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1373693a534ae1ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId4544693a534ae1b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId9661693a534ae23f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId2936693a534ae3181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId3715693a534ae50d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId7183693a534ae5167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId2625693a534ae51ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId9341693a534ae5241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId7040693a534ae5295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2256693a534ae5342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId8723693a534ae540e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId1392693a534ae54d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId5896693a534ae55bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId2360693a534ae566d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId3243693a534ae571a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1018693a534ae58b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId2415693a534ae5968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId1069693a534ae59da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId4865693a534ae5aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId7191693a534ae5c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId4988693a534ae5d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId3493693a534ae5df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId5525693a534ae5e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId3762693a534ae5fae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId1245693a534ae614d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId8160693a534ae629c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId9991693a534ae630e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId8520693a534ae639e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId2577693a534ae640f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId4633693a534ae649e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId6154693a534ae65c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId7076693a534ae6671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId6315693a534ae6701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId1391693a534ae6784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId8795693a534ae6816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId5836693a534ae6887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2882693a534ae69ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId2831693a534ae6a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6150693a534ae6b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId4238693a534ae6b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId6807693a534ae6bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId2139693a534ae6c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5762693a534ae6cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9649693a534ae6e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId1675693a534ae6e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6233693a534ae6f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId5664693a534ae6fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId7774693a534ae709a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId3022693a534ae710a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId6060693a534ae7199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId8945693a534ae72c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId9458693a534ae738f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId2502693a534ae741d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1041693a534ae74e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId9120693a534ae75a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2133693a534ae77bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId8920693a534ae2289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8920693a534ae2289.jpg"/><Relationship Id="rId2922693a534ae4131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2922693a534ae4131.jpg"/><Relationship Id="rId5438693a534ae785e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5438693a534ae785e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632617951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId366876745" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3882696c249f49255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId2708696c249f492bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId4619696c249f49457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId2366696c249f4a39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId2639696c249f4be31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId8309696c249f4bec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId5869696c249f4bf45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId2884696c249f4bf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId5722696c249f4bfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2075696c249f4c095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId4169696c249f4c15e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId7665696c249f4c227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId3941696c249f4c312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId5650696c249f4c3c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId6900696c249f4c46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId3621696c249f4c642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId8744696c249f4c876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId9960696c249f4c8f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId5766696c249f4c9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId1691696c249f4cb93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId7341696c249f4cd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId2573696c249f4ce61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId2065696c249f4cef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId1921696c249f4d052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId2052696c249f4d1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId6232696c249f4d34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId1420696c249f4d3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId2296696c249f4d49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId6497696c249f4d523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId4875696c249f4d5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId2073696c249f4d6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId1308696c249f4d7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId5508696c249f4d840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId6702696c249f4d939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId9716696c249f4d9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId9000696c249f4da41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2698696c249f4dbd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId2899696c249f4dc49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6380696c249f4dcf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId5592696c249f4dd65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId3476696c249f4ddd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId3365696c249f4de62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5520696c249f4dec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId5275696c249f4e03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId5977696c249f4e0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId2754696c249f4e1e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId2335696c249f4e27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId4755696c249f4e34e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7775696c249f4e3c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId2262696c249f4e47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId4841696c249f4e5e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId6293696c249f4e6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId3734696c249f4e74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1637696c249f4e835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId5647696c249f4e8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2766696c249f4ea60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId2212696c249f49363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2212696c249f49363.jpg"/><Relationship Id="rId1192696c249f4aff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1192696c249f4aff3.jpg"/><Relationship Id="rId9613696c249f4eb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9613696c249f4eb1d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>