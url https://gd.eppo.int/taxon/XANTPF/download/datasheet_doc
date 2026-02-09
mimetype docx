--- v4 (2026-01-18)
+++ v5 (2026-02-09)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3882696c249f49255" w:history="1">
+            <w:hyperlink r:id="rId90146989fa8a8c9fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -441,53 +441,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2708696c249f492bb" w:history="1">
+            <w:hyperlink r:id="rId88256989fa8a8ca6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73639924" name="name3649696c249f49364" descr="3683.jpg"/>
+                  <wp:docPr id="53276443" name="name35246989fa8a8d18a" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2212696c249f49363" cstate="print"/>
+                          <a:blip r:embed="rId31906989fa8a8d188" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4619696c249f49457" w:history="1">
+            <w:hyperlink r:id="rId42256989fa8a8d2ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2366696c249f4a39c" w:history="1">
+      <w:hyperlink r:id="rId86576989fa8a8e0a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69912937" name="name4913696c249f4aff6" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="28060610" name="name43226989fa8a8ecd9" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1192696c249f4aff3" cstate="print"/>
+                    <a:blip r:embed="rId39986989fa8a8ecd6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2639696c249f4be31" w:history="1">
+      <w:hyperlink r:id="rId57426989fa8a8fc56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8309696c249f4bec3" w:history="1">
+      <w:hyperlink r:id="rId44996989fa8a8fcf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5869696c249f4bf45" w:history="1">
+      <w:hyperlink r:id="rId12296989fa8a8fd76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2884696c249f4bf99" w:history="1">
+      <w:hyperlink r:id="rId62126989fa8a8fdd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5722696c249f4bfeb" w:history="1">
+      <w:hyperlink r:id="rId32206989fa8a8fe25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2075696c249f4c095" w:history="1">
+      <w:hyperlink r:id="rId24236989fa8a8fed6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4169696c249f4c15e" w:history="1">
+      <w:hyperlink r:id="rId71966989fa8a8ffa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7665696c249f4c227" w:history="1">
+      <w:hyperlink r:id="rId98916989fa8a90079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3941696c249f4c312" w:history="1">
+      <w:hyperlink r:id="rId93556989fa8a90154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5650696c249f4c3c2" w:history="1">
+      <w:hyperlink r:id="rId85246989fa8a90205" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6900696c249f4c46f" w:history="1">
+      <w:hyperlink r:id="rId89446989fa8a902c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3621696c249f4c642" w:history="1">
+      <w:hyperlink r:id="rId18146989fa8a90466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8744696c249f4c876" w:history="1">
+      <w:hyperlink r:id="rId19136989fa8a9051d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9960696c249f4c8f4" w:history="1">
+      <w:hyperlink r:id="rId53496989fa8a90593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5766696c249f4c9ee" w:history="1">
+      <w:hyperlink r:id="rId35266989fa8a90667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1691696c249f4cb93" w:history="1">
+      <w:hyperlink r:id="rId92846989fa8a9081d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7341696c249f4cd93" w:history="1">
+      <w:hyperlink r:id="rId10496989fa8a9097d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2573696c249f4ce61" w:history="1">
+      <w:hyperlink r:id="rId80676989fa8a90a31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2065696c249f4cef4" w:history="1">
+      <w:hyperlink r:id="rId18766989fa8a90ac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1921696c249f4d052" w:history="1">
+      <w:hyperlink r:id="rId56316989fa8a90c0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2052696c249f4d1b9" w:history="1">
+      <w:hyperlink r:id="rId44786989fa8a90d5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6232696c249f4d34a" w:history="1">
+      <w:hyperlink r:id="rId97226989fa8a90ead" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1420696c249f4d3ff" w:history="1">
+      <w:hyperlink r:id="rId77606989fa8a90f2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2296696c249f4d49b" w:history="1">
+      <w:hyperlink r:id="rId96666989fa8a90fc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6497696c249f4d523" w:history="1">
+      <w:hyperlink r:id="rId27166989fa8a91039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4875696c249f4d5b8" w:history="1">
+      <w:hyperlink r:id="rId57896989fa8a910c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2073696c249f4d6dd" w:history="1">
+      <w:hyperlink r:id="rId87296989fa8a911f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1308696c249f4d7ad" w:history="1">
+      <w:hyperlink r:id="rId27476989fa8a912a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5508696c249f4d840" w:history="1">
+      <w:hyperlink r:id="rId92136989fa8a9133c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6702696c249f4d939" w:history="1">
+      <w:hyperlink r:id="rId81286989fa8a913bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9716696c249f4d9cb" w:history="1">
+      <w:hyperlink r:id="rId25576989fa8a9144f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9000696c249f4da41" w:history="1">
+      <w:hyperlink r:id="rId40056989fa8a914c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2698696c249f4dbd8" w:history="1">
+      <w:hyperlink r:id="rId67366989fa8a9162e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2899696c249f4dc49" w:history="1">
+      <w:hyperlink r:id="rId58586989fa8a9169f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6380696c249f4dcf6" w:history="1">
+      <w:hyperlink r:id="rId49266989fa8a91750" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5592696c249f4dd65" w:history="1">
+      <w:hyperlink r:id="rId85056989fa8a917c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3476696c249f4ddd5" w:history="1">
+      <w:hyperlink r:id="rId26816989fa8a91845" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3365696c249f4de62" w:history="1">
+      <w:hyperlink r:id="rId37066989fa8a918d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5520696c249f4dec6" w:history="1">
+      <w:hyperlink r:id="rId61296989fa8a9193e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5275696c249f4e03f" w:history="1">
+      <w:hyperlink r:id="rId16186989fa8a91a4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5977696c249f4e0d2" w:history="1">
+      <w:hyperlink r:id="rId44446989fa8a91aeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2754696c249f4e1e9" w:history="1">
+      <w:hyperlink r:id="rId21436989fa8a91bc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2335696c249f4e27f" w:history="1">
+      <w:hyperlink r:id="rId49036989fa8a91c51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4755696c249f4e34e" w:history="1">
+      <w:hyperlink r:id="rId27066989fa8a91d04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7775696c249f4e3c0" w:history="1">
+      <w:hyperlink r:id="rId78646989fa8a91d78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2262696c249f4e47d" w:history="1">
+      <w:hyperlink r:id="rId88216989fa8a91e0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4841696c249f4e5e8" w:history="1">
+      <w:hyperlink r:id="rId53566989fa8a91f3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6293696c249f4e6bd" w:history="1">
+      <w:hyperlink r:id="rId87526989fa8a9200d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3734696c249f4e74c" w:history="1">
+      <w:hyperlink r:id="rId36026989fa8a920a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1637696c249f4e835" w:history="1">
+      <w:hyperlink r:id="rId36796989fa8a9216f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,51 +10469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5647696c249f4e8f5" w:history="1">
+      <w:hyperlink r:id="rId43036989fa8a9222e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2766696c249f4ea60" w:history="1">
+      <w:hyperlink r:id="rId36266989fa8a923b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6785947" name="name9283696c249f4eb1f" descr="eu_funding_250.png"/>
+            <wp:docPr id="63225146" name="name93736989fa8a92421" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9613696c249f4eb1d" cstate="print"/>
+                    <a:blip r:embed="rId25036989fa8a92420" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77284818">
+  <w:abstractNum w:abstractNumId="91706712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87737417">
+    <w:lvl w:ilvl="0" w:tplc="13606261">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87737417" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13606261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77284817">
+  <w:abstractNum w:abstractNumId="91706711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56076831">
+    <w:lvl w:ilvl="0" w:tplc="71007557">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77284817">
-    <w:abstractNumId w:val="77284817"/>
+  <w:num w:numId="91706711">
+    <w:abstractNumId w:val="91706711"/>
   </w:num>
-  <w:num w:numId="77284818">
-    <w:abstractNumId w:val="77284818"/>
+  <w:num w:numId="91706712">
+    <w:abstractNumId w:val="91706712"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632617951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId366876745" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3882696c249f49255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId2708696c249f492bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId4619696c249f49457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId2366696c249f4a39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId2639696c249f4be31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId8309696c249f4bec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId5869696c249f4bf45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId2884696c249f4bf99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId5722696c249f4bfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2075696c249f4c095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId4169696c249f4c15e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId7665696c249f4c227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId3941696c249f4c312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId5650696c249f4c3c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId6900696c249f4c46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId3621696c249f4c642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId8744696c249f4c876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId9960696c249f4c8f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId5766696c249f4c9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId1691696c249f4cb93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId7341696c249f4cd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId2573696c249f4ce61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId2065696c249f4cef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId1921696c249f4d052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId2052696c249f4d1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId6232696c249f4d34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId1420696c249f4d3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId2296696c249f4d49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId6497696c249f4d523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId4875696c249f4d5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId2073696c249f4d6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId1308696c249f4d7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId5508696c249f4d840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId6702696c249f4d939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId9716696c249f4d9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId9000696c249f4da41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2698696c249f4dbd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId2899696c249f4dc49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6380696c249f4dcf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId5592696c249f4dd65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId3476696c249f4ddd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId3365696c249f4de62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5520696c249f4dec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId5275696c249f4e03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId5977696c249f4e0d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId2754696c249f4e1e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId2335696c249f4e27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId4755696c249f4e34e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7775696c249f4e3c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId2262696c249f4e47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId4841696c249f4e5e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId6293696c249f4e6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId3734696c249f4e74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1637696c249f4e835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId5647696c249f4e8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2766696c249f4ea60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId2212696c249f49363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2212696c249f49363.jpg"/><Relationship Id="rId1192696c249f4aff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1192696c249f4aff3.jpg"/><Relationship Id="rId9613696c249f4eb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9613696c249f4eb1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358684723" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId417892769" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90146989fa8a8c9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId88256989fa8a8ca6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId42256989fa8a8d2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId86576989fa8a8e0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId57426989fa8a8fc56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId44996989fa8a8fcf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId12296989fa8a8fd76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId62126989fa8a8fdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId32206989fa8a8fe25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId24236989fa8a8fed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId71966989fa8a8ffa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId98916989fa8a90079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId93556989fa8a90154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId85246989fa8a90205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId89446989fa8a902c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId18146989fa8a90466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId19136989fa8a9051d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId53496989fa8a90593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId35266989fa8a90667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId92846989fa8a9081d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId10496989fa8a9097d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId80676989fa8a90a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId18766989fa8a90ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId56316989fa8a90c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId44786989fa8a90d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId97226989fa8a90ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId77606989fa8a90f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId96666989fa8a90fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId27166989fa8a91039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId57896989fa8a910c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId87296989fa8a911f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId27476989fa8a912a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId92136989fa8a9133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId81286989fa8a913bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId25576989fa8a9144f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId40056989fa8a914c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId67366989fa8a9162e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId58586989fa8a9169f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId49266989fa8a91750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId85056989fa8a917c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId26816989fa8a91845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId37066989fa8a918d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId61296989fa8a9193e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId16186989fa8a91a4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId44446989fa8a91aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId21436989fa8a91bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId49036989fa8a91c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId27066989fa8a91d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId78646989fa8a91d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId88216989fa8a91e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId53566989fa8a91f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId87526989fa8a9200d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId36026989fa8a920a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId36796989fa8a9216f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId43036989fa8a9222e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36266989fa8a923b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId31906989fa8a8d188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31906989fa8a8d188.jpg"/><Relationship Id="rId39986989fa8a8ecd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39986989fa8a8ecd6.jpg"/><Relationship Id="rId25036989fa8a92420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25036989fa8a92420.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>