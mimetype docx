--- v5 (2026-02-09)
+++ v6 (2026-03-02)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90146989fa8a8c9fb" w:history="1">
+            <w:hyperlink r:id="rId812269a521cec67a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -443,51 +443,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88256989fa8a8ca6a" w:history="1">
+            <w:hyperlink r:id="rId184669a521cec6816" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53276443" name="name35246989fa8a8d18a" descr="3683.jpg"/>
+                  <wp:docPr id="93088614" name="name986969a521cec6d24" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId31906989fa8a8d188" cstate="print"/>
+                          <a:blip r:embed="rId196569a521cec6d21" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId42256989fa8a8d2ad" w:history="1">
+            <w:hyperlink r:id="rId667669a521cec6e76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86576989fa8a8e0a4" w:history="1">
+      <w:hyperlink r:id="rId273369a521cec7ceb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28060610" name="name43226989fa8a8ecd9" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="90956131" name="name513969a521cec8aa0" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39986989fa8a8ecd6" cstate="print"/>
+                    <a:blip r:embed="rId188269a521cec8a9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57426989fa8a8fc56" w:history="1">
+      <w:hyperlink r:id="rId125769a521cec9a6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44996989fa8a8fcf1" w:history="1">
+      <w:hyperlink r:id="rId526269a521cec9b09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12296989fa8a8fd76" w:history="1">
+      <w:hyperlink r:id="rId595969a521cec9b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62126989fa8a8fdd0" w:history="1">
+      <w:hyperlink r:id="rId120469a521cec9c09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32206989fa8a8fe25" w:history="1">
+      <w:hyperlink r:id="rId812169a521cec9c63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24236989fa8a8fed6" w:history="1">
+      <w:hyperlink r:id="rId659569a521cec9d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71966989fa8a8ffa7" w:history="1">
+      <w:hyperlink r:id="rId263069a521cec9de5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98916989fa8a90079" w:history="1">
+      <w:hyperlink r:id="rId775969a521cec9eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93556989fa8a90154" w:history="1">
+      <w:hyperlink r:id="rId268369a521cec9f92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85246989fa8a90205" w:history="1">
+      <w:hyperlink r:id="rId613969a521ceca044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89446989fa8a902c5" w:history="1">
+      <w:hyperlink r:id="rId159769a521ceca112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18146989fa8a90466" w:history="1">
+      <w:hyperlink r:id="rId543869a521ceca2d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19136989fa8a9051d" w:history="1">
+      <w:hyperlink r:id="rId704769a521ceca38b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53496989fa8a90593" w:history="1">
+      <w:hyperlink r:id="rId358469a521ceca3fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35266989fa8a90667" w:history="1">
+      <w:hyperlink r:id="rId140969a521ceca4ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92846989fa8a9081d" w:history="1">
+      <w:hyperlink r:id="rId573169a521ceca63a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10496989fa8a9097d" w:history="1">
+      <w:hyperlink r:id="rId868469a521ceca785" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80676989fa8a90a31" w:history="1">
+      <w:hyperlink r:id="rId803469a521ceca833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18766989fa8a90ac6" w:history="1">
+      <w:hyperlink r:id="rId171669a521ceca8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56316989fa8a90c0c" w:history="1">
+      <w:hyperlink r:id="rId508869a521ceca9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44786989fa8a90d5d" w:history="1">
+      <w:hyperlink r:id="rId670869a521cecab3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97226989fa8a90ead" w:history="1">
+      <w:hyperlink r:id="rId675769a521cecac83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77606989fa8a90f2e" w:history="1">
+      <w:hyperlink r:id="rId289769a521cecacf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96666989fa8a90fc4" w:history="1">
+      <w:hyperlink r:id="rId135769a521cecad88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27166989fa8a91039" w:history="1">
+      <w:hyperlink r:id="rId642369a521cecae05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57896989fa8a910c9" w:history="1">
+      <w:hyperlink r:id="rId766169a521cecae98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87296989fa8a911f6" w:history="1">
+      <w:hyperlink r:id="rId288469a521cecafc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27476989fa8a912a9" w:history="1">
+      <w:hyperlink r:id="rId971969a521cecb071" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92136989fa8a9133c" w:history="1">
+      <w:hyperlink r:id="rId154169a521cecb103" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81286989fa8a913bb" w:history="1">
+      <w:hyperlink r:id="rId745769a521cecb174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25576989fa8a9144f" w:history="1">
+      <w:hyperlink r:id="rId934369a521cecb217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40056989fa8a914c1" w:history="1">
+      <w:hyperlink r:id="rId551969a521cecb28b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67366989fa8a9162e" w:history="1">
+      <w:hyperlink r:id="rId996669a521cecb3f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58586989fa8a9169f" w:history="1">
+      <w:hyperlink r:id="rId790069a521cecb469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49266989fa8a91750" w:history="1">
+      <w:hyperlink r:id="rId569369a521cecb518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85056989fa8a917c1" w:history="1">
+      <w:hyperlink r:id="rId369969a521cecb588" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26816989fa8a91845" w:history="1">
+      <w:hyperlink r:id="rId636069a521cecb5f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37066989fa8a918d8" w:history="1">
+      <w:hyperlink r:id="rId858069a521cecb688" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61296989fa8a9193e" w:history="1">
+      <w:hyperlink r:id="rId757669a521cecb6ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16186989fa8a91a4c" w:history="1">
+      <w:hyperlink r:id="rId932969a521cecb7f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44446989fa8a91aeb" w:history="1">
+      <w:hyperlink r:id="rId227569a521cecb88e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21436989fa8a91bc0" w:history="1">
+      <w:hyperlink r:id="rId757769a521cecb95f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49036989fa8a91c51" w:history="1">
+      <w:hyperlink r:id="rId480169a521cecba00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27066989fa8a91d04" w:history="1">
+      <w:hyperlink r:id="rId447769a521cecbab0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78646989fa8a91d78" w:history="1">
+      <w:hyperlink r:id="rId155969a521cecbb22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88216989fa8a91e0a" w:history="1">
+      <w:hyperlink r:id="rId195569a521cecbbb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53566989fa8a91f3b" w:history="1">
+      <w:hyperlink r:id="rId256769a521cecbce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87526989fa8a9200d" w:history="1">
+      <w:hyperlink r:id="rId927969a521cecbdb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36026989fa8a920a0" w:history="1">
+      <w:hyperlink r:id="rId286669a521cecbe48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36796989fa8a9216f" w:history="1">
+      <w:hyperlink r:id="rId194369a521cecbf16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,51 +10469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43036989fa8a9222e" w:history="1">
+      <w:hyperlink r:id="rId796769a521cecbfd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36266989fa8a923b7" w:history="1">
+      <w:hyperlink r:id="rId355269a521cecc147" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63225146" name="name93736989fa8a92421" descr="eu_funding_250.png"/>
+            <wp:docPr id="62677187" name="name921169a521cecc1f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25036989fa8a92420" cstate="print"/>
+                    <a:blip r:embed="rId656769a521cecc1f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91706712">
+  <w:abstractNum w:abstractNumId="19238365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13606261">
+    <w:lvl w:ilvl="0" w:tplc="10396778">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13606261" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10396778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91706711">
+  <w:abstractNum w:abstractNumId="19238364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71007557">
+    <w:lvl w:ilvl="0" w:tplc="85240430">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91706711">
-    <w:abstractNumId w:val="91706711"/>
+  <w:num w:numId="19238364">
+    <w:abstractNumId w:val="19238364"/>
   </w:num>
-  <w:num w:numId="91706712">
-    <w:abstractNumId w:val="91706712"/>
+  <w:num w:numId="19238365">
+    <w:abstractNumId w:val="19238365"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358684723" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId417892769" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90146989fa8a8c9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId88256989fa8a8ca6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId42256989fa8a8d2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId86576989fa8a8e0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId57426989fa8a8fc56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId44996989fa8a8fcf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId12296989fa8a8fd76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId62126989fa8a8fdd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId32206989fa8a8fe25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId24236989fa8a8fed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId71966989fa8a8ffa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId98916989fa8a90079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId93556989fa8a90154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId85246989fa8a90205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId89446989fa8a902c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId18146989fa8a90466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId19136989fa8a9051d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId53496989fa8a90593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId35266989fa8a90667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId92846989fa8a9081d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId10496989fa8a9097d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId80676989fa8a90a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId18766989fa8a90ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId56316989fa8a90c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId44786989fa8a90d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId97226989fa8a90ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId77606989fa8a90f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId96666989fa8a90fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId27166989fa8a91039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId57896989fa8a910c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId87296989fa8a911f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId27476989fa8a912a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId92136989fa8a9133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId81286989fa8a913bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId25576989fa8a9144f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId40056989fa8a914c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId67366989fa8a9162e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId58586989fa8a9169f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId49266989fa8a91750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId85056989fa8a917c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId26816989fa8a91845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId37066989fa8a918d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId61296989fa8a9193e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId16186989fa8a91a4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId44446989fa8a91aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId21436989fa8a91bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId49036989fa8a91c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId27066989fa8a91d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId78646989fa8a91d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId88216989fa8a91e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId53566989fa8a91f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId87526989fa8a9200d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId36026989fa8a920a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId36796989fa8a9216f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId43036989fa8a9222e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36266989fa8a923b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId31906989fa8a8d188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31906989fa8a8d188.jpg"/><Relationship Id="rId39986989fa8a8ecd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39986989fa8a8ecd6.jpg"/><Relationship Id="rId25036989fa8a92420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25036989fa8a92420.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId191601280" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId330310166" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId812269a521cec67a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId184669a521cec6816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId667669a521cec6e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId273369a521cec7ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId125769a521cec9a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId526269a521cec9b09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId595969a521cec9b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId120469a521cec9c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId812169a521cec9c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId659569a521cec9d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId263069a521cec9de5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId775969a521cec9eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId268369a521cec9f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId613969a521ceca044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId159769a521ceca112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId543869a521ceca2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId704769a521ceca38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId358469a521ceca3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId140969a521ceca4ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId573169a521ceca63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId868469a521ceca785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId803469a521ceca833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId171669a521ceca8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId508869a521ceca9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId670869a521cecab3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId675769a521cecac83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId289769a521cecacf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId135769a521cecad88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId642369a521cecae05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId766169a521cecae98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId288469a521cecafc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId971969a521cecb071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId154169a521cecb103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId745769a521cecb174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId934369a521cecb217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId551969a521cecb28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId996669a521cecb3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId790069a521cecb469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId569369a521cecb518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId369969a521cecb588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId636069a521cecb5f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId858069a521cecb688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId757669a521cecb6ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId932969a521cecb7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId227569a521cecb88e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId757769a521cecb95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId480169a521cecba00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId447769a521cecbab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId155969a521cecbb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId195569a521cecbbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId256769a521cecbce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId927969a521cecbdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId286669a521cecbe48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId194369a521cecbf16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId796769a521cecbfd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId355269a521cecc147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId196569a521cec6d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196569a521cec6d21.jpg"/><Relationship Id="rId188269a521cec8a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188269a521cec8a9d.jpg"/><Relationship Id="rId656769a521cecc1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656769a521cecc1f5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>