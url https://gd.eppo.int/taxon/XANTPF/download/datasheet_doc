--- v6 (2026-03-02)
+++ v7 (2026-03-22)
@@ -383,51 +383,51 @@
               <w:t xml:space="preserve"> Jones, Lacy, Bouzar, Stall &amp; Schaad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId812269a521cec67a9" w:history="1">
+            <w:hyperlink r:id="rId116769bf99f740518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -443,51 +443,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184669a521cec6816" w:history="1">
+            <w:hyperlink r:id="rId571169bf99f740581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -501,86 +501,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTPF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93088614" name="name986969a521cec6d24" descr="3683.jpg"/>
+                  <wp:docPr id="77636744" name="name427169bf99f740ca6" descr="3683.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3683.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId196569a521cec6d21" cstate="print"/>
+                          <a:blip r:embed="rId263069bf99f740ca4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId667669a521cec6e76" w:history="1">
+            <w:hyperlink r:id="rId199969bf99f740db2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2614,92 +2614,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273369a521cec7ceb" w:history="1">
+      <w:hyperlink r:id="rId525069bf99f741b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90956131" name="name513969a521cec8aa0" descr="XANTPF_distribution_map.jpg"/>
+            <wp:docPr id="43221624" name="name596269bf99f742722" descr="XANTPF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTPF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId188269a521cec8a9d" cstate="print"/>
+                    <a:blip r:embed="rId880569bf99f74271f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4666,51 +4666,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125769a521cec9a6c" w:history="1">
+      <w:hyperlink r:id="rId383569bf99f7435f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4756,51 +4756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526269a521cec9b09" w:history="1">
+      <w:hyperlink r:id="rId218969bf99f743693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4837,151 +4837,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595969a521cec9b92" w:history="1">
+      <w:hyperlink r:id="rId287469bf99f743719" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120469a521cec9c09" w:history="1">
+      <w:hyperlink r:id="rId485269bf99f74376f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812169a521cec9c63" w:history="1">
+      <w:hyperlink r:id="rId767369bf99f7437c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5047,51 +5047,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659569a521cec9d14" w:history="1">
+      <w:hyperlink r:id="rId922769bf99f743873" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5177,51 +5177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263069a521cec9de5" w:history="1">
+      <w:hyperlink r:id="rId258969bf99f743940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5307,51 +5307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775969a521cec9eb7" w:history="1">
+      <w:hyperlink r:id="rId268369bf99f743a0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5448,51 +5448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268369a521cec9f92" w:history="1">
+      <w:hyperlink r:id="rId536069bf99f743ae6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5558,51 +5558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613969a521ceca044" w:history="1">
+      <w:hyperlink r:id="rId767769bf99f743b93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5668,51 +5668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159769a521ceca112" w:history="1">
+      <w:hyperlink r:id="rId880569bf99f743c4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5907,51 +5907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543869a521ceca2d7" w:history="1">
+      <w:hyperlink r:id="rId981469bf99f743dcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6017,51 +6017,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704769a521ceca38b" w:history="1">
+      <w:hyperlink r:id="rId914869bf99f743e7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6087,51 +6087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358469a521ceca3fe" w:history="1">
+      <w:hyperlink r:id="rId363769bf99f743eeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6217,51 +6217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140969a521ceca4ce" w:history="1">
+      <w:hyperlink r:id="rId901169bf99f743fb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6443,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573169a521ceca63a" w:history="1">
+      <w:hyperlink r:id="rId932069bf99f74411e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6640,51 +6640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868469a521ceca785" w:history="1">
+      <w:hyperlink r:id="rId223769bf99f74425a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6750,51 +6750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803469a521ceca833" w:history="1">
+      <w:hyperlink r:id="rId605169bf99f744307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6840,51 +6840,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId171669a521ceca8c2" w:history="1">
+      <w:hyperlink r:id="rId193869bf99f744397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508869a521ceca9f3" w:history="1">
+      <w:hyperlink r:id="rId659569bf99f7444c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7238,51 +7238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670869a521cecab3a" w:history="1">
+      <w:hyperlink r:id="rId378469bf99f744652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675769a521cecac83" w:history="1">
+      <w:hyperlink r:id="rId674569bf99f7447a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7512,51 +7512,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289769a521cecacf4" w:history="1">
+      <w:hyperlink r:id="rId522569bf99f74481f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7602,51 +7602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135769a521cecad88" w:history="1">
+      <w:hyperlink r:id="rId799969bf99f7448b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7672,51 +7672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642369a521cecae05" w:history="1">
+      <w:hyperlink r:id="rId699669bf99f744933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766169a521cecae98" w:history="1">
+      <w:hyperlink r:id="rId242469bf99f7449c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288469a521cecafc2" w:history="1">
+      <w:hyperlink r:id="rId973969bf99f744aec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8058,51 +8058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971969a521cecb071" w:history="1">
+      <w:hyperlink r:id="rId989569bf99f744b9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154169a521cecb103" w:history="1">
+      <w:hyperlink r:id="rId279669bf99f744c2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8218,51 +8218,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745769a521cecb174" w:history="1">
+      <w:hyperlink r:id="rId919069bf99f744c9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8308,51 +8308,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934369a521cecb217" w:history="1">
+      <w:hyperlink r:id="rId560369bf99f744d2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551969a521cecb28b" w:history="1">
+      <w:hyperlink r:id="rId635969bf99f744d9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8606,51 +8606,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996669a521cecb3f7" w:history="1">
+      <w:hyperlink r:id="rId771969bf99f744f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8676,51 +8676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790069a521cecb469" w:history="1">
+      <w:hyperlink r:id="rId685969bf99f744f98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569369a521cecb518" w:history="1">
+      <w:hyperlink r:id="rId250869bf99f74508b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8856,51 +8856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369969a521cecb588" w:history="1">
+      <w:hyperlink r:id="rId243369bf99f745100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8926,51 +8926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636069a521cecb5f9" w:history="1">
+      <w:hyperlink r:id="rId476169bf99f745173" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9016,51 +9016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858069a521cecb688" w:history="1">
+      <w:hyperlink r:id="rId917469bf99f745204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9077,51 +9077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757669a521cecb6ed" w:history="1">
+      <w:hyperlink r:id="rId569069bf99f74526a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9245,51 +9245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932969a521cecb7f7" w:history="1">
+      <w:hyperlink r:id="rId144969bf99f745381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9335,51 +9335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227569a521cecb88e" w:history="1">
+      <w:hyperlink r:id="rId704369bf99f745414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9465,51 +9465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757769a521cecb95f" w:history="1">
+      <w:hyperlink r:id="rId645769bf99f745509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9555,51 +9555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480169a521cecba00" w:history="1">
+      <w:hyperlink r:id="rId716869bf99f7455b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9665,51 +9665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447769a521cecbab0" w:history="1">
+      <w:hyperlink r:id="rId449769bf99f745664" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9735,51 +9735,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155969a521cecbb22" w:history="1">
+      <w:hyperlink r:id="rId242369bf99f7456d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9825,51 +9825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195569a521cecbbb4" w:history="1">
+      <w:hyperlink r:id="rId152569bf99f745765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10013,51 +10013,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256769a521cecbce1" w:history="1">
+      <w:hyperlink r:id="rId945269bf99f745893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10141,51 +10141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927969a521cecbdb9" w:history="1">
+      <w:hyperlink r:id="rId839769bf99f745961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10231,51 +10231,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286669a521cecbe48" w:history="1">
+      <w:hyperlink r:id="rId876969bf99f7459f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10359,51 +10359,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194369a521cecbf16" w:history="1">
+      <w:hyperlink r:id="rId763069bf99f745abf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10469,51 +10469,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. perforans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796769a521cecbfd2" w:history="1">
+      <w:hyperlink r:id="rId391469bf99f745b7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10698,81 +10698,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355269a521cecc147" w:history="1">
+      <w:hyperlink r:id="rId591769bf99f745ce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62677187" name="name921169a521cecc1f6" descr="eu_funding_250.png"/>
+            <wp:docPr id="53444788" name="name701569bf99f746090" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId656769a521cecc1f5" cstate="print"/>
+                    <a:blip r:embed="rId699969bf99f74608e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10870,137 +10870,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19238365">
+  <w:abstractNum w:abstractNumId="52276232">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10396778">
+    <w:lvl w:ilvl="0" w:tplc="71606216">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10396778" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71606216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19238364">
+  <w:abstractNum w:abstractNumId="52276231">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85240430">
+    <w:lvl w:ilvl="0" w:tplc="34004085">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11752,55 +11752,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19238364">
-    <w:abstractNumId w:val="19238364"/>
+  <w:num w:numId="52276231">
+    <w:abstractNumId w:val="52276231"/>
   </w:num>
-  <w:num w:numId="19238365">
-    <w:abstractNumId w:val="19238365"/>
+  <w:num w:numId="52276232">
+    <w:abstractNumId w:val="52276232"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23350,51 +23350,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId191601280" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId330310166" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId812269a521cec67a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId184669a521cec6816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId667669a521cec6e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId273369a521cec7ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId125769a521cec9a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId526269a521cec9b09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId595969a521cec9b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId120469a521cec9c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId812169a521cec9c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId659569a521cec9d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId263069a521cec9de5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId775969a521cec9eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId268369a521cec9f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId613969a521ceca044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId159769a521ceca112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId543869a521ceca2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId704769a521ceca38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId358469a521ceca3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId140969a521ceca4ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId573169a521ceca63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId868469a521ceca785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId803469a521ceca833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId171669a521ceca8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId508869a521ceca9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId670869a521cecab3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId675769a521cecac83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId289769a521cecacf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId135769a521cecad88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId642369a521cecae05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId766169a521cecae98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId288469a521cecafc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId971969a521cecb071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId154169a521cecb103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId745769a521cecb174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId934369a521cecb217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId551969a521cecb28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId996669a521cecb3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId790069a521cecb469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId569369a521cecb518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId369969a521cecb588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId636069a521cecb5f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId858069a521cecb688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId757669a521cecb6ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId932969a521cecb7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId227569a521cecb88e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId757769a521cecb95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId480169a521cecba00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId447769a521cecbab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId155969a521cecbb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId195569a521cecbbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId256769a521cecbce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId927969a521cecbdb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId286669a521cecbe48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId194369a521cecbf16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId796769a521cecbfd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId355269a521cecc147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId196569a521cec6d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196569a521cec6d21.jpg"/><Relationship Id="rId188269a521cec8a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188269a521cec8a9d.jpg"/><Relationship Id="rId656769a521cecc1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656769a521cecc1f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874236748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240501664" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116769bf99f740518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/" TargetMode="External"/><Relationship Id="rId571169bf99f740581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/categorization" TargetMode="External"/><Relationship Id="rId199969bf99f740db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPF/photos" TargetMode="External"/><Relationship Id="rId525069bf99f741b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId383569bf99f7435f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId218969bf99f743693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId287469bf99f743719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId485269bf99f74376f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId767369bf99f7437c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId922769bf99f743873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId258969bf99f743940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId268369bf99f743a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId536069bf99f743ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId767769bf99f743b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId880569bf99f743c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId981469bf99f743dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId914869bf99f743e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId363769bf99f743eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId901169bf99f743fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId932069bf99f74411e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId223769bf99f74425a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId605169bf99f744307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId193869bf99f744397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId659569bf99f7444c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId378469bf99f744652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId674569bf99f7447a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId522569bf99f74481f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId799969bf99f7448b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId699669bf99f744933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId242469bf99f7449c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId973969bf99f744aec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId989569bf99f744b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId279669bf99f744c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId919069bf99f744c9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId560369bf99f744d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId635969bf99f744d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId771969bf99f744f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId685969bf99f744f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId250869bf99f74508b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId243369bf99f745100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId476169bf99f745173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId917469bf99f745204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId569069bf99f74526a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId144969bf99f745381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId704369bf99f745414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId645769bf99f745509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId716869bf99f7455b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId449769bf99f745664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId242369bf99f7456d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId152569bf99f745765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId945269bf99f745893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId839769bf99f745961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId876969bf99f7459f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId763069bf99f745abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId391469bf99f745b7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId591769bf99f745ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId263069bf99f740ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263069bf99f740ca4.jpg"/><Relationship Id="rId880569bf99f74271f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880569bf99f74271f.jpg"/><Relationship Id="rId699969bf99f74608e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId699969bf99f74608e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>