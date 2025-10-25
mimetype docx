--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId959668e16410da704" w:history="1">
+            <w:hyperlink r:id="rId151268fcb5473660a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126468e16410da76f" w:history="1">
+            <w:hyperlink r:id="rId773268fcb54736657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58799558" name="name379468e16410dac9c" descr="1733.jpg"/>
+                  <wp:docPr id="99151849" name="name937868fcb547366ed" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId997068e16410dac9b" cstate="print"/>
+                          <a:blip r:embed="rId573868fcb547366ec" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId210568e16410dad96" w:history="1">
+            <w:hyperlink r:id="rId321468fcb547367a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858068e16410db1d4" w:history="1">
+      <w:hyperlink r:id="rId742168fcb54736aa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1197928" name="name353768e16410dd284" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="6332851" name="name220968fcb547398e8" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId778568e16410dd282" cstate="print"/>
+                    <a:blip r:embed="rId415368fcb547398e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906268e16410dfdce" w:history="1">
+      <w:hyperlink r:id="rId493168fcb5473b86e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306668e16410e0071" w:history="1">
+      <w:hyperlink r:id="rId861768fcb5473e7b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267368e16410e07fa" w:history="1">
+      <w:hyperlink r:id="rId754068fcb5473ee56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371668e16410e0a0d" w:history="1">
+      <w:hyperlink r:id="rId741768fcb5473efd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666768e16410e0c29" w:history="1">
+      <w:hyperlink r:id="rId125368fcb5473f090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318868e16410e0d6b" w:history="1">
+      <w:hyperlink r:id="rId255768fcb5473f173" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316568e16410e1088" w:history="1">
+      <w:hyperlink r:id="rId257068fcb5473f2e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865168e16410e1315" w:history="1">
+      <w:hyperlink r:id="rId168568fcb5473f4b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620868e16410e138a" w:history="1">
+      <w:hyperlink r:id="rId349368fcb5473f507" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962368e16410e1409" w:history="1">
+      <w:hyperlink r:id="rId453468fcb5473f561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340668e16410e1449" w:history="1">
+      <w:hyperlink r:id="rId552968fcb5473f58f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306268e16410e14c9" w:history="1">
+      <w:hyperlink r:id="rId766868fcb5473f5ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606368e16410e15b9" w:history="1">
+      <w:hyperlink r:id="rId721468fcb5473f6a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529868e16410e16cb" w:history="1">
+      <w:hyperlink r:id="rId696568fcb54741705" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787068e16410e184d" w:history="1">
+      <w:hyperlink r:id="rId777868fcb5474184a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113868e16410e18d2" w:history="1">
+      <w:hyperlink r:id="rId753768fcb547418ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720868e16410e1996" w:history="1">
+      <w:hyperlink r:id="rId111868fcb5474192a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694868e16410e1b50" w:history="1">
+      <w:hyperlink r:id="rId936168fcb54741a8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497568e16410e1e21" w:history="1">
+      <w:hyperlink r:id="rId130668fcb54741d0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188668e16410e210f" w:history="1">
+      <w:hyperlink r:id="rId653168fcb54741f44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412668e16410e24bf" w:history="1">
+      <w:hyperlink r:id="rId494368fcb54742242" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208668e16410e2515" w:history="1">
+      <w:hyperlink r:id="rId370868fcb54742281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475768e16410e27c9" w:history="1">
+      <w:hyperlink r:id="rId163268fcb5474242e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325868e16410e2a9f" w:history="1">
+      <w:hyperlink r:id="rId211068fcb5474263d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664768e16410e2bff" w:history="1">
+      <w:hyperlink r:id="rId199268fcb54743733" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256068e16410e2d03" w:history="1">
+      <w:hyperlink r:id="rId933968fcb547437e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436368e16410e2e81" w:history="1">
+      <w:hyperlink r:id="rId498268fcb547438da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616168e16410e2ec0" w:history="1">
+      <w:hyperlink r:id="rId420068fcb54743900" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824668e16410e3141" w:history="1">
+      <w:hyperlink r:id="rId591068fcb54743a7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299668e16410e323d" w:history="1">
+      <w:hyperlink r:id="rId940868fcb54743b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924168e16410e33e7" w:history="1">
+      <w:hyperlink r:id="rId996768fcb54743c23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881268e16410e3741" w:history="1">
+      <w:hyperlink r:id="rId868268fcb54743d9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178368e16410e380f" w:history="1">
+      <w:hyperlink r:id="rId874268fcb54743e41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108868e16410e394e" w:history="1">
+      <w:hyperlink r:id="rId127068fcb54743f38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720068e16410e39ef" w:history="1">
+      <w:hyperlink r:id="rId211968fcb54743fba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314768e16410e3aa6" w:history="1">
+      <w:hyperlink r:id="rId124468fcb547440a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159768e16410e3adc" w:history="1">
+      <w:hyperlink r:id="rId108968fcb547440e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227468e16410e3c1e" w:history="1">
+      <w:hyperlink r:id="rId351468fcb547441d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472568e16410e3cf9" w:history="1">
+      <w:hyperlink r:id="rId743868fcb54744270" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928968e16410e3d8f" w:history="1">
+      <w:hyperlink r:id="rId502668fcb547442dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445468e16410e4031" w:history="1">
+      <w:hyperlink r:id="rId917968fcb547444cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255168e16410e4125" w:history="1">
+      <w:hyperlink r:id="rId651368fcb547445b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343068e16410e4284" w:history="1">
+      <w:hyperlink r:id="rId690168fcb5474662d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363268e16410e47c1" w:history="1">
+      <w:hyperlink r:id="rId159368fcb54746a3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258468e16410e4941" w:history="1">
+      <w:hyperlink r:id="rId101768fcb54746b7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127868e16410e49ac" w:history="1">
+      <w:hyperlink r:id="rId252968fcb54746bc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576968e16410e4abd" w:history="1">
+      <w:hyperlink r:id="rId529568fcb54746cac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190468e16410e4b50" w:history="1">
+      <w:hyperlink r:id="rId587168fcb54746d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164168e16410e4c64" w:history="1">
+      <w:hyperlink r:id="rId687068fcb54746dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103468e16410e4cd8" w:history="1">
+      <w:hyperlink r:id="rId867868fcb54746e2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767468e16410e4dd3" w:history="1">
+      <w:hyperlink r:id="rId667368fcb54746ebf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124668e16410e52c8" w:history="1">
+      <w:hyperlink r:id="rId783468fcb54747276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826968e16410e5370" w:history="1">
+      <w:hyperlink r:id="rId477268fcb547472e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715568e16410e55d7" w:history="1">
+      <w:hyperlink r:id="rId838668fcb5474738b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745968e16410e5694" w:history="1">
+      <w:hyperlink r:id="rId402268fcb5474740e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491668e16410e5768" w:history="1">
+      <w:hyperlink r:id="rId213168fcb547474b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980568e16410e5b25" w:history="1">
+      <w:hyperlink r:id="rId311468fcb5474c5d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749068e16410e5e45" w:history="1">
+      <w:hyperlink r:id="rId801068fcb5474c859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445568e16410e5f2b" w:history="1">
+      <w:hyperlink r:id="rId524768fcb5474c901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209868e16410e6000" w:history="1">
+      <w:hyperlink r:id="rId734868fcb5474c997" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222068e16410e60e6" w:history="1">
+      <w:hyperlink r:id="rId768068fcb5474ca27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245768e16410e61b8" w:history="1">
+      <w:hyperlink r:id="rId472268fcb5474caa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257868e16410e629d" w:history="1">
+      <w:hyperlink r:id="rId889068fcb5474cb43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842168e16410e63db" w:history="1">
+      <w:hyperlink r:id="rId104268fcb5474cc0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205268e16410e66f6" w:history="1">
+      <w:hyperlink r:id="rId465368fcb5474ce2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262068e16410e67bd" w:history="1">
+      <w:hyperlink r:id="rId295068fcb5474cea9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401668e16410e6836" w:history="1">
+      <w:hyperlink r:id="rId644468fcb5474cefb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981068e16410e6984" w:history="1">
+      <w:hyperlink r:id="rId336768fcb5474cfd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459468e16410e6a4a" w:history="1">
+      <w:hyperlink r:id="rId779568fcb5474d054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283668e16410e6b42" w:history="1">
+      <w:hyperlink r:id="rId436168fcb5474d0e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976168e16410e6bba" w:history="1">
+      <w:hyperlink r:id="rId332268fcb5474d142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415668e16410e6c9a" w:history="1">
+      <w:hyperlink r:id="rId155268fcb5474d1cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25726,51 +25726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883568e16410e6de1" w:history="1">
+      <w:hyperlink r:id="rId914768fcb5474d2cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591968e16410e6f45" w:history="1">
+      <w:hyperlink r:id="rId762168fcb5474d399" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42986879" name="name646468e16410e6fac" descr="eu_funding_250.png"/>
+            <wp:docPr id="98591265" name="name685368fcb5474d3fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId275868e16410e6fab" cstate="print"/>
+                    <a:blip r:embed="rId809068fcb5474d3fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50130464">
+  <w:abstractNum w:abstractNumId="26286416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39601397">
+    <w:lvl w:ilvl="0" w:tplc="49200941">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39601397" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49200941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50130463">
+  <w:abstractNum w:abstractNumId="26286415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60141151">
+    <w:lvl w:ilvl="0" w:tplc="93300419">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50130463">
-    <w:abstractNumId w:val="50130463"/>
+  <w:num w:numId="26286415">
+    <w:abstractNumId w:val="26286415"/>
   </w:num>
-  <w:num w:numId="50130464">
-    <w:abstractNumId w:val="50130464"/>
+  <w:num w:numId="26286416">
+    <w:abstractNumId w:val="26286416"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId368432488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId753478606" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId959668e16410da704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId126468e16410da76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId210568e16410dad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId858068e16410db1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId906268e16410dfdce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId306668e16410e0071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId267368e16410e07fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId371668e16410e0a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId666768e16410e0c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId318868e16410e0d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId316568e16410e1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId865168e16410e1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId620868e16410e138a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId962368e16410e1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId340668e16410e1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId306268e16410e14c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId606368e16410e15b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId529868e16410e16cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId787068e16410e184d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId113868e16410e18d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId720868e16410e1996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId694868e16410e1b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId497568e16410e1e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId188668e16410e210f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId412668e16410e24bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId208668e16410e2515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId475768e16410e27c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId325868e16410e2a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId664768e16410e2bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId256068e16410e2d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId436368e16410e2e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId616168e16410e2ec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId824668e16410e3141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId299668e16410e323d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId924168e16410e33e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId881268e16410e3741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId178368e16410e380f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId108868e16410e394e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId720068e16410e39ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId314768e16410e3aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId159768e16410e3adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId227468e16410e3c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId472568e16410e3cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId928968e16410e3d8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId445468e16410e4031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId255168e16410e4125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId343068e16410e4284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId363268e16410e47c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId258468e16410e4941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId127868e16410e49ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId576968e16410e4abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId190468e16410e4b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId164168e16410e4c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId103468e16410e4cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId767468e16410e4dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId124668e16410e52c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId826968e16410e5370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId715568e16410e55d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId745968e16410e5694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId491668e16410e5768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId980568e16410e5b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId749068e16410e5e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId445568e16410e5f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId209868e16410e6000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId222068e16410e60e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId245768e16410e61b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId257868e16410e629d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId842168e16410e63db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId205268e16410e66f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId262068e16410e67bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId401668e16410e6836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId981068e16410e6984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId459468e16410e6a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId283668e16410e6b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId976168e16410e6bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId415668e16410e6c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId883568e16410e6de1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId591968e16410e6f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId997068e16410dac9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId997068e16410dac9b.jpg"/><Relationship Id="rId778568e16410dd282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId778568e16410dd282.jpg"/><Relationship Id="rId275868e16410e6fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275868e16410e6fab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId314739614" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId937562906" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151268fcb5473660a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId773268fcb54736657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId321468fcb547367a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId742168fcb54736aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId493168fcb5473b86e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId861768fcb5473e7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId754068fcb5473ee56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId741768fcb5473efd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId125368fcb5473f090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId255768fcb5473f173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId257068fcb5473f2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId168568fcb5473f4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId349368fcb5473f507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId453468fcb5473f561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId552968fcb5473f58f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId766868fcb5473f5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId721468fcb5473f6a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId696568fcb54741705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId777868fcb5474184a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId753768fcb547418ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId111868fcb5474192a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId936168fcb54741a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId130668fcb54741d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId653168fcb54741f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId494368fcb54742242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId370868fcb54742281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId163268fcb5474242e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId211068fcb5474263d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId199268fcb54743733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId933968fcb547437e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId498268fcb547438da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId420068fcb54743900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId591068fcb54743a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId940868fcb54743b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId996768fcb54743c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId868268fcb54743d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId874268fcb54743e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId127068fcb54743f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId211968fcb54743fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId124468fcb547440a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId108968fcb547440e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId351468fcb547441d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId743868fcb54744270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId502668fcb547442dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId917968fcb547444cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId651368fcb547445b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId690168fcb5474662d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId159368fcb54746a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId101768fcb54746b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId252968fcb54746bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId529568fcb54746cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId587168fcb54746d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId687068fcb54746dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId867868fcb54746e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId667368fcb54746ebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId783468fcb54747276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId477268fcb547472e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId838668fcb5474738b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId402268fcb5474740e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId213168fcb547474b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId311468fcb5474c5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId801068fcb5474c859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId524768fcb5474c901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId734868fcb5474c997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId768068fcb5474ca27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId472268fcb5474caa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId889068fcb5474cb43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId104268fcb5474cc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId465368fcb5474ce2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId295068fcb5474cea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId644468fcb5474cefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId336768fcb5474cfd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId779568fcb5474d054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId436168fcb5474d0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId332268fcb5474d142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId155268fcb5474d1cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId914768fcb5474d2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId762168fcb5474d399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId573868fcb547366ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573868fcb547366ec.jpg"/><Relationship Id="rId415368fcb547398e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415368fcb547398e6.jpg"/><Relationship Id="rId809068fcb5474d3fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809068fcb5474d3fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>