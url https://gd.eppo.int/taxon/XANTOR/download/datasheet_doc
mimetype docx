--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151268fcb5473660a" w:history="1">
+            <w:hyperlink r:id="rId49226918066be09c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId773268fcb54736657" w:history="1">
+            <w:hyperlink r:id="rId73996918066be0a39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99151849" name="name937868fcb547366ed" descr="1733.jpg"/>
+                  <wp:docPr id="24608238" name="name23606918066be1204" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId573868fcb547366ec" cstate="print"/>
+                          <a:blip r:embed="rId54386918066be1202" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId321468fcb547367a0" w:history="1">
+            <w:hyperlink r:id="rId34376918066be1323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742168fcb54736aa2" w:history="1">
+      <w:hyperlink r:id="rId28476918066be174b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6332851" name="name220968fcb547398e8" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="62364542" name="name36536918066be3583" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId415368fcb547398e6" cstate="print"/>
+                    <a:blip r:embed="rId46086918066be357f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493168fcb5473b86e" w:history="1">
+      <w:hyperlink r:id="rId19646918066be5f11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861768fcb5473e7b0" w:history="1">
+      <w:hyperlink r:id="rId72816918066be61a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754068fcb5473ee56" w:history="1">
+      <w:hyperlink r:id="rId70916918066be6942" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741768fcb5473efd3" w:history="1">
+      <w:hyperlink r:id="rId42786918066be6b22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125368fcb5473f090" w:history="1">
+      <w:hyperlink r:id="rId14386918066be6bf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255768fcb5473f173" w:history="1">
+      <w:hyperlink r:id="rId28056918066be6d20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257068fcb5473f2e3" w:history="1">
+      <w:hyperlink r:id="rId68386918066be6f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168568fcb5473f4b5" w:history="1">
+      <w:hyperlink r:id="rId37926918066be71a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349368fcb5473f507" w:history="1">
+      <w:hyperlink r:id="rId67176918066be7217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453468fcb5473f561" w:history="1">
+      <w:hyperlink r:id="rId15896918066be7293" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552968fcb5473f58f" w:history="1">
+      <w:hyperlink r:id="rId54526918066be72d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766868fcb5473f5ec" w:history="1">
+      <w:hyperlink r:id="rId30406918066be7350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721468fcb5473f6a9" w:history="1">
+      <w:hyperlink r:id="rId10586918066be743c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696568fcb54741705" w:history="1">
+      <w:hyperlink r:id="rId56386918066be754a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777868fcb5474184a" w:history="1">
+      <w:hyperlink r:id="rId44296918066be76be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753768fcb547418ab" w:history="1">
+      <w:hyperlink r:id="rId43546918066be774d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111868fcb5474192a" w:history="1">
+      <w:hyperlink r:id="rId92256918066be77fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936168fcb54741a8d" w:history="1">
+      <w:hyperlink r:id="rId27756918066be79ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId130668fcb54741d0f" w:history="1">
+      <w:hyperlink r:id="rId44876918066be7c7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653168fcb54741f44" w:history="1">
+      <w:hyperlink r:id="rId49996918066be7f68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494368fcb54742242" w:history="1">
+      <w:hyperlink r:id="rId53806918066be8307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370868fcb54742281" w:history="1">
+      <w:hyperlink r:id="rId67026918066be835b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163268fcb5474242e" w:history="1">
+      <w:hyperlink r:id="rId59746918066be8574" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211068fcb5474263d" w:history="1">
+      <w:hyperlink r:id="rId21196918066be880a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199268fcb54743733" w:history="1">
+      <w:hyperlink r:id="rId71206918066be8955" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933968fcb547437e9" w:history="1">
+      <w:hyperlink r:id="rId89426918066be8a42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498268fcb547438da" w:history="1">
+      <w:hyperlink r:id="rId39526918066be8b8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420068fcb54743900" w:history="1">
+      <w:hyperlink r:id="rId80276918066be8bbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591068fcb54743a7f" w:history="1">
+      <w:hyperlink r:id="rId38736918066be8dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940868fcb54743b15" w:history="1">
+      <w:hyperlink r:id="rId25046918066be8e98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996768fcb54743c23" w:history="1">
+      <w:hyperlink r:id="rId12706918066be900b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868268fcb54743d9c" w:history="1">
+      <w:hyperlink r:id="rId21276918066be91ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874268fcb54743e41" w:history="1">
+      <w:hyperlink r:id="rId18176918066be9251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127068fcb54743f38" w:history="1">
+      <w:hyperlink r:id="rId57246918066be9360" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211968fcb54743fba" w:history="1">
+      <w:hyperlink r:id="rId24146918066be93f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124468fcb547440a7" w:history="1">
+      <w:hyperlink r:id="rId75526918066be949d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108968fcb547440e9" w:history="1">
+      <w:hyperlink r:id="rId12586918066be94d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351468fcb547441d5" w:history="1">
+      <w:hyperlink r:id="rId10956918066be95d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743868fcb54744270" w:history="1">
+      <w:hyperlink r:id="rId44926918066be96c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502668fcb547442dc" w:history="1">
+      <w:hyperlink r:id="rId18796918066be9756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917968fcb547444cd" w:history="1">
+      <w:hyperlink r:id="rId45496918066be99ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651368fcb547445b1" w:history="1">
+      <w:hyperlink r:id="rId70006918066be9ad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690168fcb5474662d" w:history="1">
+      <w:hyperlink r:id="rId70206918066be9c37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159368fcb54746a3b" w:history="1">
+      <w:hyperlink r:id="rId38666918066bea166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101768fcb54746b7b" w:history="1">
+      <w:hyperlink r:id="rId18336918066bea2ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252968fcb54746bc9" w:history="1">
+      <w:hyperlink r:id="rId69376918066bea333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529568fcb54746cac" w:history="1">
+      <w:hyperlink r:id="rId59406918066bea43d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587168fcb54746d09" w:history="1">
+      <w:hyperlink r:id="rId72246918066bea4ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687068fcb54746dd0" w:history="1">
+      <w:hyperlink r:id="rId31386918066bea5e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867868fcb54746e2b" w:history="1">
+      <w:hyperlink r:id="rId70526918066bea655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667368fcb54746ebf" w:history="1">
+      <w:hyperlink r:id="rId40686918066bea708" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783468fcb54747276" w:history="1">
+      <w:hyperlink r:id="rId81916918066beabac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477268fcb547472e0" w:history="1">
+      <w:hyperlink r:id="rId16746918066beac3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838668fcb5474738b" w:history="1">
+      <w:hyperlink r:id="rId14066918066bead06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402268fcb5474740e" w:history="1">
+      <w:hyperlink r:id="rId42036918066beadb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213168fcb547474b3" w:history="1">
+      <w:hyperlink r:id="rId27526918066beae81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311468fcb5474c5d7" w:history="1">
+      <w:hyperlink r:id="rId12826918066beb1c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801068fcb5474c859" w:history="1">
+      <w:hyperlink r:id="rId76056918066beb47a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524768fcb5474c901" w:history="1">
+      <w:hyperlink r:id="rId93116918066beb572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734868fcb5474c997" w:history="1">
+      <w:hyperlink r:id="rId98536918066beb645" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768068fcb5474ca27" w:history="1">
+      <w:hyperlink r:id="rId84006918066beb702" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472268fcb5474caa9" w:history="1">
+      <w:hyperlink r:id="rId50776918066beb7b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889068fcb5474cb43" w:history="1">
+      <w:hyperlink r:id="rId53316918066beb885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104268fcb5474cc0e" w:history="1">
+      <w:hyperlink r:id="rId22116918066beb99f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465368fcb5474ce2b" w:history="1">
+      <w:hyperlink r:id="rId84246918066bebc89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295068fcb5474cea9" w:history="1">
+      <w:hyperlink r:id="rId72146918066bebd3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644468fcb5474cefb" w:history="1">
+      <w:hyperlink r:id="rId83766918066bebdb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336768fcb5474cfd6" w:history="1">
+      <w:hyperlink r:id="rId35506918066bebedb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779568fcb5474d054" w:history="1">
+      <w:hyperlink r:id="rId29496918066bebf89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436168fcb5474d0e8" w:history="1">
+      <w:hyperlink r:id="rId54026918066bec063" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332268fcb5474d142" w:history="1">
+      <w:hyperlink r:id="rId22676918066bec0d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155268fcb5474d1cd" w:history="1">
+      <w:hyperlink r:id="rId36616918066bec190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25726,51 +25726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914768fcb5474d2cd" w:history="1">
+      <w:hyperlink r:id="rId41256918066bec2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId762168fcb5474d399" w:history="1">
+      <w:hyperlink r:id="rId44246918066bec3d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98591265" name="name685368fcb5474d3fd" descr="eu_funding_250.png"/>
+            <wp:docPr id="92550963" name="name69026918066bec442" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId809068fcb5474d3fc" cstate="print"/>
+                    <a:blip r:embed="rId74986918066bec441" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26286416">
+  <w:abstractNum w:abstractNumId="21165944">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49200941">
+    <w:lvl w:ilvl="0" w:tplc="54140511">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49200941" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54140511" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26286415">
+  <w:abstractNum w:abstractNumId="21165943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93300419">
+    <w:lvl w:ilvl="0" w:tplc="11492846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26286415">
-    <w:abstractNumId w:val="26286415"/>
+  <w:num w:numId="21165943">
+    <w:abstractNumId w:val="21165943"/>
   </w:num>
-  <w:num w:numId="26286416">
-    <w:abstractNumId w:val="26286416"/>
+  <w:num w:numId="21165944">
+    <w:abstractNumId w:val="21165944"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId314739614" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId937562906" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151268fcb5473660a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId773268fcb54736657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId321468fcb547367a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId742168fcb54736aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId493168fcb5473b86e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId861768fcb5473e7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId754068fcb5473ee56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId741768fcb5473efd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId125368fcb5473f090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId255768fcb5473f173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId257068fcb5473f2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId168568fcb5473f4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId349368fcb5473f507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId453468fcb5473f561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId552968fcb5473f58f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId766868fcb5473f5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId721468fcb5473f6a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId696568fcb54741705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId777868fcb5474184a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId753768fcb547418ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId111868fcb5474192a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId936168fcb54741a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId130668fcb54741d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId653168fcb54741f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId494368fcb54742242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId370868fcb54742281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId163268fcb5474242e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId211068fcb5474263d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId199268fcb54743733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId933968fcb547437e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId498268fcb547438da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId420068fcb54743900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId591068fcb54743a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId940868fcb54743b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId996768fcb54743c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId868268fcb54743d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId874268fcb54743e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId127068fcb54743f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId211968fcb54743fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId124468fcb547440a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId108968fcb547440e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId351468fcb547441d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId743868fcb54744270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId502668fcb547442dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId917968fcb547444cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId651368fcb547445b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId690168fcb5474662d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId159368fcb54746a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId101768fcb54746b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId252968fcb54746bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId529568fcb54746cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId587168fcb54746d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId687068fcb54746dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId867868fcb54746e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId667368fcb54746ebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId783468fcb54747276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId477268fcb547472e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId838668fcb5474738b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId402268fcb5474740e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId213168fcb547474b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId311468fcb5474c5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId801068fcb5474c859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId524768fcb5474c901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId734868fcb5474c997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId768068fcb5474ca27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId472268fcb5474caa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId889068fcb5474cb43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId104268fcb5474cc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId465368fcb5474ce2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId295068fcb5474cea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId644468fcb5474cefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId336768fcb5474cfd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId779568fcb5474d054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId436168fcb5474d0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId332268fcb5474d142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId155268fcb5474d1cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId914768fcb5474d2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId762168fcb5474d399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId573868fcb547366ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573868fcb547366ec.jpg"/><Relationship Id="rId415368fcb547398e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415368fcb547398e6.jpg"/><Relationship Id="rId809068fcb5474d3fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809068fcb5474d3fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId917212750" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406006628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId49226918066be09c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId73996918066be0a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId34376918066be1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId28476918066be174b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId19646918066be5f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId72816918066be61a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId70916918066be6942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId42786918066be6b22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId14386918066be6bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId28056918066be6d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId68386918066be6f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId37926918066be71a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId67176918066be7217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId15896918066be7293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId54526918066be72d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId30406918066be7350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId10586918066be743c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId56386918066be754a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId44296918066be76be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId43546918066be774d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId92256918066be77fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId27756918066be79ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId44876918066be7c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId49996918066be7f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId53806918066be8307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId67026918066be835b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId59746918066be8574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId21196918066be880a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId71206918066be8955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId89426918066be8a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId39526918066be8b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId80276918066be8bbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId38736918066be8dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId25046918066be8e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId12706918066be900b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId21276918066be91ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId18176918066be9251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId57246918066be9360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId24146918066be93f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId75526918066be949d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId12586918066be94d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId10956918066be95d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId44926918066be96c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId18796918066be9756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId45496918066be99ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId70006918066be9ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId70206918066be9c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId38666918066bea166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId18336918066bea2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId69376918066bea333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId59406918066bea43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId72246918066bea4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId31386918066bea5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId70526918066bea655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId40686918066bea708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId81916918066beabac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId16746918066beac3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId14066918066bead06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId42036918066beadb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId27526918066beae81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId12826918066beb1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId76056918066beb47a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId93116918066beb572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId98536918066beb645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId84006918066beb702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId50776918066beb7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId53316918066beb885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId22116918066beb99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId84246918066bebc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId72146918066bebd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId83766918066bebdb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId35506918066bebedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId29496918066bebf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId54026918066bec063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId22676918066bec0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId36616918066bec190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId41256918066bec2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44246918066bec3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId54386918066be1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54386918066be1202.jpg"/><Relationship Id="rId46086918066be357f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46086918066be357f.jpg"/><Relationship Id="rId74986918066bec441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74986918066bec441.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>