--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49226918066be09c9" w:history="1">
+            <w:hyperlink r:id="rId20836932fc21cdd09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73996918066be0a39" w:history="1">
+            <w:hyperlink r:id="rId64926932fc21cdd77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24608238" name="name23606918066be1204" descr="1733.jpg"/>
+                  <wp:docPr id="8442596" name="name56136932fc21ce4f3" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54386918066be1202" cstate="print"/>
+                          <a:blip r:embed="rId23066932fc21ce4f1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34376918066be1323" w:history="1">
+            <w:hyperlink r:id="rId65236932fc21ce5fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28476918066be174b" w:history="1">
+      <w:hyperlink r:id="rId14196932fc21cea3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62364542" name="name36536918066be3583" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="11897762" name="name50626932fc21d0d1d" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46086918066be357f" cstate="print"/>
+                    <a:blip r:embed="rId13606932fc21d0d1a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19646918066be5f11" w:history="1">
+      <w:hyperlink r:id="rId90456932fc21d3707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72816918066be61a1" w:history="1">
+      <w:hyperlink r:id="rId98866932fc21d3850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70916918066be6942" w:history="1">
+      <w:hyperlink r:id="rId93906932fc21d3ff0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42786918066be6b22" w:history="1">
+      <w:hyperlink r:id="rId27746932fc21d41c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14386918066be6bf3" w:history="1">
+      <w:hyperlink r:id="rId44456932fc21d429b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28056918066be6d20" w:history="1">
+      <w:hyperlink r:id="rId71746932fc21d43cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68386918066be6f25" w:history="1">
+      <w:hyperlink r:id="rId17846932fc21d45d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37926918066be71a7" w:history="1">
+      <w:hyperlink r:id="rId82726932fc21d4857" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67176918066be7217" w:history="1">
+      <w:hyperlink r:id="rId12806932fc21d48ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15896918066be7293" w:history="1">
+      <w:hyperlink r:id="rId12696932fc21d4947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54526918066be72d2" w:history="1">
+      <w:hyperlink r:id="rId42176932fc21d4986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30406918066be7350" w:history="1">
+      <w:hyperlink r:id="rId29646932fc21d4a09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10586918066be743c" w:history="1">
+      <w:hyperlink r:id="rId10726932fc21d4b00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56386918066be754a" w:history="1">
+      <w:hyperlink r:id="rId41556932fc21d4c16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44296918066be76be" w:history="1">
+      <w:hyperlink r:id="rId85246932fc21d4d91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43546918066be774d" w:history="1">
+      <w:hyperlink r:id="rId78876932fc21d4e27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92256918066be77fd" w:history="1">
+      <w:hyperlink r:id="rId70266932fc21d4edb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27756918066be79ad" w:history="1">
+      <w:hyperlink r:id="rId55866932fc21d509f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44876918066be7c7a" w:history="1">
+      <w:hyperlink r:id="rId22166932fc21d5359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49996918066be7f68" w:history="1">
+      <w:hyperlink r:id="rId50646932fc21d5657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53806918066be8307" w:history="1">
+      <w:hyperlink r:id="rId88556932fc21d59fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67026918066be835b" w:history="1">
+      <w:hyperlink r:id="rId72466932fc21d5a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59746918066be8574" w:history="1">
+      <w:hyperlink r:id="rId68536932fc21d5c78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21196918066be880a" w:history="1">
+      <w:hyperlink r:id="rId35116932fc21d5f09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71206918066be8955" w:history="1">
+      <w:hyperlink r:id="rId32556932fc21d6059" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89426918066be8a42" w:history="1">
+      <w:hyperlink r:id="rId25416932fc21d6149" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39526918066be8b8e" w:history="1">
+      <w:hyperlink r:id="rId69096932fc21d6299" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80276918066be8bbf" w:history="1">
+      <w:hyperlink r:id="rId59436932fc21d62cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38736918066be8dca" w:history="1">
+      <w:hyperlink r:id="rId60196932fc21d64dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25046918066be8e98" w:history="1">
+      <w:hyperlink r:id="rId46876932fc21d65ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12706918066be900b" w:history="1">
+      <w:hyperlink r:id="rId56886932fc21d6727" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21276918066be91ac" w:history="1">
+      <w:hyperlink r:id="rId65786932fc21d68d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18176918066be9251" w:history="1">
+      <w:hyperlink r:id="rId25336932fc21d6978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57246918066be9360" w:history="1">
+      <w:hyperlink r:id="rId57216932fc21d6a87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24146918066be93f0" w:history="1">
+      <w:hyperlink r:id="rId65816932fc21d6b16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75526918066be949d" w:history="1">
+      <w:hyperlink r:id="rId34846932fc21d6bd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12586918066be94d0" w:history="1">
+      <w:hyperlink r:id="rId61836932fc21d6c08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10956918066be95d9" w:history="1">
+      <w:hyperlink r:id="rId25616932fc21d6d17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44926918066be96c0" w:history="1">
+      <w:hyperlink r:id="rId60396932fc21d6dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18796918066be9756" w:history="1">
+      <w:hyperlink r:id="rId86646932fc21d6e8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45496918066be99ec" w:history="1">
+      <w:hyperlink r:id="rId75126932fc21d712c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70006918066be9ad9" w:history="1">
+      <w:hyperlink r:id="rId26016932fc21d7228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70206918066be9c37" w:history="1">
+      <w:hyperlink r:id="rId45176932fc21d7394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38666918066bea166" w:history="1">
+      <w:hyperlink r:id="rId25786932fc21d78ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18336918066bea2ce" w:history="1">
+      <w:hyperlink r:id="rId11366932fc21d7a39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69376918066bea333" w:history="1">
+      <w:hyperlink r:id="rId53426932fc21d7aa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59406918066bea43d" w:history="1">
+      <w:hyperlink r:id="rId50056932fc21d7bb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72246918066bea4ba" w:history="1">
+      <w:hyperlink r:id="rId30106932fc21d7c2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31386918066bea5e1" w:history="1">
+      <w:hyperlink r:id="rId38996932fc21d7d59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70526918066bea655" w:history="1">
+      <w:hyperlink r:id="rId82486932fc21d7dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40686918066bea708" w:history="1">
+      <w:hyperlink r:id="rId80736932fc21d7e83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81916918066beabac" w:history="1">
+      <w:hyperlink r:id="rId93116932fc21d8333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16746918066beac3c" w:history="1">
+      <w:hyperlink r:id="rId24966932fc21d83c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14066918066bead06" w:history="1">
+      <w:hyperlink r:id="rId63846932fc21d8495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42036918066beadb5" w:history="1">
+      <w:hyperlink r:id="rId36426932fc21d8547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27526918066beae81" w:history="1">
+      <w:hyperlink r:id="rId21396932fc21d8616" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12826918066beb1c1" w:history="1">
+      <w:hyperlink r:id="rId56356932fc21d8955" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76056918066beb47a" w:history="1">
+      <w:hyperlink r:id="rId29296932fc21d8c28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93116918066beb572" w:history="1">
+      <w:hyperlink r:id="rId87536932fc21d8d1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98536918066beb645" w:history="1">
+      <w:hyperlink r:id="rId16936932fc21d8def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84006918066beb702" w:history="1">
+      <w:hyperlink r:id="rId92006932fc21d8eaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50776918066beb7b3" w:history="1">
+      <w:hyperlink r:id="rId75846932fc21d8f61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53316918066beb885" w:history="1">
+      <w:hyperlink r:id="rId59266932fc21d9042" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22116918066beb99f" w:history="1">
+      <w:hyperlink r:id="rId97486932fc21d916c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84246918066bebc89" w:history="1">
+      <w:hyperlink r:id="rId31326932fc21d9473" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72146918066bebd3d" w:history="1">
+      <w:hyperlink r:id="rId96976932fc21d9522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83766918066bebdb0" w:history="1">
+      <w:hyperlink r:id="rId57946932fc21d9594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35506918066bebedb" w:history="1">
+      <w:hyperlink r:id="rId69506932fc21d96cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29496918066bebf89" w:history="1">
+      <w:hyperlink r:id="rId19316932fc21d9782" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54026918066bec063" w:history="1">
+      <w:hyperlink r:id="rId25996932fc21d9851" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22676918066bec0d6" w:history="1">
+      <w:hyperlink r:id="rId35036932fc21d98cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36616918066bec190" w:history="1">
+      <w:hyperlink r:id="rId14516932fc21d998a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25726,51 +25726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41256918066bec2c9" w:history="1">
+      <w:hyperlink r:id="rId70836932fc21d9ac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44246918066bec3d9" w:history="1">
+      <w:hyperlink r:id="rId60916932fc21d9bdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92550963" name="name69026918066bec442" descr="eu_funding_250.png"/>
+            <wp:docPr id="24846877" name="name26436932fc21d9c8c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74986918066bec441" cstate="print"/>
+                    <a:blip r:embed="rId15656932fc21d9c8a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21165944">
+  <w:abstractNum w:abstractNumId="58599891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54140511">
+    <w:lvl w:ilvl="0" w:tplc="29535459">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54140511" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29535459" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21165943">
+  <w:abstractNum w:abstractNumId="58599890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11492846">
+    <w:lvl w:ilvl="0" w:tplc="70595220">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21165943">
-    <w:abstractNumId w:val="21165943"/>
+  <w:num w:numId="58599890">
+    <w:abstractNumId w:val="58599890"/>
   </w:num>
-  <w:num w:numId="21165944">
-    <w:abstractNumId w:val="21165944"/>
+  <w:num w:numId="58599891">
+    <w:abstractNumId w:val="58599891"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId917212750" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406006628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId49226918066be09c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId73996918066be0a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId34376918066be1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId28476918066be174b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId19646918066be5f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId72816918066be61a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId70916918066be6942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId42786918066be6b22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId14386918066be6bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId28056918066be6d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId68386918066be6f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId37926918066be71a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId67176918066be7217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId15896918066be7293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId54526918066be72d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId30406918066be7350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId10586918066be743c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId56386918066be754a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId44296918066be76be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId43546918066be774d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId92256918066be77fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId27756918066be79ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId44876918066be7c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId49996918066be7f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId53806918066be8307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId67026918066be835b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId59746918066be8574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId21196918066be880a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId71206918066be8955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId89426918066be8a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId39526918066be8b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId80276918066be8bbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId38736918066be8dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId25046918066be8e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId12706918066be900b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId21276918066be91ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId18176918066be9251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId57246918066be9360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId24146918066be93f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId75526918066be949d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId12586918066be94d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId10956918066be95d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId44926918066be96c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId18796918066be9756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId45496918066be99ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId70006918066be9ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId70206918066be9c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId38666918066bea166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId18336918066bea2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId69376918066bea333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId59406918066bea43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId72246918066bea4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId31386918066bea5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId70526918066bea655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId40686918066bea708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId81916918066beabac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId16746918066beac3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId14066918066bead06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId42036918066beadb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId27526918066beae81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId12826918066beb1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId76056918066beb47a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId93116918066beb572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId98536918066beb645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId84006918066beb702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId50776918066beb7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId53316918066beb885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId22116918066beb99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId84246918066bebc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId72146918066bebd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId83766918066bebdb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId35506918066bebedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId29496918066bebf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId54026918066bec063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId22676918066bec0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId36616918066bec190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId41256918066bec2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44246918066bec3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId54386918066be1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54386918066be1202.jpg"/><Relationship Id="rId46086918066be357f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46086918066be357f.jpg"/><Relationship Id="rId74986918066bec441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74986918066bec441.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId796038992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId112152121" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20836932fc21cdd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId64926932fc21cdd77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId65236932fc21ce5fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId14196932fc21cea3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId90456932fc21d3707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId98866932fc21d3850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId93906932fc21d3ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId27746932fc21d41c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId44456932fc21d429b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId71746932fc21d43cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId17846932fc21d45d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId82726932fc21d4857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId12806932fc21d48ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId12696932fc21d4947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId42176932fc21d4986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId29646932fc21d4a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId10726932fc21d4b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId41556932fc21d4c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId85246932fc21d4d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId78876932fc21d4e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId70266932fc21d4edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId55866932fc21d509f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId22166932fc21d5359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId50646932fc21d5657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId88556932fc21d59fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId72466932fc21d5a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId68536932fc21d5c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId35116932fc21d5f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId32556932fc21d6059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId25416932fc21d6149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId69096932fc21d6299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId59436932fc21d62cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId60196932fc21d64dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId46876932fc21d65ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId56886932fc21d6727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId65786932fc21d68d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId25336932fc21d6978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId57216932fc21d6a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId65816932fc21d6b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId34846932fc21d6bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId61836932fc21d6c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId25616932fc21d6d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId60396932fc21d6dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId86646932fc21d6e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId75126932fc21d712c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId26016932fc21d7228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId45176932fc21d7394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId25786932fc21d78ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId11366932fc21d7a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId53426932fc21d7aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId50056932fc21d7bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId30106932fc21d7c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId38996932fc21d7d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId82486932fc21d7dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId80736932fc21d7e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId93116932fc21d8333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId24966932fc21d83c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId63846932fc21d8495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId36426932fc21d8547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId21396932fc21d8616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId56356932fc21d8955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId29296932fc21d8c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId87536932fc21d8d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId16936932fc21d8def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId92006932fc21d8eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId75846932fc21d8f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId59266932fc21d9042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId97486932fc21d916c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId31326932fc21d9473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId96976932fc21d9522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId57946932fc21d9594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId69506932fc21d96cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId19316932fc21d9782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId25996932fc21d9851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId35036932fc21d98cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId14516932fc21d998a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId70836932fc21d9ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60916932fc21d9bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId23066932fc21ce4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23066932fc21ce4f1.jpg"/><Relationship Id="rId13606932fc21d0d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13606932fc21d0d1a.jpg"/><Relationship Id="rId15656932fc21d9c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15656932fc21d9c8a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>