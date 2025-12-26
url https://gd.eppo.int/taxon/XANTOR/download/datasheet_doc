--- v3 (2025-12-05)
+++ v4 (2025-12-26)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20836932fc21cdd09" w:history="1">
+            <w:hyperlink r:id="rId3621694ddab116535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64926932fc21cdd77" w:history="1">
+            <w:hyperlink r:id="rId1327694ddab11659d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8442596" name="name56136932fc21ce4f3" descr="1733.jpg"/>
+                  <wp:docPr id="44106108" name="name8432694ddab118a96" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23066932fc21ce4f1" cstate="print"/>
+                          <a:blip r:embed="rId9865694ddab118a95" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId65236932fc21ce5fe" w:history="1">
+            <w:hyperlink r:id="rId5287694ddab118b6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14196932fc21cea3a" w:history="1">
+      <w:hyperlink r:id="rId3611694ddab118fa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11897762" name="name50626932fc21d0d1d" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="69866165" name="name5692694ddab11bff5" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13606932fc21d0d1a" cstate="print"/>
+                    <a:blip r:embed="rId7617694ddab11bff2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90456932fc21d3707" w:history="1">
+      <w:hyperlink r:id="rId5577694ddab11f912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98866932fc21d3850" w:history="1">
+      <w:hyperlink r:id="rId9265694ddab11fa5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93906932fc21d3ff0" w:history="1">
+      <w:hyperlink r:id="rId9449694ddab121674" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27746932fc21d41c4" w:history="1">
+      <w:hyperlink r:id="rId1924694ddab1218c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44456932fc21d429b" w:history="1">
+      <w:hyperlink r:id="rId9802694ddab1219be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71746932fc21d43cc" w:history="1">
+      <w:hyperlink r:id="rId4518694ddab121cc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17846932fc21d45d0" w:history="1">
+      <w:hyperlink r:id="rId4122694ddab1222c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82726932fc21d4857" w:history="1">
+      <w:hyperlink r:id="rId1571694ddab1225dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12806932fc21d48ca" w:history="1">
+      <w:hyperlink r:id="rId8124694ddab122678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12696932fc21d4947" w:history="1">
+      <w:hyperlink r:id="rId4347694ddab122cdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42176932fc21d4986" w:history="1">
+      <w:hyperlink r:id="rId7297694ddab122d34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29646932fc21d4a09" w:history="1">
+      <w:hyperlink r:id="rId4335694ddab122def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10726932fc21d4b00" w:history="1">
+      <w:hyperlink r:id="rId8987694ddab122f08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41556932fc21d4c16" w:history="1">
+      <w:hyperlink r:id="rId1874694ddab1232b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85246932fc21d4d91" w:history="1">
+      <w:hyperlink r:id="rId2151694ddab1239dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78876932fc21d4e27" w:history="1">
+      <w:hyperlink r:id="rId2162694ddab123a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70266932fc21d4edb" w:history="1">
+      <w:hyperlink r:id="rId6040694ddab123b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55866932fc21d509f" w:history="1">
+      <w:hyperlink r:id="rId4504694ddab123d16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22166932fc21d5359" w:history="1">
+      <w:hyperlink r:id="rId7592694ddab123fe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50646932fc21d5657" w:history="1">
+      <w:hyperlink r:id="rId1596694ddab124ad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88556932fc21d59fc" w:history="1">
+      <w:hyperlink r:id="rId7468694ddab125315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72466932fc21d5a4f" w:history="1">
+      <w:hyperlink r:id="rId7298694ddab12536a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68536932fc21d5c78" w:history="1">
+      <w:hyperlink r:id="rId5167694ddab125587" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35116932fc21d5f09" w:history="1">
+      <w:hyperlink r:id="rId7258694ddab1257fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32556932fc21d6059" w:history="1">
+      <w:hyperlink r:id="rId9935694ddab125959" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25416932fc21d6149" w:history="1">
+      <w:hyperlink r:id="rId9838694ddab126287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69096932fc21d6299" w:history="1">
+      <w:hyperlink r:id="rId9355694ddab1265a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59436932fc21d62cb" w:history="1">
+      <w:hyperlink r:id="rId9268694ddab12670b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60196932fc21d64dc" w:history="1">
+      <w:hyperlink r:id="rId2561694ddab12728c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46876932fc21d65ad" w:history="1">
+      <w:hyperlink r:id="rId8591694ddab127363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56886932fc21d6727" w:history="1">
+      <w:hyperlink r:id="rId2425694ddab1274f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65786932fc21d68d3" w:history="1">
+      <w:hyperlink r:id="rId5507694ddab12768f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25336932fc21d6978" w:history="1">
+      <w:hyperlink r:id="rId6748694ddab127732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57216932fc21d6a87" w:history="1">
+      <w:hyperlink r:id="rId7184694ddab12783f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65816932fc21d6b16" w:history="1">
+      <w:hyperlink r:id="rId5221694ddab1278cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34846932fc21d6bd4" w:history="1">
+      <w:hyperlink r:id="rId3484694ddab12797e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61836932fc21d6c08" w:history="1">
+      <w:hyperlink r:id="rId8877694ddab1279b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25616932fc21d6d17" w:history="1">
+      <w:hyperlink r:id="rId5786694ddab127abc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60396932fc21d6dfa" w:history="1">
+      <w:hyperlink r:id="rId4515694ddab127b8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86646932fc21d6e8f" w:history="1">
+      <w:hyperlink r:id="rId4508694ddab127c1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75126932fc21d712c" w:history="1">
+      <w:hyperlink r:id="rId9828694ddab127eaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26016932fc21d7228" w:history="1">
+      <w:hyperlink r:id="rId6205694ddab127f96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45176932fc21d7394" w:history="1">
+      <w:hyperlink r:id="rId2413694ddab12b02e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25786932fc21d78ce" w:history="1">
+      <w:hyperlink r:id="rId9772694ddab12b585" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11366932fc21d7a39" w:history="1">
+      <w:hyperlink r:id="rId1494694ddab12b6ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53426932fc21d7aa1" w:history="1">
+      <w:hyperlink r:id="rId9909694ddab12b757" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50056932fc21d7bb0" w:history="1">
+      <w:hyperlink r:id="rId1231694ddab12b86d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30106932fc21d7c2d" w:history="1">
+      <w:hyperlink r:id="rId9317694ddab12b8ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38996932fc21d7d59" w:history="1">
+      <w:hyperlink r:id="rId7166694ddab12b9fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82486932fc21d7dcf" w:history="1">
+      <w:hyperlink r:id="rId5086694ddab12ba6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80736932fc21d7e83" w:history="1">
+      <w:hyperlink r:id="rId7425694ddab12bb2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93116932fc21d8333" w:history="1">
+      <w:hyperlink r:id="rId7586694ddab12bfd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24966932fc21d83c5" w:history="1">
+      <w:hyperlink r:id="rId3491694ddab12c060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63846932fc21d8495" w:history="1">
+      <w:hyperlink r:id="rId7469694ddab12c12e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36426932fc21d8547" w:history="1">
+      <w:hyperlink r:id="rId3822694ddab12c1de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21396932fc21d8616" w:history="1">
+      <w:hyperlink r:id="rId8637694ddab12c2ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56356932fc21d8955" w:history="1">
+      <w:hyperlink r:id="rId1249694ddab12c5e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29296932fc21d8c28" w:history="1">
+      <w:hyperlink r:id="rId6785694ddab12c8f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87536932fc21d8d1b" w:history="1">
+      <w:hyperlink r:id="rId1200694ddab12c9d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16936932fc21d8def" w:history="1">
+      <w:hyperlink r:id="rId4043694ddab12caa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92006932fc21d8eaf" w:history="1">
+      <w:hyperlink r:id="rId3705694ddab12cb65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75846932fc21d8f61" w:history="1">
+      <w:hyperlink r:id="rId9532694ddab12cc16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59266932fc21d9042" w:history="1">
+      <w:hyperlink r:id="rId6471694ddab12ccee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97486932fc21d916c" w:history="1">
+      <w:hyperlink r:id="rId5747694ddab12ce0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31326932fc21d9473" w:history="1">
+      <w:hyperlink r:id="rId1498694ddab130ff0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96976932fc21d9522" w:history="1">
+      <w:hyperlink r:id="rId8404694ddab1310b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57946932fc21d9594" w:history="1">
+      <w:hyperlink r:id="rId1529694ddab13112c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69506932fc21d96cf" w:history="1">
+      <w:hyperlink r:id="rId7981694ddab13125e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19316932fc21d9782" w:history="1">
+      <w:hyperlink r:id="rId2898694ddab131310" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25996932fc21d9851" w:history="1">
+      <w:hyperlink r:id="rId6465694ddab1313e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35036932fc21d98cd" w:history="1">
+      <w:hyperlink r:id="rId1841694ddab131453" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14516932fc21d998a" w:history="1">
+      <w:hyperlink r:id="rId4124694ddab131510" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25726,51 +25726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70836932fc21d9ac7" w:history="1">
+      <w:hyperlink r:id="rId1423694ddab131658" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60916932fc21d9bdb" w:history="1">
+      <w:hyperlink r:id="rId5202694ddab13176f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24846877" name="name26436932fc21d9c8c" descr="eu_funding_250.png"/>
+            <wp:docPr id="64853925" name="name4625694ddab132c73" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15656932fc21d9c8a" cstate="print"/>
+                    <a:blip r:embed="rId3883694ddab132c71" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58599891">
+  <w:abstractNum w:abstractNumId="31996617">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29535459">
+    <w:lvl w:ilvl="0" w:tplc="51696447">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29535459" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51696447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58599890">
+  <w:abstractNum w:abstractNumId="31996616">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70595220">
+    <w:lvl w:ilvl="0" w:tplc="76313202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58599890">
-    <w:abstractNumId w:val="58599890"/>
+  <w:num w:numId="31996616">
+    <w:abstractNumId w:val="31996616"/>
   </w:num>
-  <w:num w:numId="58599891">
-    <w:abstractNumId w:val="58599891"/>
+  <w:num w:numId="31996617">
+    <w:abstractNumId w:val="31996617"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId796038992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId112152121" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20836932fc21cdd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId64926932fc21cdd77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId65236932fc21ce5fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId14196932fc21cea3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId90456932fc21d3707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId98866932fc21d3850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId93906932fc21d3ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId27746932fc21d41c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId44456932fc21d429b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId71746932fc21d43cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId17846932fc21d45d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId82726932fc21d4857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId12806932fc21d48ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId12696932fc21d4947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId42176932fc21d4986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId29646932fc21d4a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId10726932fc21d4b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId41556932fc21d4c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId85246932fc21d4d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId78876932fc21d4e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId70266932fc21d4edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId55866932fc21d509f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId22166932fc21d5359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId50646932fc21d5657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId88556932fc21d59fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId72466932fc21d5a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId68536932fc21d5c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId35116932fc21d5f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId32556932fc21d6059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId25416932fc21d6149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId69096932fc21d6299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId59436932fc21d62cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId60196932fc21d64dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId46876932fc21d65ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId56886932fc21d6727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId65786932fc21d68d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId25336932fc21d6978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId57216932fc21d6a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId65816932fc21d6b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId34846932fc21d6bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId61836932fc21d6c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId25616932fc21d6d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId60396932fc21d6dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId86646932fc21d6e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId75126932fc21d712c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId26016932fc21d7228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId45176932fc21d7394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId25786932fc21d78ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId11366932fc21d7a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId53426932fc21d7aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId50056932fc21d7bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId30106932fc21d7c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId38996932fc21d7d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId82486932fc21d7dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId80736932fc21d7e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId93116932fc21d8333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId24966932fc21d83c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId63846932fc21d8495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId36426932fc21d8547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId21396932fc21d8616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId56356932fc21d8955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId29296932fc21d8c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId87536932fc21d8d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId16936932fc21d8def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId92006932fc21d8eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId75846932fc21d8f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId59266932fc21d9042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId97486932fc21d916c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId31326932fc21d9473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId96976932fc21d9522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId57946932fc21d9594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId69506932fc21d96cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId19316932fc21d9782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId25996932fc21d9851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId35036932fc21d98cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId14516932fc21d998a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId70836932fc21d9ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60916932fc21d9bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId23066932fc21ce4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23066932fc21ce4f1.jpg"/><Relationship Id="rId13606932fc21d0d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13606932fc21d0d1a.jpg"/><Relationship Id="rId15656932fc21d9c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15656932fc21d9c8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId309341434" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId314321738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3621694ddab116535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId1327694ddab11659d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId5287694ddab118b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId3611694ddab118fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId5577694ddab11f912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId9265694ddab11fa5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId9449694ddab121674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId1924694ddab1218c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId9802694ddab1219be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId4518694ddab121cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId4122694ddab1222c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId1571694ddab1225dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId8124694ddab122678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId4347694ddab122cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId7297694ddab122d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId4335694ddab122def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId8987694ddab122f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId1874694ddab1232b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId2151694ddab1239dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId2162694ddab123a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId6040694ddab123b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId4504694ddab123d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId7592694ddab123fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId1596694ddab124ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId7468694ddab125315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId7298694ddab12536a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId5167694ddab125587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId7258694ddab1257fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId9935694ddab125959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId9838694ddab126287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId9355694ddab1265a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId9268694ddab12670b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId2561694ddab12728c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId8591694ddab127363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId2425694ddab1274f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId5507694ddab12768f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId6748694ddab127732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId7184694ddab12783f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId5221694ddab1278cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId3484694ddab12797e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId8877694ddab1279b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId5786694ddab127abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId4515694ddab127b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId4508694ddab127c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId9828694ddab127eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId6205694ddab127f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId2413694ddab12b02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId9772694ddab12b585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId1494694ddab12b6ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId9909694ddab12b757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId1231694ddab12b86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId9317694ddab12b8ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId7166694ddab12b9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId5086694ddab12ba6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId7425694ddab12bb2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId7586694ddab12bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId3491694ddab12c060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId7469694ddab12c12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId3822694ddab12c1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId8637694ddab12c2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId1249694ddab12c5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId6785694ddab12c8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId1200694ddab12c9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId4043694ddab12caa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId3705694ddab12cb65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId9532694ddab12cc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId6471694ddab12ccee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId5747694ddab12ce0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId1498694ddab130ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId8404694ddab1310b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId1529694ddab13112c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId7981694ddab13125e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId2898694ddab131310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId6465694ddab1313e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId1841694ddab131453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId4124694ddab131510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId1423694ddab131658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5202694ddab13176f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId9865694ddab118a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9865694ddab118a95.jpg"/><Relationship Id="rId7617694ddab11bff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7617694ddab11bff2.jpg"/><Relationship Id="rId3883694ddab132c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3883694ddab132c71.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>