--- v4 (2025-12-26)
+++ v5 (2026-01-15)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3621694ddab116535" w:history="1">
+            <w:hyperlink r:id="rId96776968ab422437a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1327694ddab11659d" w:history="1">
+            <w:hyperlink r:id="rId73696968ab42243e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44106108" name="name8432694ddab118a96" descr="1733.jpg"/>
+                  <wp:docPr id="96734586" name="name82756968ab4224c92" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9865694ddab118a95" cstate="print"/>
+                          <a:blip r:embed="rId57746968ab4224c90" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5287694ddab118b6f" w:history="1">
+            <w:hyperlink r:id="rId22496968ab4224d9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3611694ddab118fa8" w:history="1">
+      <w:hyperlink r:id="rId44646968ab42251ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69866165" name="name5692694ddab11bff5" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="46250275" name="name79366968ab422704b" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7617694ddab11bff2" cstate="print"/>
+                    <a:blip r:embed="rId92186968ab4227048" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5577694ddab11f912" w:history="1">
+      <w:hyperlink r:id="rId19026968ab4229a8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9265694ddab11fa5b" w:history="1">
+      <w:hyperlink r:id="rId20946968ab4229be6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9449694ddab121674" w:history="1">
+      <w:hyperlink r:id="rId97766968ab422a383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1924694ddab1218c8" w:history="1">
+      <w:hyperlink r:id="rId95156968ab422a562" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9802694ddab1219be" w:history="1">
+      <w:hyperlink r:id="rId54366968ab422a638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4518694ddab121cc9" w:history="1">
+      <w:hyperlink r:id="rId24056968ab422a79d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4122694ddab1222c2" w:history="1">
+      <w:hyperlink r:id="rId50456968ab422a99f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1571694ddab1225dc" w:history="1">
+      <w:hyperlink r:id="rId89406968ab422ac25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8124694ddab122678" w:history="1">
+      <w:hyperlink r:id="rId80866968ab422ac97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4347694ddab122cdf" w:history="1">
+      <w:hyperlink r:id="rId74066968ab422ad14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7297694ddab122d34" w:history="1">
+      <w:hyperlink r:id="rId67896968ab422ad54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4335694ddab122def" w:history="1">
+      <w:hyperlink r:id="rId37506968ab422add6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8987694ddab122f08" w:history="1">
+      <w:hyperlink r:id="rId27176968ab422aec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1874694ddab1232b6" w:history="1">
+      <w:hyperlink r:id="rId46336968ab422afee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2151694ddab1239dd" w:history="1">
+      <w:hyperlink r:id="rId36686968ab422b16f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2162694ddab123a63" w:history="1">
+      <w:hyperlink r:id="rId23856968ab422b1f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6040694ddab123b1e" w:history="1">
+      <w:hyperlink r:id="rId39066968ab422b2ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4504694ddab123d16" w:history="1">
+      <w:hyperlink r:id="rId46366968ab422b462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7592694ddab123fe1" w:history="1">
+      <w:hyperlink r:id="rId16956968ab422b718" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1596694ddab124ad8" w:history="1">
+      <w:hyperlink r:id="rId94246968ab422ba02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7468694ddab125315" w:history="1">
+      <w:hyperlink r:id="rId24856968ab422bda6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7298694ddab12536a" w:history="1">
+      <w:hyperlink r:id="rId95826968ab422bdf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5167694ddab125587" w:history="1">
+      <w:hyperlink r:id="rId59826968ab422c03a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7258694ddab1257fe" w:history="1">
+      <w:hyperlink r:id="rId67466968ab422c2c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9935694ddab125959" w:history="1">
+      <w:hyperlink r:id="rId79566968ab422c412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9838694ddab126287" w:history="1">
+      <w:hyperlink r:id="rId46646968ab422c503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9355694ddab1265a2" w:history="1">
+      <w:hyperlink r:id="rId52386968ab422c653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9268694ddab12670b" w:history="1">
+      <w:hyperlink r:id="rId57796968ab422c686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2561694ddab12728c" w:history="1">
+      <w:hyperlink r:id="rId24186968ab422c8a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8591694ddab127363" w:history="1">
+      <w:hyperlink r:id="rId98586968ab422c973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2425694ddab1274f0" w:history="1">
+      <w:hyperlink r:id="rId23846968ab422cafb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5507694ddab12768f" w:history="1">
+      <w:hyperlink r:id="rId11276968ab422cc9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6748694ddab127732" w:history="1">
+      <w:hyperlink r:id="rId70836968ab422cd42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7184694ddab12783f" w:history="1">
+      <w:hyperlink r:id="rId19376968ab422ce53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5221694ddab1278cf" w:history="1">
+      <w:hyperlink r:id="rId54676968ab422cef5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3484694ddab12797e" w:history="1">
+      <w:hyperlink r:id="rId40686968ab422cfaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8877694ddab1279b1" w:history="1">
+      <w:hyperlink r:id="rId69546968ab422cfde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5786694ddab127abc" w:history="1">
+      <w:hyperlink r:id="rId95826968ab422d0ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4515694ddab127b8a" w:history="1">
+      <w:hyperlink r:id="rId49516968ab422d1bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4508694ddab127c1a" w:history="1">
+      <w:hyperlink r:id="rId13586968ab422d251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9828694ddab127eaa" w:history="1">
+      <w:hyperlink r:id="rId72786968ab422d4ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6205694ddab127f96" w:history="1">
+      <w:hyperlink r:id="rId18106968ab422d6a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2413694ddab12b02e" w:history="1">
+      <w:hyperlink r:id="rId42176968ab422d81b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9772694ddab12b585" w:history="1">
+      <w:hyperlink r:id="rId55646968ab422dd49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1494694ddab12b6ee" w:history="1">
+      <w:hyperlink r:id="rId31786968ab422dec5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9909694ddab12b757" w:history="1">
+      <w:hyperlink r:id="rId49296968ab422df30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1231694ddab12b86d" w:history="1">
+      <w:hyperlink r:id="rId32676968ab422e041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9317694ddab12b8ec" w:history="1">
+      <w:hyperlink r:id="rId45326968ab422e0bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7166694ddab12b9fc" w:history="1">
+      <w:hyperlink r:id="rId53286968ab422e1e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5086694ddab12ba6e" w:history="1">
+      <w:hyperlink r:id="rId63966968ab422e258" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7425694ddab12bb2c" w:history="1">
+      <w:hyperlink r:id="rId65056968ab422e30d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7586694ddab12bfd1" w:history="1">
+      <w:hyperlink r:id="rId32796968ab422e7b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3491694ddab12c060" w:history="1">
+      <w:hyperlink r:id="rId70086968ab422e84a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7469694ddab12c12e" w:history="1">
+      <w:hyperlink r:id="rId59896968ab422e91b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3822694ddab12c1de" w:history="1">
+      <w:hyperlink r:id="rId30136968ab422e9ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8637694ddab12c2ad" w:history="1">
+      <w:hyperlink r:id="rId77446968ab422ea9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1249694ddab12c5e9" w:history="1">
+      <w:hyperlink r:id="rId15596968ab422ee09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6785694ddab12c8f1" w:history="1">
+      <w:hyperlink r:id="rId35956968ab422f0db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1200694ddab12c9d4" w:history="1">
+      <w:hyperlink r:id="rId87226968ab422f1bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4043694ddab12caa6" w:history="1">
+      <w:hyperlink r:id="rId92336968ab422f290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3705694ddab12cb65" w:history="1">
+      <w:hyperlink r:id="rId16856968ab422f34f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9532694ddab12cc16" w:history="1">
+      <w:hyperlink r:id="rId56116968ab422f401" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6471694ddab12ccee" w:history="1">
+      <w:hyperlink r:id="rId16096968ab422f4d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5747694ddab12ce0a" w:history="1">
+      <w:hyperlink r:id="rId36016968ab422f5f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1498694ddab130ff0" w:history="1">
+      <w:hyperlink r:id="rId30116968ab422f8e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8404694ddab1310b4" w:history="1">
+      <w:hyperlink r:id="rId48886968ab422f9a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1529694ddab13112c" w:history="1">
+      <w:hyperlink r:id="rId59066968ab422fa17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7981694ddab13125e" w:history="1">
+      <w:hyperlink r:id="rId96016968ab422fb45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2898694ddab131310" w:history="1">
+      <w:hyperlink r:id="rId38856968ab422fbf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6465694ddab1313e1" w:history="1">
+      <w:hyperlink r:id="rId52286968ab422fcc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1841694ddab131453" w:history="1">
+      <w:hyperlink r:id="rId14646968ab422fd35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4124694ddab131510" w:history="1">
+      <w:hyperlink r:id="rId50696968ab422fe0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25704,73 +25704,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1423694ddab131658" w:history="1">
+      <w:hyperlink r:id="rId82166968ab422ff51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5202694ddab13176f" w:history="1">
+      <w:hyperlink r:id="rId30536968ab423006c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64853925" name="name4625694ddab132c73" descr="eu_funding_250.png"/>
+            <wp:docPr id="11597909" name="name60116968ab4230106" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3883694ddab132c71" cstate="print"/>
+                    <a:blip r:embed="rId20116968ab4230105" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31996617">
+  <w:abstractNum w:abstractNumId="48409408">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51696447">
+    <w:lvl w:ilvl="0" w:tplc="31441186">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51696447" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31441186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31996616">
+  <w:abstractNum w:abstractNumId="48409407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76313202">
+    <w:lvl w:ilvl="0" w:tplc="84129797">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31996616">
-    <w:abstractNumId w:val="31996616"/>
+  <w:num w:numId="48409407">
+    <w:abstractNumId w:val="48409407"/>
   </w:num>
-  <w:num w:numId="31996617">
-    <w:abstractNumId w:val="31996617"/>
+  <w:num w:numId="48409408">
+    <w:abstractNumId w:val="48409408"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId309341434" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId314321738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3621694ddab116535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId1327694ddab11659d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId5287694ddab118b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId3611694ddab118fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId5577694ddab11f912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId9265694ddab11fa5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId9449694ddab121674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId1924694ddab1218c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId9802694ddab1219be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId4518694ddab121cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId4122694ddab1222c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId1571694ddab1225dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId8124694ddab122678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId4347694ddab122cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId7297694ddab122d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId4335694ddab122def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId8987694ddab122f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId1874694ddab1232b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId2151694ddab1239dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId2162694ddab123a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId6040694ddab123b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId4504694ddab123d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId7592694ddab123fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId1596694ddab124ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId7468694ddab125315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId7298694ddab12536a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId5167694ddab125587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId7258694ddab1257fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId9935694ddab125959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId9838694ddab126287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId9355694ddab1265a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId9268694ddab12670b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId2561694ddab12728c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId8591694ddab127363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId2425694ddab1274f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId5507694ddab12768f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId6748694ddab127732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId7184694ddab12783f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId5221694ddab1278cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId3484694ddab12797e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId8877694ddab1279b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId5786694ddab127abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId4515694ddab127b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId4508694ddab127c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId9828694ddab127eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId6205694ddab127f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId2413694ddab12b02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId9772694ddab12b585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId1494694ddab12b6ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId9909694ddab12b757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId1231694ddab12b86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId9317694ddab12b8ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId7166694ddab12b9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId5086694ddab12ba6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId7425694ddab12bb2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId7586694ddab12bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId3491694ddab12c060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId7469694ddab12c12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId3822694ddab12c1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId8637694ddab12c2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId1249694ddab12c5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId6785694ddab12c8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId1200694ddab12c9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId4043694ddab12caa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId3705694ddab12cb65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId9532694ddab12cc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId6471694ddab12ccee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId5747694ddab12ce0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId1498694ddab130ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId8404694ddab1310b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId1529694ddab13112c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId7981694ddab13125e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId2898694ddab131310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId6465694ddab1313e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId1841694ddab131453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId4124694ddab131510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId1423694ddab131658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5202694ddab13176f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId9865694ddab118a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9865694ddab118a95.jpg"/><Relationship Id="rId7617694ddab11bff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7617694ddab11bff2.jpg"/><Relationship Id="rId3883694ddab132c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3883694ddab132c71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915210907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId229627848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96776968ab422437a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId73696968ab42243e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId22496968ab4224d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId44646968ab42251ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId19026968ab4229a8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId20946968ab4229be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId97766968ab422a383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId95156968ab422a562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId54366968ab422a638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId24056968ab422a79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId50456968ab422a99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId89406968ab422ac25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId80866968ab422ac97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId74066968ab422ad14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId67896968ab422ad54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId37506968ab422add6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId27176968ab422aec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId46336968ab422afee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId36686968ab422b16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId23856968ab422b1f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId39066968ab422b2ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId46366968ab422b462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId16956968ab422b718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId94246968ab422ba02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId24856968ab422bda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId95826968ab422bdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId59826968ab422c03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId67466968ab422c2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId79566968ab422c412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId46646968ab422c503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId52386968ab422c653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId57796968ab422c686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId24186968ab422c8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId98586968ab422c973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId23846968ab422cafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId11276968ab422cc9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId70836968ab422cd42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId19376968ab422ce53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId54676968ab422cef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId40686968ab422cfaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId69546968ab422cfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId95826968ab422d0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId49516968ab422d1bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId13586968ab422d251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId72786968ab422d4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId18106968ab422d6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId42176968ab422d81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId55646968ab422dd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId31786968ab422dec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId49296968ab422df30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId32676968ab422e041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId45326968ab422e0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId53286968ab422e1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId63966968ab422e258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId65056968ab422e30d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId32796968ab422e7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId70086968ab422e84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId59896968ab422e91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId30136968ab422e9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId77446968ab422ea9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId15596968ab422ee09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId35956968ab422f0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId87226968ab422f1bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId92336968ab422f290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId16856968ab422f34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId56116968ab422f401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId16096968ab422f4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId36016968ab422f5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId30116968ab422f8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId48886968ab422f9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId59066968ab422fa17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId96016968ab422fb45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId38856968ab422fbf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId52286968ab422fcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId14646968ab422fd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId50696968ab422fe0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId82166968ab422ff51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30536968ab423006c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId57746968ab4224c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57746968ab4224c90.jpg"/><Relationship Id="rId92186968ab4227048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92186968ab4227048.jpg"/><Relationship Id="rId20116968ab4230105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20116968ab4230105.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>