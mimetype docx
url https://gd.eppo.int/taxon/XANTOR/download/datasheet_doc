--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96776968ab422437a" w:history="1">
+            <w:hyperlink r:id="rId116369838c4c67df3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73696968ab42243e8" w:history="1">
+            <w:hyperlink r:id="rId397669838c4c67e60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96734586" name="name82756968ab4224c92" descr="1733.jpg"/>
+                  <wp:docPr id="94690662" name="name515669838c4c68426" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57746968ab4224c90" cstate="print"/>
+                          <a:blip r:embed="rId357069838c4c68424" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId22496968ab4224d9b" w:history="1">
+            <w:hyperlink r:id="rId297169838c4c6851a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44646968ab42251ea" w:history="1">
+      <w:hyperlink r:id="rId482269838c4c689c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46250275" name="name79366968ab422704b" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="31055368" name="name406869838c4c6aef9" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92186968ab4227048" cstate="print"/>
+                    <a:blip r:embed="rId266169838c4c6aef2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19026968ab4229a8a" w:history="1">
+      <w:hyperlink r:id="rId700469838c4c6e0bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20946968ab4229be6" w:history="1">
+      <w:hyperlink r:id="rId636669838c4c6e20e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97766968ab422a383" w:history="1">
+      <w:hyperlink r:id="rId864569838c4c6e9bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95156968ab422a562" w:history="1">
+      <w:hyperlink r:id="rId629069838c4c6eb91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54366968ab422a638" w:history="1">
+      <w:hyperlink r:id="rId233369838c4c6ec63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24056968ab422a79d" w:history="1">
+      <w:hyperlink r:id="rId610469838c4c6ed91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50456968ab422a99f" w:history="1">
+      <w:hyperlink r:id="rId329369838c4c6ef9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89406968ab422ac25" w:history="1">
+      <w:hyperlink r:id="rId246169838c4c6f230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80866968ab422ac97" w:history="1">
+      <w:hyperlink r:id="rId504969838c4c6f2a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74066968ab422ad14" w:history="1">
+      <w:hyperlink r:id="rId924169838c4c6f320" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67896968ab422ad54" w:history="1">
+      <w:hyperlink r:id="rId773069838c4c6f35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37506968ab422add6" w:history="1">
+      <w:hyperlink r:id="rId152169838c4c6f3df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27176968ab422aec4" w:history="1">
+      <w:hyperlink r:id="rId361569838c4c6f4cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46336968ab422afee" w:history="1">
+      <w:hyperlink r:id="rId677869838c4c6f5f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36686968ab422b16f" w:history="1">
+      <w:hyperlink r:id="rId908769838c4c6f76d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23856968ab422b1f3" w:history="1">
+      <w:hyperlink r:id="rId117369838c4c6f7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39066968ab422b2ab" w:history="1">
+      <w:hyperlink r:id="rId117569838c4c6f8a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46366968ab422b462" w:history="1">
+      <w:hyperlink r:id="rId735269838c4c6fa50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16956968ab422b718" w:history="1">
+      <w:hyperlink r:id="rId334369838c4c6fd0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94246968ab422ba02" w:history="1">
+      <w:hyperlink r:id="rId667069838c4c6fff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24856968ab422bda6" w:history="1">
+      <w:hyperlink r:id="rId426969838c4c70396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95826968ab422bdf8" w:history="1">
+      <w:hyperlink r:id="rId291269838c4c703e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59826968ab422c03a" w:history="1">
+      <w:hyperlink r:id="rId858969838c4c70620" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67466968ab422c2c0" w:history="1">
+      <w:hyperlink r:id="rId602169838c4c708b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79566968ab422c412" w:history="1">
+      <w:hyperlink r:id="rId965169838c4c70a04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46646968ab422c503" w:history="1">
+      <w:hyperlink r:id="rId858569838c4c70af7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52386968ab422c653" w:history="1">
+      <w:hyperlink r:id="rId664269838c4c70c47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57796968ab422c686" w:history="1">
+      <w:hyperlink r:id="rId404769838c4c70c79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24186968ab422c8a1" w:history="1">
+      <w:hyperlink r:id="rId789069838c4c70e8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98586968ab422c973" w:history="1">
+      <w:hyperlink r:id="rId146369838c4c70f5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23846968ab422cafb" w:history="1">
+      <w:hyperlink r:id="rId230869838c4c710d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11276968ab422cc9b" w:history="1">
+      <w:hyperlink r:id="rId345769838c4c71278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70836968ab422cd42" w:history="1">
+      <w:hyperlink r:id="rId396469838c4c7131e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19376968ab422ce53" w:history="1">
+      <w:hyperlink r:id="rId822569838c4c71437" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54676968ab422cef5" w:history="1">
+      <w:hyperlink r:id="rId471269838c4c714dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40686968ab422cfaa" w:history="1">
+      <w:hyperlink r:id="rId796569838c4c71590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69546968ab422cfde" w:history="1">
+      <w:hyperlink r:id="rId414969838c4c715c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95826968ab422d0ee" w:history="1">
+      <w:hyperlink r:id="rId798969838c4c716df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49516968ab422d1bf" w:history="1">
+      <w:hyperlink r:id="rId796969838c4c717b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13586968ab422d251" w:history="1">
+      <w:hyperlink r:id="rId415569838c4c71847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72786968ab422d4ee" w:history="1">
+      <w:hyperlink r:id="rId522369838c4c71ae7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18106968ab422d6a4" w:history="1">
+      <w:hyperlink r:id="rId181269838c4c71bd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42176968ab422d81b" w:history="1">
+      <w:hyperlink r:id="rId589869838c4c71d37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55646968ab422dd49" w:history="1">
+      <w:hyperlink r:id="rId491769838c4c72282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31786968ab422dec5" w:history="1">
+      <w:hyperlink r:id="rId247769838c4c723fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49296968ab422df30" w:history="1">
+      <w:hyperlink r:id="rId822569838c4c72467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32676968ab422e041" w:history="1">
+      <w:hyperlink r:id="rId909269838c4c7257b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45326968ab422e0bf" w:history="1">
+      <w:hyperlink r:id="rId367169838c4c725fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53286968ab422e1e0" w:history="1">
+      <w:hyperlink r:id="rId291469838c4c72710" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63966968ab422e258" w:history="1">
+      <w:hyperlink r:id="rId823269838c4c72783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65056968ab422e30d" w:history="1">
+      <w:hyperlink r:id="rId325469838c4c72835" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32796968ab422e7b9" w:history="1">
+      <w:hyperlink r:id="rId707569838c4c72ce0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70086968ab422e84a" w:history="1">
+      <w:hyperlink r:id="rId182769838c4c72d71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59896968ab422e91b" w:history="1">
+      <w:hyperlink r:id="rId616069838c4c72e42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30136968ab422e9ce" w:history="1">
+      <w:hyperlink r:id="rId754869838c4c72ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77446968ab422ea9e" w:history="1">
+      <w:hyperlink r:id="rId876369838c4c72fc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15596968ab422ee09" w:history="1">
+      <w:hyperlink r:id="rId424069838c4c73307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35956968ab422f0db" w:history="1">
+      <w:hyperlink r:id="rId371269838c4c735ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87226968ab422f1bf" w:history="1">
+      <w:hyperlink r:id="rId733969838c4c736d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92336968ab422f290" w:history="1">
+      <w:hyperlink r:id="rId561069838c4c737a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16856968ab422f34f" w:history="1">
+      <w:hyperlink r:id="rId705069838c4c73865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56116968ab422f401" w:history="1">
+      <w:hyperlink r:id="rId239669838c4c73915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16096968ab422f4d5" w:history="1">
+      <w:hyperlink r:id="rId517769838c4c739ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36016968ab422f5f1" w:history="1">
+      <w:hyperlink r:id="rId873469838c4c73b07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30116968ab422f8e8" w:history="1">
+      <w:hyperlink r:id="rId650169838c4c73e05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48886968ab422f9a5" w:history="1">
+      <w:hyperlink r:id="rId989569838c4c73eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59066968ab422fa17" w:history="1">
+      <w:hyperlink r:id="rId194369838c4c73f34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96016968ab422fb45" w:history="1">
+      <w:hyperlink r:id="rId819569838c4c74064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38856968ab422fbf6" w:history="1">
+      <w:hyperlink r:id="rId560369838c4c74115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52286968ab422fcc6" w:history="1">
+      <w:hyperlink r:id="rId883869838c4c741e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14646968ab422fd35" w:history="1">
+      <w:hyperlink r:id="rId344069838c4c74257" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50696968ab422fe0b" w:history="1">
+      <w:hyperlink r:id="rId431169838c4c74315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25726,51 +25726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82166968ab422ff51" w:history="1">
+      <w:hyperlink r:id="rId708569838c4c7445d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30536968ab423006c" w:history="1">
+      <w:hyperlink r:id="rId574569838c4c74576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11597909" name="name60116968ab4230106" descr="eu_funding_250.png"/>
+            <wp:docPr id="31568743" name="name327069838c4c74624" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20116968ab4230105" cstate="print"/>
+                    <a:blip r:embed="rId429769838c4c74622" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48409408">
+  <w:abstractNum w:abstractNumId="16064293">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31441186">
+    <w:lvl w:ilvl="0" w:tplc="98607382">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31441186" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98607382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48409407">
+  <w:abstractNum w:abstractNumId="16064292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84129797">
+    <w:lvl w:ilvl="0" w:tplc="22995970">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48409407">
-    <w:abstractNumId w:val="48409407"/>
+  <w:num w:numId="16064292">
+    <w:abstractNumId w:val="16064292"/>
   </w:num>
-  <w:num w:numId="48409408">
-    <w:abstractNumId w:val="48409408"/>
+  <w:num w:numId="16064293">
+    <w:abstractNumId w:val="16064293"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915210907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId229627848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96776968ab422437a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId73696968ab42243e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId22496968ab4224d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId44646968ab42251ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId19026968ab4229a8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId20946968ab4229be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId97766968ab422a383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId95156968ab422a562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId54366968ab422a638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId24056968ab422a79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId50456968ab422a99f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId89406968ab422ac25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId80866968ab422ac97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId74066968ab422ad14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId67896968ab422ad54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId37506968ab422add6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId27176968ab422aec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId46336968ab422afee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId36686968ab422b16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId23856968ab422b1f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId39066968ab422b2ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId46366968ab422b462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId16956968ab422b718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId94246968ab422ba02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId24856968ab422bda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId95826968ab422bdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId59826968ab422c03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId67466968ab422c2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId79566968ab422c412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId46646968ab422c503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId52386968ab422c653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId57796968ab422c686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId24186968ab422c8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId98586968ab422c973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId23846968ab422cafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId11276968ab422cc9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId70836968ab422cd42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId19376968ab422ce53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId54676968ab422cef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId40686968ab422cfaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId69546968ab422cfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId95826968ab422d0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId49516968ab422d1bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId13586968ab422d251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId72786968ab422d4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId18106968ab422d6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId42176968ab422d81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId55646968ab422dd49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId31786968ab422dec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId49296968ab422df30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId32676968ab422e041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId45326968ab422e0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId53286968ab422e1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId63966968ab422e258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId65056968ab422e30d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId32796968ab422e7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId70086968ab422e84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId59896968ab422e91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId30136968ab422e9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId77446968ab422ea9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId15596968ab422ee09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId35956968ab422f0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId87226968ab422f1bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId92336968ab422f290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId16856968ab422f34f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId56116968ab422f401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId16096968ab422f4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId36016968ab422f5f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId30116968ab422f8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId48886968ab422f9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId59066968ab422fa17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId96016968ab422fb45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId38856968ab422fbf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId52286968ab422fcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId14646968ab422fd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId50696968ab422fe0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId82166968ab422ff51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30536968ab423006c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId57746968ab4224c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57746968ab4224c90.jpg"/><Relationship Id="rId92186968ab4227048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92186968ab4227048.jpg"/><Relationship Id="rId20116968ab4230105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20116968ab4230105.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894230352" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835062245" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116369838c4c67df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId397669838c4c67e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId297169838c4c6851a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId482269838c4c689c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId700469838c4c6e0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId636669838c4c6e20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId864569838c4c6e9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId629069838c4c6eb91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId233369838c4c6ec63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId610469838c4c6ed91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId329369838c4c6ef9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId246169838c4c6f230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId504969838c4c6f2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId924169838c4c6f320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId773069838c4c6f35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId152169838c4c6f3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId361569838c4c6f4cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId677869838c4c6f5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId908769838c4c6f76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId117369838c4c6f7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId117569838c4c6f8a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId735269838c4c6fa50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId334369838c4c6fd0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId667069838c4c6fff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId426969838c4c70396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId291269838c4c703e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId858969838c4c70620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId602169838c4c708b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId965169838c4c70a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId858569838c4c70af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId664269838c4c70c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId404769838c4c70c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId789069838c4c70e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId146369838c4c70f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId230869838c4c710d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId345769838c4c71278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId396469838c4c7131e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId822569838c4c71437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId471269838c4c714dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId796569838c4c71590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId414969838c4c715c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId798969838c4c716df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId796969838c4c717b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId415569838c4c71847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId522369838c4c71ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId181269838c4c71bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId589869838c4c71d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId491769838c4c72282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId247769838c4c723fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId822569838c4c72467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId909269838c4c7257b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId367169838c4c725fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId291469838c4c72710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId823269838c4c72783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId325469838c4c72835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId707569838c4c72ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId182769838c4c72d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId616069838c4c72e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId754869838c4c72ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId876369838c4c72fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId424069838c4c73307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId371269838c4c735ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId733969838c4c736d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId561069838c4c737a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId705069838c4c73865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId239669838c4c73915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId517769838c4c739ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId873469838c4c73b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId650169838c4c73e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId989569838c4c73eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId194369838c4c73f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId819569838c4c74064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId560369838c4c74115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId883869838c4c741e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId344069838c4c74257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId431169838c4c74315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId708569838c4c7445d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId574569838c4c74576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId357069838c4c68424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357069838c4c68424.jpg"/><Relationship Id="rId266169838c4c6aef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266169838c4c6aef2.jpg"/><Relationship Id="rId429769838c4c74622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId429769838c4c74622.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>