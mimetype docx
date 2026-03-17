--- v6 (2026-02-04)
+++ v7 (2026-03-17)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> Schure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLB, bacterial blight of rice, bacterial leaf blight of rice, kresek disease of rice, leaf blight of rice</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116369838c4c67df3" w:history="1">
+            <w:hyperlink r:id="rId813769b9e82b3a3ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397669838c4c67e60" w:history="1">
+            <w:hyperlink r:id="rId413169b9e82b3a46d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94690662" name="name515669838c4c68426" descr="1733.jpg"/>
+                  <wp:docPr id="70337623" name="name152969b9e82b3a579" descr="1733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId357069838c4c68424" cstate="print"/>
+                          <a:blip r:embed="rId141269b9e82b3a577" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId297169838c4c6851a" w:history="1">
+            <w:hyperlink r:id="rId566269b9e82b3ac6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1104,51 +1104,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bradbury, 1971; Reddy &amp; Ou, 1974). For further detailed information on bacterial leaf streak and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId482269838c4c689c2" w:history="1">
+      <w:hyperlink r:id="rId552269b9e82b3b0ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. oryzae</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
@@ -3976,63 +3976,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009 and 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31055368" name="name406869838c4c6aef9" descr="XANTOR_distribution_map.jpg"/>
+            <wp:docPr id="29553898" name="name356769b9e82b3c4c7" descr="XANTOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId266169838c4c6aef2" cstate="print"/>
+                    <a:blip r:embed="rId285869b9e82b3c4c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10219,51 +10219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020; Tao </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). A curated TALE database (daTALbase - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700469838c4c6e0bf" w:history="1">
+      <w:hyperlink r:id="rId360569b9e82b3ef39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) has been created and include TALE-related data for rice bacteria (Pérez-Quintero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Quibod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020 - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636669838c4c6e20e" w:history="1">
+      <w:hyperlink r:id="rId531969b9e82b3f08a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://mhn1.shinyapps.io/PathoTracer/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11571,51 +11571,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">513–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864569838c4c6e9bc" w:history="1">
+      <w:hyperlink r:id="rId782469b9e82b3f85f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10722-020-01001-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11857,51 +11857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-50. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629069838c4c6eb91" w:history="1">
+      <w:hyperlink r:id="rId548869b9e82b3fa34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.1.46</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11985,51 +11985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 693-699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233369838c4c6ec63" w:history="1">
+      <w:hyperlink r:id="rId978769b9e82b3fb26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12173,51 +12173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219-227. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610469838c4c6ed91" w:history="1">
+      <w:hyperlink r:id="rId868369b9e82b3fc5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AR9730219</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12481,51 +12481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0232115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329369838c4c6ef9a" w:history="1">
+      <w:hyperlink r:id="rId894169b9e82b3fe52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0232115</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12881,51 +12881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246169838c4c6f230" w:history="1">
+      <w:hyperlink r:id="rId370469b9e82b4012c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs.16062</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12951,51 +12951,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf blight of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504969838c4c6f2a3" w:history="1">
+      <w:hyperlink r:id="rId370769b9e82b401a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56956</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13030,90 +13030,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bacterial leaf streak of rice). Datasheet: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924169838c4c6f320" w:history="1">
+      <w:hyperlink r:id="rId486169b9e82b40221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56977</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Plantwise Knowledge Bank (2022) Management of Bacterial Leaf Blight (BLB) of Rice (Bangladesh): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773069838c4c6f35f" w:history="1">
+      <w:hyperlink r:id="rId377369b9e82b40262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantwise.org/KnowledgeBank/pmdg/20167800391</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13148,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e80351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152169838c4c6f3df" w:history="1">
+      <w:hyperlink r:id="rId454669b9e82b402e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0080351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13298,51 +13298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 187-197. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361569838c4c6f4cc" w:history="1">
+      <w:hyperlink r:id="rId246869b9e82b403df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9030187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13466,51 +13466,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 740–747. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677869838c4c6f5f4" w:history="1">
+      <w:hyperlink r:id="rId601569b9e82b404f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1402.02013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13703,51 +13703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 261-268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908769838c4c6f76d" w:history="1">
+      <w:hyperlink r:id="rId566069b9e82b40680" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2012.01892</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 100143, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117369838c4c6f7f0" w:history="1">
+      <w:hyperlink r:id="rId150769b9e82b40728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.xplc.2021.100143</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13892,51 +13892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 316, 15pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117569838c4c6f8a0" w:history="1">
+      <w:hyperlink r:id="rId696069b9e82b407e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-018-36575-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14156,51 +14156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1357–1367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735269838c4c6fa50" w:history="1">
+      <w:hyperlink r:id="rId871369b9e82b4099c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jam.13094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14587,51 +14587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334369838c4c6fd0d" w:history="1">
+      <w:hyperlink r:id="rId489969b9e82b40c67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-016-0090-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15049,51 +15049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5109, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667069838c4c6fff7" w:history="1">
+      <w:hyperlink r:id="rId832169b9e82b40f59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15625,101 +15625,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 53-62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426969838c4c70396" w:history="1">
+      <w:hyperlink r:id="rId891369b9e82b41302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2478/v10045-008-0006-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gnanamanickam SS (2009) Biological Control of Bacterial Blight of Rice. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biological Control of Rice Diseases. Progress in Biological Control, vol 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291269838c4c703e9" w:history="1">
+      <w:hyperlink r:id="rId895869b9e82b41356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-90-481-2465-7_5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16010,51 +16010,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858969838c4c70620" w:history="1">
+      <w:hyperlink r:id="rId965869b9e82b41577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0159</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16401,51 +16401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 288–302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602169838c4c708b2" w:history="1">
+      <w:hyperlink r:id="rId452069b9e82b4183c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2011.00745.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16609,51 +16609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35, 18pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965169838c4c70a04" w:history="1">
+      <w:hyperlink r:id="rId671969b9e82b41992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-016-3422-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16757,51 +16757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858569838c4c70af7" w:history="1">
+      <w:hyperlink r:id="rId917869b9e82b41a87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21041281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16963,81 +16963,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 535. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664269838c4c70c47" w:history="1">
+      <w:hyperlink r:id="rId794669b9e82b41bec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2015.00535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRRI (2021) (International Rice Research Institute) Rice Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404769838c4c70c79" w:history="1">
+      <w:hyperlink r:id="rId252569b9e82b41c1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.knowledgebank.irri.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed in May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17326,51 +17326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3008. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789069838c4c70e8e" w:history="1">
+      <w:hyperlink r:id="rId930769b9e82b41e37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms19103008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17456,51 +17456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3, 12pp </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146369838c4c70f5f" w:history="1">
+      <w:hyperlink r:id="rId367269b9e82b41f09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0358-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17691,51 +17691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 575-579. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230869838c4c710d9" w:history="1">
+      <w:hyperlink r:id="rId350269b9e82b42083" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.NT.05.2016.0118</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345769838c4c71278" w:history="1">
+      <w:hyperlink r:id="rId563969b9e82b4223f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151-165</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396469838c4c7131e" w:history="1">
+      <w:hyperlink r:id="rId942769b9e82b422e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3923/ppj.2020.151.165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18217,51 +18217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822569838c4c71437" w:history="1">
+      <w:hyperlink r:id="rId414569b9e82b423fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4236/as.2012.34066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18307,51 +18307,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471269838c4c714dd" w:history="1">
+      <w:hyperlink r:id="rId757969b9e82b4248d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep21209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18417,81 +18417,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67, 13pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796569838c4c71590" w:history="1">
+      <w:hyperlink r:id="rId793469b9e82b4253e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-019-0325-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kraehmer H, Thomas C &amp; Vidotto F (2017) Rice Production in Europe. In: Chauhan B., Jabran K., Mahajan G. (eds) Rice Production Worldwide. Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414969838c4c715c5" w:history="1">
+      <w:hyperlink r:id="rId108969b9e82b42586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-319-47516-5_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18617,51 +18617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">311–319. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798969838c4c716df" w:history="1">
+      <w:hyperlink r:id="rId644969b9e82b426a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-94-3-0311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18747,51 +18747,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4519–4530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796969838c4c717b3" w:history="1">
+      <w:hyperlink r:id="rId868469b9e82b42777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.00274-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18837,51 +18837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507, 15 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415569838c4c71847" w:history="1">
+      <w:hyperlink r:id="rId911969b9e82b4280a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00507</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19252,51 +19252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 425-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522369838c4c71ae7" w:history="1">
+      <w:hyperlink r:id="rId892169b9e82b42ab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12719/KSIA.2014.26.4.425</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19400,51 +19400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1453-1462. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181269838c4c71bd8" w:history="1">
+      <w:hyperlink r:id="rId691569b9e82b42bb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19619,51 +19619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 398-406. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589869838c4c71d37" w:history="1">
+      <w:hyperlink r:id="rId695269b9e82b42d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cj.2014.06.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20436,51 +20436,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 303-324. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491769838c4c72282" w:history="1">
+      <w:hyperlink r:id="rId115369b9e82b43277" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2006.00344.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20664,51 +20664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 395–401. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247769838c4c723fa" w:history="1">
+      <w:hyperlink r:id="rId389669b9e82b43547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-008-0118-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20725,51 +20725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research in Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-23. (In Korean). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822569838c4c72467" w:history="1">
+      <w:hyperlink r:id="rId135769b9e82b435b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2007.13.1.020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20891,51 +20891,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou SH (1985) Rice Diseases. 2nd ed. Commonwealth Mycological Institute, Kew, Surrey, United Kingdom, pp 61-96. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oryzabase (2022) Integrated Rice Science Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909269838c4c7257b" w:history="1">
+      <w:hyperlink r:id="rId874869b9e82b436db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, [last accessed May 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -20970,51 +20970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-480. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367169838c4c725fc" w:history="1">
+      <w:hyperlink r:id="rId600669b9e82b4375d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-17-0153-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21138,51 +21138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 492-505. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291469838c4c72710" w:history="1">
+      <w:hyperlink r:id="rId599769b9e82b43874" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41396-019-0545-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21208,51 +21208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 244-252. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823269838c4c72783" w:history="1">
+      <w:hyperlink r:id="rId690769b9e82b438e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2005.04.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21316,51 +21316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 967–969. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325469838c4c72835" w:history="1">
+      <w:hyperlink r:id="rId586169b9e82b439ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-69-967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22045,51 +22045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707569838c4c72ce0" w:history="1">
+      <w:hyperlink r:id="rId981469b9e82b43e5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22135,51 +22135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 408, 16 pp.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182769838c4c72d71" w:history="1">
+      <w:hyperlink r:id="rId941969b9e82b43eec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.00408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22265,51 +22265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 764-768. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616069838c4c72e42" w:history="1">
+      <w:hyperlink r:id="rId489469b9e82b43fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/m91-131</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22375,51 +22375,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–441. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754869838c4c72ef4" w:history="1">
+      <w:hyperlink r:id="rId991469b9e82b4406e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s002530100641</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22503,51 +22503,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2250-2265. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876369838c4c72fc3" w:history="1">
+      <w:hyperlink r:id="rId785669b9e82b4413e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20546/ijcmas.2020.904.270</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23025,51 +23025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 732–739. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424069838c4c73307" w:history="1">
+      <w:hyperlink r:id="rId602669b9e82b44491" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1311.11005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23467,51 +23467,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 279-288. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371269838c4c735ed" w:history="1">
+      <w:hyperlink r:id="rId982369b9e82b44794" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1270/jsbbs1951.41.279</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23608,51 +23608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1130-1137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733969838c4c736d3" w:history="1">
+      <w:hyperlink r:id="rId468069b9e82b4487b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-13-0274-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23738,51 +23738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e1007092. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561069838c4c737a6" w:history="1">
+      <w:hyperlink r:id="rId867769b9e82b44962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal. ppat.1007092</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23857,51 +23857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3930-3937. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705069838c4c73865" w:history="1">
+      <w:hyperlink r:id="rId829169b9e82b44a27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00028-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23965,51 +23965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2013) Recovery Plan for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> causing bacterial blight and bacterial leaf streak of rice. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239669838c4c73915" w:history="1">
+      <w:hyperlink r:id="rId363669b9e82b44adb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24093,51 +24093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oryzicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in rice seeds C. M. In: APS Manual on Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, Second Edition. APS Press, Minneapolis, MN January 2017, 45-55. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517769838c4c739ea" w:history="1">
+      <w:hyperlink r:id="rId944769b9e82b44bb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -24268,51 +24268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 290-302. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873469838c4c73b07" w:history="1">
+      <w:hyperlink r:id="rId561269b9e82b44cd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.molp.2014.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24741,51 +24741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 601-608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650169838c4c73e05" w:history="1">
+      <w:hyperlink r:id="rId813369b9e82b44feb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2009.01657.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24851,51 +24851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e55962. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989569838c4c73eb7" w:history="1">
+      <w:hyperlink r:id="rId882569b9e82b450a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0055962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24921,51 +24921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 963. 14pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194369838c4c73f34" w:history="1">
+      <w:hyperlink r:id="rId136069b9e82b4511e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.00963 1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25109,51 +25109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 815-822. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819569838c4c74064" w:history="1">
+      <w:hyperlink r:id="rId864869b9e82b4524e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00203-013-0930-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25219,51 +25219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 888-899. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560369838c4c74115" w:history="1">
+      <w:hyperlink r:id="rId206469b9e82b45302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S2095-3119(14)60860-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25349,51 +25349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">313. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883869838c4c741e5" w:history="1">
+      <w:hyperlink r:id="rId888269b9e82b453d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12870-020-02524-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25419,51 +25419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 83-92. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344069838c4c74257" w:history="1">
+      <w:hyperlink r:id="rId432769b9e82b45443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1672-6308(08)60062-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25538,51 +25538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 119-127. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431169838c4c74315" w:history="1">
+      <w:hyperlink r:id="rId599469b9e82b45501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02686106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25726,51 +25726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas oryzae pv. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708569838c4c7445d" w:history="1">
+      <w:hyperlink r:id="rId817869b9e82b457c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25893,81 +25893,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId574569838c4c74576" w:history="1">
+      <w:hyperlink r:id="rId830169b9e82b458df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02685.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31568743" name="name327069838c4c74624" descr="eu_funding_250.png"/>
+            <wp:docPr id="38859329" name="name869669b9e82b45968" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId429769838c4c74622" cstate="print"/>
+                    <a:blip r:embed="rId328369b9e82b45966" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26065,137 +26065,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16064293">
+  <w:abstractNum w:abstractNumId="41816140">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98607382">
+    <w:lvl w:ilvl="0" w:tplc="67706726">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98607382" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67706726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16064292">
+  <w:abstractNum w:abstractNumId="41816139">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22995970">
+    <w:lvl w:ilvl="0" w:tplc="75368259">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26947,55 +26947,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16064292">
-    <w:abstractNumId w:val="16064292"/>
+  <w:num w:numId="41816139">
+    <w:abstractNumId w:val="41816139"/>
   </w:num>
-  <w:num w:numId="16064293">
-    <w:abstractNumId w:val="16064293"/>
+  <w:num w:numId="41816140">
+    <w:abstractNumId w:val="41816140"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38545,51 +38545,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894230352" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835062245" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116369838c4c67df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId397669838c4c67e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId297169838c4c6851a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId482269838c4c689c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId700469838c4c6e0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId636669838c4c6e20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId864569838c4c6e9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId629069838c4c6eb91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId233369838c4c6ec63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId610469838c4c6ed91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId329369838c4c6ef9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId246169838c4c6f230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId504969838c4c6f2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId924169838c4c6f320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId773069838c4c6f35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId152169838c4c6f3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId361569838c4c6f4cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId677869838c4c6f5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId908769838c4c6f76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId117369838c4c6f7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId117569838c4c6f8a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId735269838c4c6fa50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId334369838c4c6fd0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId667069838c4c6fff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId426969838c4c70396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId291269838c4c703e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId858969838c4c70620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId602169838c4c708b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId965169838c4c70a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId858569838c4c70af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId664269838c4c70c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId404769838c4c70c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId789069838c4c70e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId146369838c4c70f5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId230869838c4c710d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId345769838c4c71278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId396469838c4c7131e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId822569838c4c71437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId471269838c4c714dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId796569838c4c71590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId414969838c4c715c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId798969838c4c716df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId796969838c4c717b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId415569838c4c71847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId522369838c4c71ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId181269838c4c71bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId589869838c4c71d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId491769838c4c72282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId247769838c4c723fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId822569838c4c72467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId909269838c4c7257b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId367169838c4c725fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId291469838c4c72710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId823269838c4c72783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId325469838c4c72835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId707569838c4c72ce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId182769838c4c72d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId616069838c4c72e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId754869838c4c72ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId876369838c4c72fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId424069838c4c73307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId371269838c4c735ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId733969838c4c736d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId561069838c4c737a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId705069838c4c73865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId239669838c4c73915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId517769838c4c739ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId873469838c4c73b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId650169838c4c73e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId989569838c4c73eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId194369838c4c73f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId819569838c4c74064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId560369838c4c74115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId883869838c4c741e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId344069838c4c74257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId431169838c4c74315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId708569838c4c7445d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId574569838c4c74576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId357069838c4c68424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357069838c4c68424.jpg"/><Relationship Id="rId266169838c4c6aef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266169838c4c6aef2.jpg"/><Relationship Id="rId429769838c4c74622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId429769838c4c74622.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655979596" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId588589208" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId813769b9e82b3a3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/" TargetMode="External"/><Relationship Id="rId413169b9e82b3a46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/categorization" TargetMode="External"/><Relationship Id="rId566269b9e82b3ac6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTOR/photos" TargetMode="External"/><Relationship Id="rId552269b9e82b3b0ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTTO/datasheet" TargetMode="External"/><Relationship Id="rId360569b9e82b3ef39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bioinfo-web.mpl.ird.fr/cgi-bin2/datalbase/index.cgi" TargetMode="External"/><Relationship Id="rId531969b9e82b3f08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mhn1.shinyapps.io/PathoTracer/" TargetMode="External"/><Relationship Id="rId782469b9e82b3f85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01001-7" TargetMode="External"/><Relationship Id="rId548869b9e82b3fa34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.1.46" TargetMode="External"/><Relationship Id="rId978769b9e82b3fb26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17582/journal.pjar/2021/34.4.693.699" TargetMode="External"/><Relationship Id="rId868369b9e82b3fc5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AR9730219" TargetMode="External"/><Relationship Id="rId894169b9e82b3fe52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId370469b9e82b4012c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs.16062" TargetMode="External"/><Relationship Id="rId370769b9e82b401a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56956" TargetMode="External"/><Relationship Id="rId486169b9e82b40221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56977" TargetMode="External"/><Relationship Id="rId377369b9e82b40262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantwise.org/KnowledgeBank/pmdg/20167800391" TargetMode="External"/><Relationship Id="rId454669b9e82b402e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0080351" TargetMode="External"/><Relationship Id="rId246869b9e82b403df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9030187" TargetMode="External"/><Relationship Id="rId601569b9e82b404f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1402.02013" TargetMode="External"/><Relationship Id="rId566069b9e82b40680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2012.01892" TargetMode="External"/><Relationship Id="rId150769b9e82b40728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.xplc.2021.100143" TargetMode="External"/><Relationship Id="rId696069b9e82b407e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-018-36575-x" TargetMode="External"/><Relationship Id="rId871369b9e82b4099c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jam.13094" TargetMode="External"/><Relationship Id="rId489969b9e82b40c67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-016-0090-9" TargetMode="External"/><Relationship Id="rId832169b9e82b40f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5109" TargetMode="External"/><Relationship Id="rId891369b9e82b41302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2478/v10045-008-0006-9" TargetMode="External"/><Relationship Id="rId895869b9e82b41356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-90-481-2465-7_5" TargetMode="External"/><Relationship Id="rId965869b9e82b41577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0159" TargetMode="External"/><Relationship Id="rId452069b9e82b4183c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId671969b9e82b41992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-016-3422-7" TargetMode="External"/><Relationship Id="rId917869b9e82b41a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21041281" TargetMode="External"/><Relationship Id="rId794669b9e82b41bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2015.00535" TargetMode="External"/><Relationship Id="rId252569b9e82b41c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.knowledgebank.irri.org" TargetMode="External"/><Relationship Id="rId930769b9e82b41e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms19103008" TargetMode="External"/><Relationship Id="rId367269b9e82b41f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0358-y" TargetMode="External"/><Relationship Id="rId350269b9e82b42083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.NT.05.2016.0118" TargetMode="External"/><Relationship Id="rId563969b9e82b4223f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2568" TargetMode="External"/><Relationship Id="rId942769b9e82b422e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3923/ppj.2020.151.165" TargetMode="External"/><Relationship Id="rId414569b9e82b423fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4236/as.2012.34066" TargetMode="External"/><Relationship Id="rId757969b9e82b4248d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep21209" TargetMode="External"/><Relationship Id="rId793469b9e82b4253e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-019-0325-7" TargetMode="External"/><Relationship Id="rId108969b9e82b42586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-47516-5_4" TargetMode="External"/><Relationship Id="rId644969b9e82b426a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-94-3-0311" TargetMode="External"/><Relationship Id="rId868469b9e82b42777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.00274-14" TargetMode="External"/><Relationship Id="rId911969b9e82b4280a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId892169b9e82b42ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12719/KSIA.2014.26.4.425" TargetMode="External"/><Relationship Id="rId691569b9e82b42bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12820" TargetMode="External"/><Relationship Id="rId695269b9e82b42d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cj.2014.06.005" TargetMode="External"/><Relationship Id="rId115369b9e82b43277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2006.00344.x" TargetMode="External"/><Relationship Id="rId389669b9e82b43547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-008-0118-0" TargetMode="External"/><Relationship Id="rId135769b9e82b435b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2007.13.1.020" TargetMode="External"/><Relationship Id="rId874869b9e82b436db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.shigen.Nig.ac.jp/rice/oryzabase/gene/list" TargetMode="External"/><Relationship Id="rId600669b9e82b4375d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-17-0153-FI" TargetMode="External"/><Relationship Id="rId599769b9e82b43874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41396-019-0545-2" TargetMode="External"/><Relationship Id="rId690769b9e82b438e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2005.04.013" TargetMode="External"/><Relationship Id="rId586169b9e82b439ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-69-967" TargetMode="External"/><Relationship Id="rId981469b9e82b43e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId941969b9e82b43eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.00408" TargetMode="External"/><Relationship Id="rId489469b9e82b43fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/m91-131" TargetMode="External"/><Relationship Id="rId991469b9e82b4406e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s002530100641" TargetMode="External"/><Relationship Id="rId785669b9e82b4413e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20546/ijcmas.2020.904.270" TargetMode="External"/><Relationship Id="rId602669b9e82b44491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1311.11005" TargetMode="External"/><Relationship Id="rId982369b9e82b44794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1270/jsbbs1951.41.279" TargetMode="External"/><Relationship Id="rId468069b9e82b4487b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-13-0274-R" TargetMode="External"/><Relationship Id="rId867769b9e82b44962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.%20ppat.1007092" TargetMode="External"/><Relationship Id="rId829169b9e82b44a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00028-11" TargetMode="External"/><Relationship Id="rId363669b9e82b44adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ars.usda.gov/ARSUserFiles/opmp/Rice%20Bacterial%20Blight%20and%20Streak%20Recovery%20Plan%20Final.pdf" TargetMode="External"/><Relationship Id="rId944769b9e82b44bb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.008" TargetMode="External"/><Relationship Id="rId561269b9e82b44cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.molp.2014.10.010" TargetMode="External"/><Relationship Id="rId813369b9e82b44feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2009.01657.x" TargetMode="External"/><Relationship Id="rId882569b9e82b450a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0055962" TargetMode="External"/><Relationship Id="rId136069b9e82b4511e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.00963%201" TargetMode="External"/><Relationship Id="rId864869b9e82b4524e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00203-013-0930-6" TargetMode="External"/><Relationship Id="rId206469b9e82b45302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S2095-3119(14)60860-1" TargetMode="External"/><Relationship Id="rId888269b9e82b453d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12870-020-02524-y" TargetMode="External"/><Relationship Id="rId432769b9e82b45443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1672-6308(08)60062-1" TargetMode="External"/><Relationship Id="rId599469b9e82b45501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02686106" TargetMode="External"/><Relationship Id="rId817869b9e82b457c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId830169b9e82b458df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02685.x" TargetMode="External"/><Relationship Id="rId141269b9e82b3a577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId141269b9e82b3a577.jpg"/><Relationship Id="rId285869b9e82b3c4c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285869b9e82b3c4c6.jpg"/><Relationship Id="rId328369b9e82b45966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328369b9e82b45966.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>