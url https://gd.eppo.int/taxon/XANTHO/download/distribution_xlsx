--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -245,51 +245,51 @@
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>