--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (ex Ŝutić) Jones et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial spot of pepper, bacterial spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322468e561e5c0929" w:history="1">
+            <w:hyperlink r:id="rId95586912de7bc7b45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId658868e561e5c09a7" w:history="1">
+            <w:hyperlink r:id="rId19536912de7bc7be3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56945562" name="name573068e561e5c0a63" descr="16486.jpg"/>
+                  <wp:docPr id="27891624" name="name58546912de7bc7cc2" descr="16486.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16486.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId107468e561e5c0a61" cstate="print"/>
+                          <a:blip r:embed="rId28326912de7bc7cc1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId826368e561e5c0b4e" w:history="1">
+            <w:hyperlink r:id="rId20976912de7bc7e15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2596,92 +2596,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294768e561e5c190a" w:history="1">
+      <w:hyperlink r:id="rId18756912de7bc8c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23069622" name="name699268e561e5c25ba" descr="XANTGA_distribution_map.jpg"/>
+            <wp:docPr id="89595700" name="name43756912de7bc9f30" descr="XANTGA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTGA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId847368e561e5c25b8" cstate="print"/>
+                    <a:blip r:embed="rId52816912de7bc9f28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2784,51 +2784,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Costa Rica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Espirito Santo, Goias, Minas Gerais, Parana, Rio Grande do Sul, Santa Catarina, Sao Paulo)</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Espirito Santo, Goias, Minas Gerais, Parana, Rio Grande do Sul, Santa Catarina, Sao Paulo)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4648,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397068e561e5c344b" w:history="1">
+      <w:hyperlink r:id="rId89446912de7bcc057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4738,51 +4738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724668e561e5c34fa" w:history="1">
+      <w:hyperlink r:id="rId69626912de7bcc141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4819,151 +4819,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250068e561e5c37a0" w:history="1">
+      <w:hyperlink r:id="rId32196912de7bcc1e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536468e561e5c380b" w:history="1">
+      <w:hyperlink r:id="rId41616912de7bcc244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491868e561e5c3863" w:history="1">
+      <w:hyperlink r:id="rId11526912de7bcc29d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429368e561e5c3912" w:history="1">
+      <w:hyperlink r:id="rId55836912de7bcc353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287168e561e5c39dd" w:history="1">
+      <w:hyperlink r:id="rId99056912de7bcc427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695668e561e5c3ab3" w:history="1">
+      <w:hyperlink r:id="rId93456912de7bcc51c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562668e561e5c3b8b" w:history="1">
+      <w:hyperlink r:id="rId96276912de7bcc5fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424768e561e5c3c3b" w:history="1">
+      <w:hyperlink r:id="rId96936912de7bcc6f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104368e561e5c3ce8" w:history="1">
+      <w:hyperlink r:id="rId65616912de7bcc7ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5889,51 +5889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417368e561e5c3e5f" w:history="1">
+      <w:hyperlink r:id="rId65136912de7bcc932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5999,51 +5999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582968e561e5c3f1d" w:history="1">
+      <w:hyperlink r:id="rId98026912de7bcc9e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6069,51 +6069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302068e561e5c3f8e" w:history="1">
+      <w:hyperlink r:id="rId22576912de7bcca5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6199,51 +6199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680468e561e5c4059" w:history="1">
+      <w:hyperlink r:id="rId91806912de7bccb2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6425,51 +6425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354568e561e5c41ba" w:history="1">
+      <w:hyperlink r:id="rId64426912de7bccca5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6622,51 +6622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750068e561e5c42f4" w:history="1">
+      <w:hyperlink r:id="rId33476912de7bcce07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6732,51 +6732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250368e561e5c439e" w:history="1">
+      <w:hyperlink r:id="rId10086912de7bccec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6822,51 +6822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854568e561e5c4429" w:history="1">
+      <w:hyperlink r:id="rId82546912de7bccf59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7014,51 +7014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505068e561e5c4569" w:history="1">
+      <w:hyperlink r:id="rId98076912de7bcd093" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7220,51 +7220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749868e561e5c46bf" w:history="1">
+      <w:hyperlink r:id="rId87566912de7bcd204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,51 +7424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916368e561e5c4809" w:history="1">
+      <w:hyperlink r:id="rId70596912de7bcd358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7494,51 +7494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687268e561e5c487a" w:history="1">
+      <w:hyperlink r:id="rId94276912de7bcd3d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7584,51 +7584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793868e561e5c4908" w:history="1">
+      <w:hyperlink r:id="rId46336912de7bcd464" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7654,51 +7654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713068e561e5c4976" w:history="1">
+      <w:hyperlink r:id="rId80446912de7bcd4d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7744,51 +7744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597668e561e5c4a02" w:history="1">
+      <w:hyperlink r:id="rId10506912de7bcd56b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7930,51 +7930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909368e561e5c4b23" w:history="1">
+      <w:hyperlink r:id="rId39526912de7bcd698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8040,51 +8040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287568e561e5c4bcd" w:history="1">
+      <w:hyperlink r:id="rId71936912de7bcd751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8130,51 +8130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690668e561e5c4c5c" w:history="1">
+      <w:hyperlink r:id="rId43796912de7bcd7ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8200,51 +8200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204468e561e5c4ccb" w:history="1">
+      <w:hyperlink r:id="rId13716912de7bcd863" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8290,51 +8290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515868e561e5c4d57" w:history="1">
+      <w:hyperlink r:id="rId93746912de7bcd909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8360,51 +8360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981068e561e5c4dc4" w:history="1">
+      <w:hyperlink r:id="rId63586912de7bcd98a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8588,51 +8588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609868e561e5c4f25" w:history="1">
+      <w:hyperlink r:id="rId66506912de7bcdb04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8658,51 +8658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471568e561e5c4f95" w:history="1">
+      <w:hyperlink r:id="rId12326912de7bcdb78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8768,51 +8768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305368e561e5c5041" w:history="1">
+      <w:hyperlink r:id="rId24806912de7bcdc2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8838,51 +8838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879268e561e5c50af" w:history="1">
+      <w:hyperlink r:id="rId69336912de7bcdca0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8908,51 +8908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887168e561e5c511d" w:history="1">
+      <w:hyperlink r:id="rId85266912de7bcdd13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8998,51 +8998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672668e561e5c51a9" w:history="1">
+      <w:hyperlink r:id="rId66296912de7bcddfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9059,51 +9059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558968e561e5c5216" w:history="1">
+      <w:hyperlink r:id="rId86606912de7bcde67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9227,51 +9227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646168e561e5c5324" w:history="1">
+      <w:hyperlink r:id="rId77026912de7bcdf7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9317,51 +9317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194768e561e5c53b2" w:history="1">
+      <w:hyperlink r:id="rId28656912de7bce00f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9447,51 +9447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318468e561e5c548f" w:history="1">
+      <w:hyperlink r:id="rId42756912de7bce0f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9537,51 +9537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId176168e561e5c5521" w:history="1">
+      <w:hyperlink r:id="rId24666912de7bce18d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9647,51 +9647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929068e561e5c55ce" w:history="1">
+      <w:hyperlink r:id="rId85776912de7bce248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9717,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545268e561e5c563c" w:history="1">
+      <w:hyperlink r:id="rId42966912de7bce2c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9807,51 +9807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212168e561e5c56ca" w:history="1">
+      <w:hyperlink r:id="rId78656912de7bce35b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9995,51 +9995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316768e561e5c5812" w:history="1">
+      <w:hyperlink r:id="rId34246912de7bce49d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741968e561e5c58e1" w:history="1">
+      <w:hyperlink r:id="rId29836912de7bce575" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10213,51 +10213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389268e561e5c596e" w:history="1">
+      <w:hyperlink r:id="rId34166912de7bce607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10341,51 +10341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776568e561e5c5a39" w:history="1">
+      <w:hyperlink r:id="rId73276912de7bce6d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10451,51 +10451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas hortorum pv. gardneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791068e561e5c5af2" w:history="1">
+      <w:hyperlink r:id="rId65016912de7bce7a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10680,81 +10680,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490368e561e5c5c5d" w:history="1">
+      <w:hyperlink r:id="rId38166912de7bce92a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85280306" name="name657168e561e5c5cb5" descr="eu_funding_250.png"/>
+            <wp:docPr id="99259961" name="name39776912de7bce9d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId744668e561e5c5cb4" cstate="print"/>
+                    <a:blip r:embed="rId81066912de7bce9d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10852,137 +10852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87728808">
+  <w:abstractNum w:abstractNumId="56740866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75469482">
+    <w:lvl w:ilvl="0" w:tplc="14529709">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75469482" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14529709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87728807">
+  <w:abstractNum w:abstractNumId="56740865">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96944680">
+    <w:lvl w:ilvl="0" w:tplc="39560223">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11734,55 +11734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87728807">
-    <w:abstractNumId w:val="87728807"/>
+  <w:num w:numId="56740865">
+    <w:abstractNumId w:val="56740865"/>
   </w:num>
-  <w:num w:numId="87728808">
-    <w:abstractNumId w:val="87728808"/>
+  <w:num w:numId="56740866">
+    <w:abstractNumId w:val="56740866"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23332,51 +23332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679938681" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311691737" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId322468e561e5c0929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId658868e561e5c09a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId826368e561e5c0b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId294768e561e5c190a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId397068e561e5c344b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId724668e561e5c34fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId250068e561e5c37a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId536468e561e5c380b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId491868e561e5c3863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId429368e561e5c3912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId287168e561e5c39dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId695668e561e5c3ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId562668e561e5c3b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId424768e561e5c3c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId104368e561e5c3ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId417368e561e5c3e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId582968e561e5c3f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId302068e561e5c3f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId680468e561e5c4059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId354568e561e5c41ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId750068e561e5c42f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId250368e561e5c439e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId854568e561e5c4429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId505068e561e5c4569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId749868e561e5c46bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId916368e561e5c4809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId687268e561e5c487a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId793868e561e5c4908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId713068e561e5c4976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId597668e561e5c4a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId909368e561e5c4b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId287568e561e5c4bcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId690668e561e5c4c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId204468e561e5c4ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId515868e561e5c4d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId981068e561e5c4dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId609868e561e5c4f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId471568e561e5c4f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId305368e561e5c5041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId879268e561e5c50af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId887168e561e5c511d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId672668e561e5c51a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId558968e561e5c5216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId646168e561e5c5324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId194768e561e5c53b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId318468e561e5c548f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId176168e561e5c5521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId929068e561e5c55ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId545268e561e5c563c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId212168e561e5c56ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId316768e561e5c5812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId741968e561e5c58e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId389268e561e5c596e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId776568e561e5c5a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId791068e561e5c5af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId490368e561e5c5c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId107468e561e5c0a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId107468e561e5c0a61.jpg"/><Relationship Id="rId847368e561e5c25b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847368e561e5c25b8.jpg"/><Relationship Id="rId744668e561e5c5cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId744668e561e5c5cb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId890531923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId824296148" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId95586912de7bc7b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId19536912de7bc7be3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId20976912de7bc7e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId18756912de7bc8c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId89446912de7bcc057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId69626912de7bcc141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId32196912de7bcc1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId41616912de7bcc244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId11526912de7bcc29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId55836912de7bcc353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId99056912de7bcc427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId93456912de7bcc51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId96276912de7bcc5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId96936912de7bcc6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId65616912de7bcc7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId65136912de7bcc932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId98026912de7bcc9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId22576912de7bcca5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId91806912de7bccb2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId64426912de7bccca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId33476912de7bcce07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId10086912de7bccec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId82546912de7bccf59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId98076912de7bcd093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId87566912de7bcd204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId70596912de7bcd358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId94276912de7bcd3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId46336912de7bcd464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId80446912de7bcd4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId10506912de7bcd56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId39526912de7bcd698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId71936912de7bcd751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId43796912de7bcd7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId13716912de7bcd863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId93746912de7bcd909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId63586912de7bcd98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId66506912de7bcdb04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId12326912de7bcdb78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId24806912de7bcdc2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId69336912de7bcdca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId85266912de7bcdd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId66296912de7bcddfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId86606912de7bcde67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId77026912de7bcdf7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId28656912de7bce00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId42756912de7bce0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId24666912de7bce18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId85776912de7bce248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId42966912de7bce2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId78656912de7bce35b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId34246912de7bce49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId29836912de7bce575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId34166912de7bce607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId73276912de7bce6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId65016912de7bce7a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId38166912de7bce92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId28326912de7bc7cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28326912de7bc7cc1.jpg"/><Relationship Id="rId52816912de7bc9f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52816912de7bc9f28.jpg"/><Relationship Id="rId81066912de7bce9d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81066912de7bce9d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>