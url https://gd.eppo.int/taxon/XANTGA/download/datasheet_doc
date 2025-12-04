--- v1 (2025-11-11)
+++ v2 (2025-12-04)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (ex Ŝutić) Jones et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial spot of pepper, bacterial spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95586912de7bc7b45" w:history="1">
+            <w:hyperlink r:id="rId3447693201e67cb0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19536912de7bc7be3" w:history="1">
+            <w:hyperlink r:id="rId5789693201e67cb75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27891624" name="name58546912de7bc7cc2" descr="16486.jpg"/>
+                  <wp:docPr id="42473680" name="name2733693201e67cc30" descr="16486.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16486.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28326912de7bc7cc1" cstate="print"/>
+                          <a:blip r:embed="rId5900693201e67cc2f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId20976912de7bc7e15" w:history="1">
+            <w:hyperlink r:id="rId5577693201e67cd29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2596,92 +2596,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18756912de7bc8c8c" w:history="1">
+      <w:hyperlink r:id="rId9095693201e67da3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89595700" name="name43756912de7bc9f30" descr="XANTGA_distribution_map.jpg"/>
+            <wp:docPr id="61406978" name="name7032693201e67ebc5" descr="XANTGA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTGA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52816912de7bc9f28" cstate="print"/>
+                    <a:blip r:embed="rId5237693201e67ebc2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4648,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89446912de7bcc057" w:history="1">
+      <w:hyperlink r:id="rId4453693201e67fc51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4738,51 +4738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69626912de7bcc141" w:history="1">
+      <w:hyperlink r:id="rId8434693201e67fd16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4819,151 +4819,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32196912de7bcc1e6" w:history="1">
+      <w:hyperlink r:id="rId6337693201e67fda8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41616912de7bcc244" w:history="1">
+      <w:hyperlink r:id="rId6873693201e67fe00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11526912de7bcc29d" w:history="1">
+      <w:hyperlink r:id="rId9884693201e67fe56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55836912de7bcc353" w:history="1">
+      <w:hyperlink r:id="rId4983693201e67ff4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99056912de7bcc427" w:history="1">
+      <w:hyperlink r:id="rId8797693201e680025" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93456912de7bcc51c" w:history="1">
+      <w:hyperlink r:id="rId2607693201e6800f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96276912de7bcc5fc" w:history="1">
+      <w:hyperlink r:id="rId9011693201e680208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96936912de7bcc6f7" w:history="1">
+      <w:hyperlink r:id="rId8778693201e6802e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65616912de7bcc7ad" w:history="1">
+      <w:hyperlink r:id="rId7520693201e6803ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5889,51 +5889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65136912de7bcc932" w:history="1">
+      <w:hyperlink r:id="rId5152693201e68059a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5999,51 +5999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98026912de7bcc9e7" w:history="1">
+      <w:hyperlink r:id="rId1944693201e680652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6069,51 +6069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22576912de7bcca5a" w:history="1">
+      <w:hyperlink r:id="rId9687693201e6806c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6199,51 +6199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91806912de7bccb2d" w:history="1">
+      <w:hyperlink r:id="rId8020693201e6807d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6425,51 +6425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64426912de7bccca5" w:history="1">
+      <w:hyperlink r:id="rId4329693201e68094a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6622,51 +6622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33476912de7bcce07" w:history="1">
+      <w:hyperlink r:id="rId6974693201e680acd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6732,51 +6732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10086912de7bccec4" w:history="1">
+      <w:hyperlink r:id="rId1931693201e680c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6822,51 +6822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82546912de7bccf59" w:history="1">
+      <w:hyperlink r:id="rId7784693201e680d48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7014,51 +7014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98076912de7bcd093" w:history="1">
+      <w:hyperlink r:id="rId8787693201e680e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7220,51 +7220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87566912de7bcd204" w:history="1">
+      <w:hyperlink r:id="rId4274693201e680fea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,51 +7424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70596912de7bcd358" w:history="1">
+      <w:hyperlink r:id="rId1093693201e681139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7494,51 +7494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94276912de7bcd3d0" w:history="1">
+      <w:hyperlink r:id="rId9660693201e6811ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7584,51 +7584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46336912de7bcd464" w:history="1">
+      <w:hyperlink r:id="rId8024693201e68123c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7654,51 +7654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80446912de7bcd4d9" w:history="1">
+      <w:hyperlink r:id="rId3307693201e6812ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7744,51 +7744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10506912de7bcd56b" w:history="1">
+      <w:hyperlink r:id="rId3762693201e681344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7930,51 +7930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39526912de7bcd698" w:history="1">
+      <w:hyperlink r:id="rId3968693201e68147b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8040,51 +8040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71936912de7bcd751" w:history="1">
+      <w:hyperlink r:id="rId1954693201e68152c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8130,51 +8130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43796912de7bcd7ec" w:history="1">
+      <w:hyperlink r:id="rId7738693201e6815be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8200,51 +8200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13716912de7bcd863" w:history="1">
+      <w:hyperlink r:id="rId1316693201e68162f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8290,51 +8290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93746912de7bcd909" w:history="1">
+      <w:hyperlink r:id="rId7196693201e6816bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8360,51 +8360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63586912de7bcd98a" w:history="1">
+      <w:hyperlink r:id="rId3190693201e68172e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8588,51 +8588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66506912de7bcdb04" w:history="1">
+      <w:hyperlink r:id="rId3983693201e681895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8658,51 +8658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12326912de7bcdb78" w:history="1">
+      <w:hyperlink r:id="rId9725693201e681905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8768,51 +8768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24806912de7bcdc2b" w:history="1">
+      <w:hyperlink r:id="rId1327693201e6819b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8838,51 +8838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69336912de7bcdca0" w:history="1">
+      <w:hyperlink r:id="rId4647693201e681a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8908,51 +8908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85266912de7bcdd13" w:history="1">
+      <w:hyperlink r:id="rId4305693201e681a90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8998,51 +8998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66296912de7bcddfd" w:history="1">
+      <w:hyperlink r:id="rId1527693201e681b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9059,51 +9059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86606912de7bcde67" w:history="1">
+      <w:hyperlink r:id="rId5230693201e681b90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9227,51 +9227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77026912de7bcdf7a" w:history="1">
+      <w:hyperlink r:id="rId4071693201e681c9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9317,51 +9317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28656912de7bce00f" w:history="1">
+      <w:hyperlink r:id="rId2612693201e681d2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9447,51 +9447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42756912de7bce0f5" w:history="1">
+      <w:hyperlink r:id="rId3553693201e681e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9537,51 +9537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24666912de7bce18d" w:history="1">
+      <w:hyperlink r:id="rId5113693201e681ed3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9647,51 +9647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85776912de7bce248" w:history="1">
+      <w:hyperlink r:id="rId8412693201e681f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9717,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42966912de7bce2c0" w:history="1">
+      <w:hyperlink r:id="rId1946693201e682005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9807,51 +9807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78656912de7bce35b" w:history="1">
+      <w:hyperlink r:id="rId8470693201e682098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9995,51 +9995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34246912de7bce49d" w:history="1">
+      <w:hyperlink r:id="rId1699693201e6821c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29836912de7bce575" w:history="1">
+      <w:hyperlink r:id="rId8756693201e682296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10213,51 +10213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34166912de7bce607" w:history="1">
+      <w:hyperlink r:id="rId6021693201e682324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10341,51 +10341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73276912de7bce6d7" w:history="1">
+      <w:hyperlink r:id="rId7276693201e6823f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10451,51 +10451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas hortorum pv. gardneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65016912de7bce7a1" w:history="1">
+      <w:hyperlink r:id="rId1365693201e6824b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10680,81 +10680,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38166912de7bce92a" w:history="1">
+      <w:hyperlink r:id="rId1301693201e682623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99259961" name="name39776912de7bce9d8" descr="eu_funding_250.png"/>
+            <wp:docPr id="71259307" name="name7630693201e68267f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81066912de7bce9d7" cstate="print"/>
+                    <a:blip r:embed="rId2607693201e68267e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10852,137 +10852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56740866">
+  <w:abstractNum w:abstractNumId="59594461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14529709">
+    <w:lvl w:ilvl="0" w:tplc="87652812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14529709" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87652812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56740865">
+  <w:abstractNum w:abstractNumId="59594460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39560223">
+    <w:lvl w:ilvl="0" w:tplc="99419979">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11734,55 +11734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56740865">
-    <w:abstractNumId w:val="56740865"/>
+  <w:num w:numId="59594460">
+    <w:abstractNumId w:val="59594460"/>
   </w:num>
-  <w:num w:numId="56740866">
-    <w:abstractNumId w:val="56740866"/>
+  <w:num w:numId="59594461">
+    <w:abstractNumId w:val="59594461"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23332,51 +23332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId890531923" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId824296148" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId95586912de7bc7b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId19536912de7bc7be3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId20976912de7bc7e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId18756912de7bc8c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId89446912de7bcc057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId69626912de7bcc141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId32196912de7bcc1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId41616912de7bcc244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId11526912de7bcc29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId55836912de7bcc353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId99056912de7bcc427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId93456912de7bcc51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId96276912de7bcc5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId96936912de7bcc6f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId65616912de7bcc7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId65136912de7bcc932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId98026912de7bcc9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId22576912de7bcca5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId91806912de7bccb2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId64426912de7bccca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId33476912de7bcce07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId10086912de7bccec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId82546912de7bccf59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId98076912de7bcd093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId87566912de7bcd204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId70596912de7bcd358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId94276912de7bcd3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId46336912de7bcd464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId80446912de7bcd4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId10506912de7bcd56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId39526912de7bcd698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId71936912de7bcd751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId43796912de7bcd7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId13716912de7bcd863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId93746912de7bcd909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId63586912de7bcd98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId66506912de7bcdb04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId12326912de7bcdb78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId24806912de7bcdc2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId69336912de7bcdca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId85266912de7bcdd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId66296912de7bcddfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId86606912de7bcde67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId77026912de7bcdf7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId28656912de7bce00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId42756912de7bce0f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId24666912de7bce18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId85776912de7bce248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId42966912de7bce2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId78656912de7bce35b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId34246912de7bce49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId29836912de7bce575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId34166912de7bce607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId73276912de7bce6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId65016912de7bce7a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId38166912de7bce92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId28326912de7bc7cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28326912de7bc7cc1.jpg"/><Relationship Id="rId52816912de7bc9f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52816912de7bc9f28.jpg"/><Relationship Id="rId81066912de7bce9d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81066912de7bce9d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412514558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId397540734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3447693201e67cb0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId5789693201e67cb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId5577693201e67cd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId9095693201e67da3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId4453693201e67fc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId8434693201e67fd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId6337693201e67fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId6873693201e67fe00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId9884693201e67fe56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId4983693201e67ff4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId8797693201e680025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId2607693201e6800f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId9011693201e680208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId8778693201e6802e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId7520693201e6803ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId5152693201e68059a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId1944693201e680652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId9687693201e6806c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId8020693201e6807d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId4329693201e68094a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId6974693201e680acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId1931693201e680c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId7784693201e680d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8787693201e680e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId4274693201e680fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId1093693201e681139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId9660693201e6811ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId8024693201e68123c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId3307693201e6812ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId3762693201e681344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId3968693201e68147b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId1954693201e68152c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId7738693201e6815be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId1316693201e68162f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId7196693201e6816bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId3190693201e68172e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId3983693201e681895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId9725693201e681905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId1327693201e6819b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId4647693201e681a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId4305693201e681a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId1527693201e681b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5230693201e681b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId4071693201e681c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId2612693201e681d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId3553693201e681e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId5113693201e681ed3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId8412693201e681f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId1946693201e682005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId8470693201e682098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId1699693201e6821c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId8756693201e682296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId6021693201e682324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId7276693201e6823f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId1365693201e6824b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1301693201e682623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId5900693201e67cc2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5900693201e67cc2f.jpg"/><Relationship Id="rId5237693201e67ebc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5237693201e67ebc2.jpg"/><Relationship Id="rId2607693201e68267e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2607693201e68267e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>