--- v2 (2025-12-04)
+++ v3 (2026-01-10)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (ex Ŝutić) Jones et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial spot of pepper, bacterial spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3447693201e67cb0d" w:history="1">
+            <w:hyperlink r:id="rId44906962a903be657" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5789693201e67cb75" w:history="1">
+            <w:hyperlink r:id="rId11976962a903be6d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42473680" name="name2733693201e67cc30" descr="16486.jpg"/>
+                  <wp:docPr id="91608431" name="name79376962a903bedcd" descr="16486.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16486.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5900693201e67cc2f" cstate="print"/>
+                          <a:blip r:embed="rId35786962a903bedcc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5577693201e67cd29" w:history="1">
+            <w:hyperlink r:id="rId62816962a903bef0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2596,92 +2596,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9095693201e67da3d" w:history="1">
+      <w:hyperlink r:id="rId99406962a903bfcde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61406978" name="name7032693201e67ebc5" descr="XANTGA_distribution_map.jpg"/>
+            <wp:docPr id="75591835" name="name29666962a903c0992" descr="XANTGA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTGA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5237693201e67ebc2" cstate="print"/>
+                    <a:blip r:embed="rId74726962a903c098f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4648,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4453693201e67fc51" w:history="1">
+      <w:hyperlink r:id="rId87596962a903c1898" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4738,51 +4738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8434693201e67fd16" w:history="1">
+      <w:hyperlink r:id="rId83146962a903c1934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4819,151 +4819,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6337693201e67fda8" w:history="1">
+      <w:hyperlink r:id="rId88586962a903c19d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6873693201e67fe00" w:history="1">
+      <w:hyperlink r:id="rId19336962a903c1a2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9884693201e67fe56" w:history="1">
+      <w:hyperlink r:id="rId36126962a903c1a81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4983693201e67ff4f" w:history="1">
+      <w:hyperlink r:id="rId15746962a903c1b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8797693201e680025" w:history="1">
+      <w:hyperlink r:id="rId64226962a903c1c00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2607693201e6800f6" w:history="1">
+      <w:hyperlink r:id="rId84026962a903c1ccf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9011693201e680208" w:history="1">
+      <w:hyperlink r:id="rId88586962a903c1dab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8778693201e6802e2" w:history="1">
+      <w:hyperlink r:id="rId21926962a903c1e59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7520693201e6803ad" w:history="1">
+      <w:hyperlink r:id="rId91136962a903c1f09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5889,51 +5889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5152693201e68059a" w:history="1">
+      <w:hyperlink r:id="rId70376962a903c2084" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5999,51 +5999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1944693201e680652" w:history="1">
+      <w:hyperlink r:id="rId12896962a903c213f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6069,51 +6069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9687693201e6806c5" w:history="1">
+      <w:hyperlink r:id="rId24386962a903c21b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6199,51 +6199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8020693201e6807d5" w:history="1">
+      <w:hyperlink r:id="rId59796962a903c2288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6425,51 +6425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4329693201e68094a" w:history="1">
+      <w:hyperlink r:id="rId76196962a903c23f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6622,51 +6622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6974693201e680acd" w:history="1">
+      <w:hyperlink r:id="rId22496962a903c2549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6732,51 +6732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1931693201e680c94" w:history="1">
+      <w:hyperlink r:id="rId93946962a903c25fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6822,51 +6822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7784693201e680d48" w:history="1">
+      <w:hyperlink r:id="rId24556962a903c268e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7014,51 +7014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8787693201e680e95" w:history="1">
+      <w:hyperlink r:id="rId92186962a903c287a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7220,51 +7220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4274693201e680fea" w:history="1">
+      <w:hyperlink r:id="rId40716962a903c2c28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,51 +7424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1093693201e681139" w:history="1">
+      <w:hyperlink r:id="rId70566962a903c2e19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7494,51 +7494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9660693201e6811ab" w:history="1">
+      <w:hyperlink r:id="rId84396962a903c2ea5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7584,51 +7584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8024693201e68123c" w:history="1">
+      <w:hyperlink r:id="rId19076962a903c3029" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7654,51 +7654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3307693201e6812ad" w:history="1">
+      <w:hyperlink r:id="rId37256962a903c30b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7744,51 +7744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3762693201e681344" w:history="1">
+      <w:hyperlink r:id="rId26516962a903c317a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7930,51 +7930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3968693201e68147b" w:history="1">
+      <w:hyperlink r:id="rId66266962a903c330c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8040,51 +8040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1954693201e68152c" w:history="1">
+      <w:hyperlink r:id="rId50706962a903c33fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8130,51 +8130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7738693201e6815be" w:history="1">
+      <w:hyperlink r:id="rId51676962a903c34e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8200,51 +8200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1316693201e68162f" w:history="1">
+      <w:hyperlink r:id="rId43876962a903c3561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8290,51 +8290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7196693201e6816bd" w:history="1">
+      <w:hyperlink r:id="rId80486962a903c3675" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8360,51 +8360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3190693201e68172e" w:history="1">
+      <w:hyperlink r:id="rId20216962a903c36ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8588,51 +8588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3983693201e681895" w:history="1">
+      <w:hyperlink r:id="rId40876962a903c388f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8658,51 +8658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9725693201e681905" w:history="1">
+      <w:hyperlink r:id="rId94046962a903c3907" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8768,51 +8768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1327693201e6819b1" w:history="1">
+      <w:hyperlink r:id="rId18296962a903c39f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8838,51 +8838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4647693201e681a21" w:history="1">
+      <w:hyperlink r:id="rId12426962a903c3b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8908,51 +8908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4305693201e681a90" w:history="1">
+      <w:hyperlink r:id="rId35096962a903c3b90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8998,51 +8998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1527693201e681b1e" w:history="1">
+      <w:hyperlink r:id="rId69266962a903c3c26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9059,51 +9059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5230693201e681b90" w:history="1">
+      <w:hyperlink r:id="rId75126962a903c3cb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9227,51 +9227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4071693201e681c9c" w:history="1">
+      <w:hyperlink r:id="rId55216962a903c3dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9317,51 +9317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2612693201e681d2b" w:history="1">
+      <w:hyperlink r:id="rId13446962a903c3e5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9447,51 +9447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3553693201e681e32" w:history="1">
+      <w:hyperlink r:id="rId65436962a903c3f35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9537,51 +9537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5113693201e681ed3" w:history="1">
+      <w:hyperlink r:id="rId19216962a903c3fc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9647,51 +9647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8412693201e681f8b" w:history="1">
+      <w:hyperlink r:id="rId14096962a903c410d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9717,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1946693201e682005" w:history="1">
+      <w:hyperlink r:id="rId78136962a903c4188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9807,51 +9807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8470693201e682098" w:history="1">
+      <w:hyperlink r:id="rId61316962a903c421f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9995,51 +9995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1699693201e6821c6" w:history="1">
+      <w:hyperlink r:id="rId90176962a903c43bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8756693201e682296" w:history="1">
+      <w:hyperlink r:id="rId20416962a903c44c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10213,51 +10213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6021693201e682324" w:history="1">
+      <w:hyperlink r:id="rId86356962a903c4588" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10341,51 +10341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7276693201e6823f1" w:history="1">
+      <w:hyperlink r:id="rId78396962a903c46e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10429,73 +10429,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas hortorum pv. gardneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1365693201e6824b3" w:history="1">
+      <w:hyperlink r:id="rId61116962a903c47bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10680,81 +10680,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1301693201e682623" w:history="1">
+      <w:hyperlink r:id="rId30566962a903c4962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71259307" name="name7630693201e68267f" descr="eu_funding_250.png"/>
+            <wp:docPr id="21335087" name="name43426962a903c49ff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2607693201e68267e" cstate="print"/>
+                    <a:blip r:embed="rId55506962a903c49fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10852,137 +10852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59594461">
+  <w:abstractNum w:abstractNumId="52250494">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87652812">
+    <w:lvl w:ilvl="0" w:tplc="67243921">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87652812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67243921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59594460">
+  <w:abstractNum w:abstractNumId="52250493">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99419979">
+    <w:lvl w:ilvl="0" w:tplc="68662387">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11734,55 +11734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59594460">
-    <w:abstractNumId w:val="59594460"/>
+  <w:num w:numId="52250493">
+    <w:abstractNumId w:val="52250493"/>
   </w:num>
-  <w:num w:numId="59594461">
-    <w:abstractNumId w:val="59594461"/>
+  <w:num w:numId="52250494">
+    <w:abstractNumId w:val="52250494"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23332,51 +23332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412514558" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId397540734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3447693201e67cb0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId5789693201e67cb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId5577693201e67cd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId9095693201e67da3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId4453693201e67fc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId8434693201e67fd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId6337693201e67fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId6873693201e67fe00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId9884693201e67fe56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId4983693201e67ff4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId8797693201e680025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId2607693201e6800f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId9011693201e680208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId8778693201e6802e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId7520693201e6803ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId5152693201e68059a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId1944693201e680652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId9687693201e6806c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId8020693201e6807d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId4329693201e68094a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId6974693201e680acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId1931693201e680c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId7784693201e680d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8787693201e680e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId4274693201e680fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId1093693201e681139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId9660693201e6811ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId8024693201e68123c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId3307693201e6812ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId3762693201e681344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId3968693201e68147b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId1954693201e68152c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId7738693201e6815be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId1316693201e68162f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId7196693201e6816bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId3190693201e68172e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId3983693201e681895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId9725693201e681905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId1327693201e6819b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId4647693201e681a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId4305693201e681a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId1527693201e681b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId5230693201e681b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId4071693201e681c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId2612693201e681d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId3553693201e681e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId5113693201e681ed3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId8412693201e681f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId1946693201e682005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId8470693201e682098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId1699693201e6821c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId8756693201e682296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId6021693201e682324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId7276693201e6823f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId1365693201e6824b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1301693201e682623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId5900693201e67cc2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5900693201e67cc2f.jpg"/><Relationship Id="rId5237693201e67ebc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5237693201e67ebc2.jpg"/><Relationship Id="rId2607693201e68267e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2607693201e68267e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553326982" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240943629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44906962a903be657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId11976962a903be6d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId62816962a903bef0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId99406962a903bfcde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId87596962a903c1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId83146962a903c1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId88586962a903c19d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId19336962a903c1a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId36126962a903c1a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId15746962a903c1b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId64226962a903c1c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId84026962a903c1ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId88586962a903c1dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId21926962a903c1e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId91136962a903c1f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId70376962a903c2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId12896962a903c213f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId24386962a903c21b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId59796962a903c2288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId76196962a903c23f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId22496962a903c2549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId93946962a903c25fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId24556962a903c268e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId92186962a903c287a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId40716962a903c2c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId70566962a903c2e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId84396962a903c2ea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId19076962a903c3029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId37256962a903c30b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId26516962a903c317a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId66266962a903c330c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId50706962a903c33fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId51676962a903c34e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId43876962a903c3561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId80486962a903c3675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId20216962a903c36ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId40876962a903c388f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId94046962a903c3907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId18296962a903c39f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId12426962a903c3b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId35096962a903c3b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId69266962a903c3c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId75126962a903c3cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId55216962a903c3dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId13446962a903c3e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId65436962a903c3f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId19216962a903c3fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId14096962a903c410d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId78136962a903c4188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId61316962a903c421f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId90176962a903c43bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId20416962a903c44c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId86356962a903c4588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId78396962a903c46e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId61116962a903c47bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30566962a903c4962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId35786962a903bedcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35786962a903bedcc.jpg"/><Relationship Id="rId74726962a903c098f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74726962a903c098f.jpg"/><Relationship Id="rId55506962a903c49fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55506962a903c49fe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>