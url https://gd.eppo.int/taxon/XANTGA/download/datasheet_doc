--- v3 (2026-01-10)
+++ v4 (2026-02-01)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (ex Ŝutić) Jones et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial spot of pepper, bacterial spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44906962a903be657" w:history="1">
+            <w:hyperlink r:id="rId5742697f16f79747b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -463,53 +463,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11976962a903be6d5" w:history="1">
+            <w:hyperlink r:id="rId7444697f16f7974e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91608431" name="name79376962a903bedcd" descr="16486.jpg"/>
+                  <wp:docPr id="8827108" name="name1383697f16f797b0d" descr="16486.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16486.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35786962a903bedcc" cstate="print"/>
+                          <a:blip r:embed="rId6383697f16f797b0b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62816962a903bef0f" w:history="1">
+            <w:hyperlink r:id="rId2423697f16f797c0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2596,134 +2596,134 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99406962a903bfcde" w:history="1">
+      <w:hyperlink r:id="rId5621697f16f798924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75591835" name="name29666962a903c0992" descr="XANTGA_distribution_map.jpg"/>
+            <wp:docPr id="17250261" name="name3558697f16f799462" descr="XANTGA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTGA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74726962a903c098f" cstate="print"/>
+                    <a:blip r:embed="rId9229697f16f799460" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bulgaria, Russian Federation (the) (Southern Russia)</w:t>
+        <w:t xml:space="preserve"> Bulgaria, Russian Federation (Southern Russia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comoros, Ethiopia, Reunion, South Africa, Tanzania, United Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4648,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87596962a903c1898" w:history="1">
+      <w:hyperlink r:id="rId1371697f16f79a2cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4738,51 +4738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83146962a903c1934" w:history="1">
+      <w:hyperlink r:id="rId3120697f16f79a363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4819,151 +4819,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88586962a903c19d3" w:history="1">
+      <w:hyperlink r:id="rId3167697f16f79a3e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19336962a903c1a2c" w:history="1">
+      <w:hyperlink r:id="rId6834697f16f79a43a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36126962a903c1a81" w:history="1">
+      <w:hyperlink r:id="rId7360697f16f79a4a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15746962a903c1b30" w:history="1">
+      <w:hyperlink r:id="rId7523697f16f79a550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64226962a903c1c00" w:history="1">
+      <w:hyperlink r:id="rId4564697f16f79a61a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84026962a903c1ccf" w:history="1">
+      <w:hyperlink r:id="rId1490697f16f79a6e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88586962a903c1dab" w:history="1">
+      <w:hyperlink r:id="rId5051697f16f79a7bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21926962a903c1e59" w:history="1">
+      <w:hyperlink r:id="rId6802697f16f79a867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91136962a903c1f09" w:history="1">
+      <w:hyperlink r:id="rId6651697f16f79a913" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5889,51 +5889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70376962a903c2084" w:history="1">
+      <w:hyperlink r:id="rId8195697f16f79aa86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5999,51 +5999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12896962a903c213f" w:history="1">
+      <w:hyperlink r:id="rId4527697f16f79ab3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6069,51 +6069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24386962a903c21b4" w:history="1">
+      <w:hyperlink r:id="rId3465697f16f79abaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6199,51 +6199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59796962a903c2288" w:history="1">
+      <w:hyperlink r:id="rId6533697f16f79ac7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6425,51 +6425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76196962a903c23f3" w:history="1">
+      <w:hyperlink r:id="rId9184697f16f79addd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6622,51 +6622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22496962a903c2549" w:history="1">
+      <w:hyperlink r:id="rId7145697f16f79af16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6732,51 +6732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93946962a903c25fc" w:history="1">
+      <w:hyperlink r:id="rId4832697f16f79afc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6822,51 +6822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24556962a903c268e" w:history="1">
+      <w:hyperlink r:id="rId3392697f16f79b04f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7014,51 +7014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92186962a903c287a" w:history="1">
+      <w:hyperlink r:id="rId8139697f16f79b179" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7220,51 +7220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40716962a903c2c28" w:history="1">
+      <w:hyperlink r:id="rId6469697f16f79b2bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,51 +7424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70566962a903c2e19" w:history="1">
+      <w:hyperlink r:id="rId3136697f16f79b40d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7494,51 +7494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84396962a903c2ea5" w:history="1">
+      <w:hyperlink r:id="rId3190697f16f79b493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7584,51 +7584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19076962a903c3029" w:history="1">
+      <w:hyperlink r:id="rId3907697f16f79b523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7654,51 +7654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37256962a903c30b5" w:history="1">
+      <w:hyperlink r:id="rId9737697f16f79b593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7744,51 +7744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26516962a903c317a" w:history="1">
+      <w:hyperlink r:id="rId1586697f16f79b622" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7930,51 +7930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66266962a903c330c" w:history="1">
+      <w:hyperlink r:id="rId5429697f16f79b753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8040,51 +8040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50706962a903c33fb" w:history="1">
+      <w:hyperlink r:id="rId4649697f16f79b800" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8130,51 +8130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51676962a903c34e4" w:history="1">
+      <w:hyperlink r:id="rId5385697f16f79b890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8200,51 +8200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43876962a903c3561" w:history="1">
+      <w:hyperlink r:id="rId7466697f16f79b901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8290,51 +8290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80486962a903c3675" w:history="1">
+      <w:hyperlink r:id="rId1756697f16f79b98e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8360,51 +8360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20216962a903c36ee" w:history="1">
+      <w:hyperlink r:id="rId8039697f16f79b9fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8588,51 +8588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40876962a903c388f" w:history="1">
+      <w:hyperlink r:id="rId4829697f16f79bb61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8658,51 +8658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94046962a903c3907" w:history="1">
+      <w:hyperlink r:id="rId7375697f16f79bbd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8768,51 +8768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18296962a903c39f3" w:history="1">
+      <w:hyperlink r:id="rId4735697f16f79bc7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8838,51 +8838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12426962a903c3b17" w:history="1">
+      <w:hyperlink r:id="rId8030697f16f79bcec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8908,51 +8908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35096962a903c3b90" w:history="1">
+      <w:hyperlink r:id="rId3594697f16f79bd5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8998,51 +8998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69266962a903c3c26" w:history="1">
+      <w:hyperlink r:id="rId7124697f16f79bde8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9059,51 +9059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75126962a903c3cb3" w:history="1">
+      <w:hyperlink r:id="rId7316697f16f79be4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9227,51 +9227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55216962a903c3dca" w:history="1">
+      <w:hyperlink r:id="rId2276697f16f79bf51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9317,51 +9317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13446962a903c3e5f" w:history="1">
+      <w:hyperlink r:id="rId5913697f16f79bfde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9447,51 +9447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65436962a903c3f35" w:history="1">
+      <w:hyperlink r:id="rId5884697f16f79c0a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9537,51 +9537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19216962a903c3fc7" w:history="1">
+      <w:hyperlink r:id="rId7013697f16f79c135" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9647,51 +9647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14096962a903c410d" w:history="1">
+      <w:hyperlink r:id="rId5541697f16f79c1e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9717,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78136962a903c4188" w:history="1">
+      <w:hyperlink r:id="rId1881697f16f79c259" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9807,51 +9807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61316962a903c421f" w:history="1">
+      <w:hyperlink r:id="rId2455697f16f79c2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9995,51 +9995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90176962a903c43bb" w:history="1">
+      <w:hyperlink r:id="rId9468697f16f79c424" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20416962a903c44c6" w:history="1">
+      <w:hyperlink r:id="rId7262697f16f79c4f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10213,51 +10213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86356962a903c4588" w:history="1">
+      <w:hyperlink r:id="rId9035697f16f79c582" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10341,51 +10341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78396962a903c46e6" w:history="1">
+      <w:hyperlink r:id="rId4236697f16f79c64e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10451,51 +10451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas hortorum pv. gardneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61116962a903c47bd" w:history="1">
+      <w:hyperlink r:id="rId2722697f16f79c70a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10680,81 +10680,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30566962a903c4962" w:history="1">
+      <w:hyperlink r:id="rId8640697f16f79c877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21335087" name="name43426962a903c49ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="40184459" name="name8984697f16f79c904" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55506962a903c49fe" cstate="print"/>
+                    <a:blip r:embed="rId1355697f16f79c903" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10852,137 +10852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52250494">
+  <w:abstractNum w:abstractNumId="18115274">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67243921">
+    <w:lvl w:ilvl="0" w:tplc="63447438">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67243921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63447438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52250493">
+  <w:abstractNum w:abstractNumId="18115273">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68662387">
+    <w:lvl w:ilvl="0" w:tplc="89832966">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11734,55 +11734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52250493">
-    <w:abstractNumId w:val="52250493"/>
+  <w:num w:numId="18115273">
+    <w:abstractNumId w:val="18115273"/>
   </w:num>
-  <w:num w:numId="52250494">
-    <w:abstractNumId w:val="52250494"/>
+  <w:num w:numId="18115274">
+    <w:abstractNumId w:val="18115274"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23332,51 +23332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553326982" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240943629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44906962a903be657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId11976962a903be6d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId62816962a903bef0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId99406962a903bfcde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId87596962a903c1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId83146962a903c1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId88586962a903c19d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId19336962a903c1a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId36126962a903c1a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId15746962a903c1b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId64226962a903c1c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId84026962a903c1ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId88586962a903c1dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId21926962a903c1e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId91136962a903c1f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId70376962a903c2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId12896962a903c213f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId24386962a903c21b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId59796962a903c2288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId76196962a903c23f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId22496962a903c2549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId93946962a903c25fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId24556962a903c268e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId92186962a903c287a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId40716962a903c2c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId70566962a903c2e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId84396962a903c2ea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId19076962a903c3029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId37256962a903c30b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId26516962a903c317a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId66266962a903c330c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId50706962a903c33fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId51676962a903c34e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId43876962a903c3561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId80486962a903c3675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId20216962a903c36ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId40876962a903c388f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId94046962a903c3907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId18296962a903c39f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId12426962a903c3b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId35096962a903c3b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId69266962a903c3c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId75126962a903c3cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId55216962a903c3dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId13446962a903c3e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId65436962a903c3f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId19216962a903c3fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId14096962a903c410d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId78136962a903c4188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId61316962a903c421f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId90176962a903c43bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId20416962a903c44c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId86356962a903c4588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId78396962a903c46e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId61116962a903c47bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30566962a903c4962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId35786962a903bedcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35786962a903bedcc.jpg"/><Relationship Id="rId74726962a903c098f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74726962a903c098f.jpg"/><Relationship Id="rId55506962a903c49fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55506962a903c49fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId380368729" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId821848677" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5742697f16f79747b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId7444697f16f7974e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId2423697f16f797c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId5621697f16f798924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId1371697f16f79a2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId3120697f16f79a363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId3167697f16f79a3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId6834697f16f79a43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId7360697f16f79a4a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7523697f16f79a550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId4564697f16f79a61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId1490697f16f79a6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId5051697f16f79a7bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId6802697f16f79a867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId6651697f16f79a913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId8195697f16f79aa86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId4527697f16f79ab3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId3465697f16f79abaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId6533697f16f79ac7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId9184697f16f79addd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId7145697f16f79af16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId4832697f16f79afc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId3392697f16f79b04f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8139697f16f79b179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId6469697f16f79b2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId3136697f16f79b40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId3190697f16f79b493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId3907697f16f79b523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId9737697f16f79b593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId1586697f16f79b622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId5429697f16f79b753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId4649697f16f79b800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId5385697f16f79b890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId7466697f16f79b901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId1756697f16f79b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId8039697f16f79b9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId4829697f16f79bb61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId7375697f16f79bbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId4735697f16f79bc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId8030697f16f79bcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId3594697f16f79bd5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId7124697f16f79bde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId7316697f16f79be4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId2276697f16f79bf51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId5913697f16f79bfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId5884697f16f79c0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId7013697f16f79c135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId5541697f16f79c1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId1881697f16f79c259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId2455697f16f79c2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId9468697f16f79c424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId7262697f16f79c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId9035697f16f79c582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId4236697f16f79c64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId2722697f16f79c70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8640697f16f79c877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId6383697f16f797b0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6383697f16f797b0b.jpg"/><Relationship Id="rId9229697f16f799460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9229697f16f799460.jpg"/><Relationship Id="rId1355697f16f79c903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1355697f16f79c903.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>