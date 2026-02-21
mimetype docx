--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (ex Ŝutić) Jones et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial spot of pepper, bacterial spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5742697f16f79747b" w:history="1">
+            <w:hyperlink r:id="rId11766999da5a1afad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7444697f16f7974e4" w:history="1">
+            <w:hyperlink r:id="rId94186999da5a1b019" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8827108" name="name1383697f16f797b0d" descr="16486.jpg"/>
+                  <wp:docPr id="59052235" name="name88216999da5a1b76a" descr="16486.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16486.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6383697f16f797b0b" cstate="print"/>
+                          <a:blip r:embed="rId56596999da5a1b768" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2423697f16f797c0c" w:history="1">
+            <w:hyperlink r:id="rId68696999da5a1b8b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2596,92 +2596,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5621697f16f798924" w:history="1">
+      <w:hyperlink r:id="rId91156999da5a1c666" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17250261" name="name3558697f16f799462" descr="XANTGA_distribution_map.jpg"/>
+            <wp:docPr id="45408281" name="name72696999da5a1d560" descr="XANTGA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTGA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9229697f16f799460" cstate="print"/>
+                    <a:blip r:embed="rId98016999da5a1d55e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4648,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1371697f16f79a2cf" w:history="1">
+      <w:hyperlink r:id="rId75406999da5a1e3ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4738,51 +4738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3120697f16f79a363" w:history="1">
+      <w:hyperlink r:id="rId96706999da5a1e4ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4819,151 +4819,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3167697f16f79a3e6" w:history="1">
+      <w:hyperlink r:id="rId70396999da5a1e535" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6834697f16f79a43a" w:history="1">
+      <w:hyperlink r:id="rId86186999da5a1e58c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7360697f16f79a4a0" w:history="1">
+      <w:hyperlink r:id="rId42966999da5a1e5e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7523697f16f79a550" w:history="1">
+      <w:hyperlink r:id="rId83426999da5a1e691" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4564697f16f79a61a" w:history="1">
+      <w:hyperlink r:id="rId71946999da5a1e769" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1490697f16f79a6e4" w:history="1">
+      <w:hyperlink r:id="rId80246999da5a1e836" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5051697f16f79a7bb" w:history="1">
+      <w:hyperlink r:id="rId31986999da5a1e90f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6802697f16f79a867" w:history="1">
+      <w:hyperlink r:id="rId17916999da5a1e9bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6651697f16f79a913" w:history="1">
+      <w:hyperlink r:id="rId29536999da5a1ea6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5889,51 +5889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8195697f16f79aa86" w:history="1">
+      <w:hyperlink r:id="rId37016999da5a1ebf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5999,51 +5999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4527697f16f79ab3b" w:history="1">
+      <w:hyperlink r:id="rId34516999da5a1eca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6069,51 +6069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3465697f16f79abaf" w:history="1">
+      <w:hyperlink r:id="rId17206999da5a1ed14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6199,51 +6199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6533697f16f79ac7a" w:history="1">
+      <w:hyperlink r:id="rId50786999da5a1ede2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6425,51 +6425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9184697f16f79addd" w:history="1">
+      <w:hyperlink r:id="rId75856999da5a1ef48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6622,51 +6622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7145697f16f79af16" w:history="1">
+      <w:hyperlink r:id="rId12486999da5a1f085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6732,51 +6732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4832697f16f79afc2" w:history="1">
+      <w:hyperlink r:id="rId82156999da5a1f132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6822,51 +6822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3392697f16f79b04f" w:history="1">
+      <w:hyperlink r:id="rId59206999da5a1f1c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7014,51 +7014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8139697f16f79b179" w:history="1">
+      <w:hyperlink r:id="rId45186999da5a1f2ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7220,51 +7220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6469697f16f79b2bd" w:history="1">
+      <w:hyperlink r:id="rId59516999da5a1f44a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,51 +7424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3136697f16f79b40d" w:history="1">
+      <w:hyperlink r:id="rId19936999da5a1f593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7494,51 +7494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3190697f16f79b493" w:history="1">
+      <w:hyperlink r:id="rId89906999da5a1f605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7584,51 +7584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3907697f16f79b523" w:history="1">
+      <w:hyperlink r:id="rId95956999da5a1f694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7654,51 +7654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9737697f16f79b593" w:history="1">
+      <w:hyperlink r:id="rId62416999da5a1f704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7744,51 +7744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1586697f16f79b622" w:history="1">
+      <w:hyperlink r:id="rId83706999da5a1f7a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7930,51 +7930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5429697f16f79b753" w:history="1">
+      <w:hyperlink r:id="rId24386999da5a1f8cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8040,51 +8040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4649697f16f79b800" w:history="1">
+      <w:hyperlink r:id="rId48266999da5a1f978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8130,51 +8130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5385697f16f79b890" w:history="1">
+      <w:hyperlink r:id="rId48856999da5a1fa07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8200,51 +8200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7466697f16f79b901" w:history="1">
+      <w:hyperlink r:id="rId51096999da5a1fa78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8290,51 +8290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1756697f16f79b98e" w:history="1">
+      <w:hyperlink r:id="rId66646999da5a1fb07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8360,51 +8360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8039697f16f79b9fc" w:history="1">
+      <w:hyperlink r:id="rId25956999da5a1fb79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8588,51 +8588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4829697f16f79bb61" w:history="1">
+      <w:hyperlink r:id="rId32726999da5a1fce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8658,51 +8658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7375697f16f79bbd0" w:history="1">
+      <w:hyperlink r:id="rId48526999da5a1fd51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8768,51 +8768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4735697f16f79bc7d" w:history="1">
+      <w:hyperlink r:id="rId75016999da5a1fdff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8838,51 +8838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8030697f16f79bcec" w:history="1">
+      <w:hyperlink r:id="rId59776999da5a1fe75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8908,51 +8908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3594697f16f79bd5a" w:history="1">
+      <w:hyperlink r:id="rId96946999da5a1fee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8998,51 +8998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7124697f16f79bde8" w:history="1">
+      <w:hyperlink r:id="rId71416999da5a1ff78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9059,51 +9059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7316697f16f79be4c" w:history="1">
+      <w:hyperlink r:id="rId32596999da5a1ffdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9227,51 +9227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2276697f16f79bf51" w:history="1">
+      <w:hyperlink r:id="rId25866999da5a200e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9317,51 +9317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5913697f16f79bfde" w:history="1">
+      <w:hyperlink r:id="rId24706999da5a20175" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9447,51 +9447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5884697f16f79c0a7" w:history="1">
+      <w:hyperlink r:id="rId71196999da5a20241" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9537,51 +9537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7013697f16f79c135" w:history="1">
+      <w:hyperlink r:id="rId20496999da5a202dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9647,51 +9647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5541697f16f79c1e0" w:history="1">
+      <w:hyperlink r:id="rId17496999da5a203a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9717,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1881697f16f79c259" w:history="1">
+      <w:hyperlink r:id="rId44876999da5a20414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9807,51 +9807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2455697f16f79c2e9" w:history="1">
+      <w:hyperlink r:id="rId59146999da5a204a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9995,51 +9995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9468697f16f79c424" w:history="1">
+      <w:hyperlink r:id="rId51106999da5a205d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7262697f16f79c4f5" w:history="1">
+      <w:hyperlink r:id="rId14966999da5a206a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10213,51 +10213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9035697f16f79c582" w:history="1">
+      <w:hyperlink r:id="rId86806999da5a2072f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10341,51 +10341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4236697f16f79c64e" w:history="1">
+      <w:hyperlink r:id="rId89236999da5a207fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10451,51 +10451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas hortorum pv. gardneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2722697f16f79c70a" w:history="1">
+      <w:hyperlink r:id="rId75396999da5a208ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10680,81 +10680,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8640697f16f79c877" w:history="1">
+      <w:hyperlink r:id="rId25366999da5a20a2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40184459" name="name8984697f16f79c904" descr="eu_funding_250.png"/>
+            <wp:docPr id="57115785" name="name10236999da5a20ab9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1355697f16f79c903" cstate="print"/>
+                    <a:blip r:embed="rId36106999da5a20ab8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10852,137 +10852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18115274">
+  <w:abstractNum w:abstractNumId="30845148">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63447438">
+    <w:lvl w:ilvl="0" w:tplc="47113733">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63447438" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47113733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18115273">
+  <w:abstractNum w:abstractNumId="30845147">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89832966">
+    <w:lvl w:ilvl="0" w:tplc="64032433">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11734,55 +11734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18115273">
-    <w:abstractNumId w:val="18115273"/>
+  <w:num w:numId="30845147">
+    <w:abstractNumId w:val="30845147"/>
   </w:num>
-  <w:num w:numId="18115274">
-    <w:abstractNumId w:val="18115274"/>
+  <w:num w:numId="30845148">
+    <w:abstractNumId w:val="30845148"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23332,51 +23332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId380368729" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId821848677" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5742697f16f79747b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId7444697f16f7974e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId2423697f16f797c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId5621697f16f798924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId1371697f16f79a2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId3120697f16f79a363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId3167697f16f79a3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId6834697f16f79a43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId7360697f16f79a4a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7523697f16f79a550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId4564697f16f79a61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId1490697f16f79a6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId5051697f16f79a7bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId6802697f16f79a867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId6651697f16f79a913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId8195697f16f79aa86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId4527697f16f79ab3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId3465697f16f79abaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId6533697f16f79ac7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId9184697f16f79addd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId7145697f16f79af16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId4832697f16f79afc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId3392697f16f79b04f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8139697f16f79b179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId6469697f16f79b2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId3136697f16f79b40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId3190697f16f79b493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId3907697f16f79b523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId9737697f16f79b593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId1586697f16f79b622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId5429697f16f79b753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId4649697f16f79b800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId5385697f16f79b890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId7466697f16f79b901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId1756697f16f79b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId8039697f16f79b9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId4829697f16f79bb61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId7375697f16f79bbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId4735697f16f79bc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId8030697f16f79bcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId3594697f16f79bd5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId7124697f16f79bde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId7316697f16f79be4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId2276697f16f79bf51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId5913697f16f79bfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId5884697f16f79c0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId7013697f16f79c135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId5541697f16f79c1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId1881697f16f79c259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId2455697f16f79c2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId9468697f16f79c424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId7262697f16f79c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId9035697f16f79c582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId4236697f16f79c64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId2722697f16f79c70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8640697f16f79c877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId6383697f16f797b0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6383697f16f797b0b.jpg"/><Relationship Id="rId9229697f16f799460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9229697f16f799460.jpg"/><Relationship Id="rId1355697f16f79c903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1355697f16f79c903.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId539834410" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407764720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11766999da5a1afad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId94186999da5a1b019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId68696999da5a1b8b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId91156999da5a1c666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId75406999da5a1e3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId96706999da5a1e4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId70396999da5a1e535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId86186999da5a1e58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId42966999da5a1e5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId83426999da5a1e691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId71946999da5a1e769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId80246999da5a1e836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId31986999da5a1e90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId17916999da5a1e9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId29536999da5a1ea6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId37016999da5a1ebf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId34516999da5a1eca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId17206999da5a1ed14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId50786999da5a1ede2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId75856999da5a1ef48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId12486999da5a1f085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId82156999da5a1f132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId59206999da5a1f1c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId45186999da5a1f2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId59516999da5a1f44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId19936999da5a1f593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId89906999da5a1f605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId95956999da5a1f694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId62416999da5a1f704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId83706999da5a1f7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId24386999da5a1f8cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId48266999da5a1f978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId48856999da5a1fa07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId51096999da5a1fa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId66646999da5a1fb07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId25956999da5a1fb79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId32726999da5a1fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId48526999da5a1fd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId75016999da5a1fdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId59776999da5a1fe75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId96946999da5a1fee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId71416999da5a1ff78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId32596999da5a1ffdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId25866999da5a200e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId24706999da5a20175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId71196999da5a20241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId20496999da5a202dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId17496999da5a203a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId44876999da5a20414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId59146999da5a204a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId51106999da5a205d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId14966999da5a206a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId86806999da5a2072f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId89236999da5a207fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId75396999da5a208ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25366999da5a20a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId56596999da5a1b768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56596999da5a1b768.jpg"/><Relationship Id="rId98016999da5a1d55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98016999da5a1d55e.jpg"/><Relationship Id="rId36106999da5a20ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36106999da5a20ab8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>