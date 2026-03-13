--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -405,51 +405,51 @@
               <w:t xml:space="preserve"> (ex Ŝutić) Jones et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial spot of pepper, bacterial spot of tomato, leaf spot of tomato, stem canker of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11766999da5a1afad" w:history="1">
+            <w:hyperlink r:id="rId322469b46f280e892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -465,51 +465,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94186999da5a1b019" w:history="1">
+            <w:hyperlink r:id="rId691669b46f280e8fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -523,86 +523,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59052235" name="name88216999da5a1b76a" descr="16486.jpg"/>
+                  <wp:docPr id="82586017" name="name654969b46f280f0dd" descr="16486.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16486.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56596999da5a1b768" cstate="print"/>
+                          <a:blip r:embed="rId714269b46f280f0db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId68696999da5a1b8b5" w:history="1">
+            <w:hyperlink r:id="rId388969b46f280f232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2596,92 +2596,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91156999da5a1c666" w:history="1">
+      <w:hyperlink r:id="rId804869b46f2810048" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45408281" name="name72696999da5a1d560" descr="XANTGA_distribution_map.jpg"/>
+            <wp:docPr id="4505409" name="name685369b46f2810f2e" descr="XANTGA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTGA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98016999da5a1d55e" cstate="print"/>
+                    <a:blip r:embed="rId452269b46f2810f2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4648,51 +4648,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75406999da5a1e3ff" w:history="1">
+      <w:hyperlink r:id="rId832569b46f2812024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4738,51 +4738,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96706999da5a1e4ae" w:history="1">
+      <w:hyperlink r:id="rId169669b46f28120bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4819,151 +4819,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70396999da5a1e535" w:history="1">
+      <w:hyperlink r:id="rId203569b46f2812143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86186999da5a1e58c" w:history="1">
+      <w:hyperlink r:id="rId848869b46f281219b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42966999da5a1e5e2" w:history="1">
+      <w:hyperlink r:id="rId388269b46f28121f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83426999da5a1e691" w:history="1">
+      <w:hyperlink r:id="rId195169b46f281229f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5159,51 +5159,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71946999da5a1e769" w:history="1">
+      <w:hyperlink r:id="rId134369b46f281236e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80246999da5a1e836" w:history="1">
+      <w:hyperlink r:id="rId550569b46f2812447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5430,51 +5430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31986999da5a1e90f" w:history="1">
+      <w:hyperlink r:id="rId630269b46f2812520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17916999da5a1e9bd" w:history="1">
+      <w:hyperlink r:id="rId322869b46f28125d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29536999da5a1ea6a" w:history="1">
+      <w:hyperlink r:id="rId860369b46f281267d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5889,51 +5889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37016999da5a1ebf2" w:history="1">
+      <w:hyperlink r:id="rId663769b46f28127f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5999,51 +5999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34516999da5a1eca2" w:history="1">
+      <w:hyperlink r:id="rId841369b46f28128be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6069,51 +6069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17206999da5a1ed14" w:history="1">
+      <w:hyperlink r:id="rId745169b46f2812935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6199,51 +6199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50786999da5a1ede2" w:history="1">
+      <w:hyperlink r:id="rId358169b46f2812a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6425,51 +6425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75856999da5a1ef48" w:history="1">
+      <w:hyperlink r:id="rId426769b46f2812b7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6622,51 +6622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12486999da5a1f085" w:history="1">
+      <w:hyperlink r:id="rId136569b46f2812cbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6732,51 +6732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82156999da5a1f132" w:history="1">
+      <w:hyperlink r:id="rId299669b46f2812d70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6822,51 +6822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59206999da5a1f1c0" w:history="1">
+      <w:hyperlink r:id="rId535969b46f2812e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7014,51 +7014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45186999da5a1f2ee" w:history="1">
+      <w:hyperlink r:id="rId784469b46f2812fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7220,51 +7220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59516999da5a1f44a" w:history="1">
+      <w:hyperlink r:id="rId169269b46f2813192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,51 +7424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19936999da5a1f593" w:history="1">
+      <w:hyperlink r:id="rId699369b46f28132e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7494,51 +7494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89906999da5a1f605" w:history="1">
+      <w:hyperlink r:id="rId585369b46f2813355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7584,51 +7584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95956999da5a1f694" w:history="1">
+      <w:hyperlink r:id="rId833669b46f28133e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7654,51 +7654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62416999da5a1f704" w:history="1">
+      <w:hyperlink r:id="rId894169b46f2813457" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7744,51 +7744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83706999da5a1f7a0" w:history="1">
+      <w:hyperlink r:id="rId187069b46f28134e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7930,51 +7930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24386999da5a1f8cb" w:history="1">
+      <w:hyperlink r:id="rId162969b46f2813620" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8040,51 +8040,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48266999da5a1f978" w:history="1">
+      <w:hyperlink r:id="rId275769b46f28136d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8130,51 +8130,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48856999da5a1fa07" w:history="1">
+      <w:hyperlink r:id="rId876469b46f2813762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8200,51 +8200,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51096999da5a1fa78" w:history="1">
+      <w:hyperlink r:id="rId826769b46f28137d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8290,51 +8290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66646999da5a1fb07" w:history="1">
+      <w:hyperlink r:id="rId872369b46f281388b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8360,51 +8360,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25956999da5a1fb79" w:history="1">
+      <w:hyperlink r:id="rId369369b46f2813902" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8588,51 +8588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32726999da5a1fce1" w:history="1">
+      <w:hyperlink r:id="rId305669b46f2813a74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8658,51 +8658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48526999da5a1fd51" w:history="1">
+      <w:hyperlink r:id="rId421969b46f2813ae8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8768,51 +8768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75016999da5a1fdff" w:history="1">
+      <w:hyperlink r:id="rId882769b46f2813b9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8838,51 +8838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59776999da5a1fe75" w:history="1">
+      <w:hyperlink r:id="rId829569b46f2813c0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8908,51 +8908,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96946999da5a1fee8" w:history="1">
+      <w:hyperlink r:id="rId540769b46f2813c7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8998,51 +8998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71416999da5a1ff78" w:history="1">
+      <w:hyperlink r:id="rId352669b46f2813d0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9059,51 +9059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32596999da5a1ffdd" w:history="1">
+      <w:hyperlink r:id="rId147669b46f2813d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9227,51 +9227,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25866999da5a200e7" w:history="1">
+      <w:hyperlink r:id="rId383969b46f2813e7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9317,51 +9317,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24706999da5a20175" w:history="1">
+      <w:hyperlink r:id="rId162569b46f2813f0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9447,51 +9447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71196999da5a20241" w:history="1">
+      <w:hyperlink r:id="rId830469b46f2813fdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9537,51 +9537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20496999da5a202dc" w:history="1">
+      <w:hyperlink r:id="rId649869b46f281406b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9647,51 +9647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17496999da5a203a0" w:history="1">
+      <w:hyperlink r:id="rId131269b46f2814126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9717,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44876999da5a20414" w:history="1">
+      <w:hyperlink r:id="rId243569b46f2814199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9807,51 +9807,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59146999da5a204a5" w:history="1">
+      <w:hyperlink r:id="rId554069b46f281422a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9995,51 +9995,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51106999da5a205d2" w:history="1">
+      <w:hyperlink r:id="rId291069b46f2814357" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14966999da5a206a1" w:history="1">
+      <w:hyperlink r:id="rId282169b46f2814426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10213,51 +10213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86806999da5a2072f" w:history="1">
+      <w:hyperlink r:id="rId629369b46f28144b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10341,51 +10341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89236999da5a207fe" w:history="1">
+      <w:hyperlink r:id="rId419169b46f2814583" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10451,51 +10451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas hortorum pv. gardneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75396999da5a208ba" w:history="1">
+      <w:hyperlink r:id="rId440769b46f2814642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10680,81 +10680,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25366999da5a20a2b" w:history="1">
+      <w:hyperlink r:id="rId901969b46f28147b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57115785" name="name10236999da5a20ab9" descr="eu_funding_250.png"/>
+            <wp:docPr id="67025345" name="name639069b46f2814850" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36106999da5a20ab8" cstate="print"/>
+                    <a:blip r:embed="rId274769b46f281484f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10852,137 +10852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30845148">
+  <w:abstractNum w:abstractNumId="96749452">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47113733">
+    <w:lvl w:ilvl="0" w:tplc="86532473">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47113733" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86532473" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30845147">
+  <w:abstractNum w:abstractNumId="96749451">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64032433">
+    <w:lvl w:ilvl="0" w:tplc="91838458">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11734,55 +11734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30845147">
-    <w:abstractNumId w:val="30845147"/>
+  <w:num w:numId="96749451">
+    <w:abstractNumId w:val="96749451"/>
   </w:num>
-  <w:num w:numId="30845148">
-    <w:abstractNumId w:val="30845148"/>
+  <w:num w:numId="96749452">
+    <w:abstractNumId w:val="96749452"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23332,51 +23332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId539834410" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407764720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11766999da5a1afad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId94186999da5a1b019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId68696999da5a1b8b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId91156999da5a1c666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId75406999da5a1e3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId96706999da5a1e4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId70396999da5a1e535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId86186999da5a1e58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId42966999da5a1e5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId83426999da5a1e691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId71946999da5a1e769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId80246999da5a1e836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId31986999da5a1e90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId17916999da5a1e9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId29536999da5a1ea6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId37016999da5a1ebf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId34516999da5a1eca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId17206999da5a1ed14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId50786999da5a1ede2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId75856999da5a1ef48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId12486999da5a1f085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId82156999da5a1f132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId59206999da5a1f1c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId45186999da5a1f2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId59516999da5a1f44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId19936999da5a1f593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId89906999da5a1f605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId95956999da5a1f694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId62416999da5a1f704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId83706999da5a1f7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId24386999da5a1f8cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId48266999da5a1f978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId48856999da5a1fa07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId51096999da5a1fa78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId66646999da5a1fb07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId25956999da5a1fb79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId32726999da5a1fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId48526999da5a1fd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId75016999da5a1fdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId59776999da5a1fe75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId96946999da5a1fee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId71416999da5a1ff78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId32596999da5a1ffdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId25866999da5a200e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId24706999da5a20175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId71196999da5a20241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId20496999da5a202dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId17496999da5a203a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId44876999da5a20414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId59146999da5a204a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId51106999da5a205d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId14966999da5a206a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId86806999da5a2072f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId89236999da5a207fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId75396999da5a208ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25366999da5a20a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId56596999da5a1b768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56596999da5a1b768.jpg"/><Relationship Id="rId98016999da5a1d55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98016999da5a1d55e.jpg"/><Relationship Id="rId36106999da5a20ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36106999da5a20ab8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId243154518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId422364541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId322469b46f280e892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/" TargetMode="External"/><Relationship Id="rId691669b46f280e8fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/categorization" TargetMode="External"/><Relationship Id="rId388969b46f280f232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTGA/photos" TargetMode="External"/><Relationship Id="rId804869b46f2810048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId832569b46f2812024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId169669b46f28120bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId203569b46f2812143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId848869b46f281219b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId388269b46f28121f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId195169b46f281229f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId134369b46f281236e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId550569b46f2812447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId630269b46f2812520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId322869b46f28125d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId860369b46f281267d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId663769b46f28127f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId841369b46f28128be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId745169b46f2812935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId358169b46f2812a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId426769b46f2812b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId136569b46f2812cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId299669b46f2812d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId535969b46f2812e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId784469b46f2812fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId169269b46f2813192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId699369b46f28132e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId585369b46f2813355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId833669b46f28133e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId894169b46f2813457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId187069b46f28134e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId162969b46f2813620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId275769b46f28136d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId876469b46f2813762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId826769b46f28137d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId872369b46f281388b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId369369b46f2813902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId305669b46f2813a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId421969b46f2813ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId882769b46f2813b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId829569b46f2813c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId540769b46f2813c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId352669b46f2813d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId147669b46f2813d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId383969b46f2813e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId162569b46f2813f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId830469b46f2813fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId649869b46f281406b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId131269b46f2814126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId243569b46f2814199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId554069b46f281422a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId291069b46f2814357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId282169b46f2814426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId629369b46f28144b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId419169b46f2814583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId440769b46f2814642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId901969b46f28147b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId714269b46f280f0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId714269b46f280f0db.jpg"/><Relationship Id="rId452269b46f2810f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452269b46f2810f2b.jpg"/><Relationship Id="rId274769b46f281484f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274769b46f281484f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>